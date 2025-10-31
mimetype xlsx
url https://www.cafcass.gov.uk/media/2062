--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -7,285 +7,286 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cafcass.sharepoint.com/teams/Monthly.Statistics/Shared Documents/General/2025/08 August/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cafcass.sharepoint.com/teams/Monthly.Statistics/Shared Documents/General/2025/09 September/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="48" documentId="11_956FCEB3B622129FC790EC30687BAE35C253F807" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{99AC7AC7-0229-4B30-BC2E-6BB9BD0D23B4}"/>
+  <xr:revisionPtr revIDLastSave="81" documentId="11_A2ED98FA27B7C92C163177367D4201F88E47E458" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2E7FCD1E-96F0-497D-9BAC-AB5570258C6C}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculations" sheetId="1" r:id="rId1"/>
     <sheet name="Total Cases PR" sheetId="2" r:id="rId2"/>
     <sheet name="Total Cases" sheetId="3" r:id="rId3"/>
     <sheet name="Open Cases" sheetId="4" r:id="rId4"/>
     <sheet name="Private Cases" sheetId="5" r:id="rId5"/>
     <sheet name="12 Month Rolling Demand" sheetId="12" r:id="rId6"/>
     <sheet name="Private Cases by DFJ" sheetId="14" r:id="rId7"/>
     <sheet name="Private Application Types" sheetId="17" r:id="rId8"/>
     <sheet name="Care Per 10k Children" sheetId="18" r:id="rId9"/>
     <sheet name="Definitions" sheetId="19" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'12 Month Rolling Demand'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Calculations!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'Care Per 10k Children'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">Definitions!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Open Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'Private Application Types'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Private Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'Private Cases by DFJ'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Total Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Total Cases PR'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="897" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="419">
   <si>
     <t>Cafcass Offical Demand Statistics</t>
   </si>
   <si>
-    <t>Data for the period ending - Aug-25 - Data last refreshed - 03/09/2025</t>
+    <t>Data for the period ending - Sep-25 - Data last refreshed - 02/10/2025</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Figures in the tables and graphs below are provided from Cafcass national Electronic Case Management System (ChildFirst). The unit of measurement is specified on each tab, upon its receipt by Cafcass from the Court and its entry into ChildFirst.  Each child's case can involve multiple applications and multiple children. ChildFirst is a live system and any late entries or amendments will be accounted for at the time of release of subsequent updates to this data.  Updates to this information will be published on a </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>monthly basis.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">In August 2025 Cafcass received 4,502 new children's cases (6,885 children) 
+      <t xml:space="preserve">In September 2025 Cafcass received 5,068 new children's cases (7,602 children) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">The average daily demand level in August 2025 was 225 children's cases per working day compared to 215 children's cases received per working day during August 2024
+      <t xml:space="preserve">The average daily demand level in September 2025 was 230 children's cases per working day compared to 217 children's cases received per working day during September 2024
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">The number of open outstanding children's cases at the end of August 2025 is at 27,021 children's cases, this is -3.8% / -1,071 children's cases compared to August 2024. There are currently 43,390 children on open children's cases. 
-Financial year to date (April 2025 - August 2025) totals, the main changes are: 
+      <t xml:space="preserve">The number of open outstanding children's cases at the end of September 2025 is at 27,268 children's cases, this is -2.8% / -782 children's cases compared to September 2024. There are currently 43,799 children on open children's cases. 
+Financial year to date (April 2025 - September 2025) totals, the main changes are: 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in total case demand (+3.1% / +702 children's cases compared to the same period last year) 
+      <t xml:space="preserve">An increase in total case demand (+4.2% / +1,143 children's cases compared to the same period last year) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in public law children's cases (+5.3% / +364 children's cases) 
+      <t xml:space="preserve">An increase in public law children's cases (+5.4% / +439 children's cases) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in private law children's cases (+2.1% / +338 children's cases) </t>
+      <t xml:space="preserve">An increase in private law children's cases (+3.6% / +704 children's cases) </t>
     </r>
   </si>
   <si>
     <t>Demand</t>
   </si>
   <si>
+    <t>Sep-25</t>
+  </si>
+  <si>
+    <t>Sep-24</t>
+  </si>
+  <si>
     <t>Aug-25</t>
-  </si>
-[...4 lines deleted...]
-    <t>Jul-25</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2024-25</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -346,163 +347,163 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2025-26</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul-25</t>
+      <t>Aug-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">%Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Jul-25</t>
+      <t>Aug-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
   </si>
   <si>
     <t>Percentage of Total Public Cases</t>
   </si>
   <si>
     <t>March 2020 (pre Covid-19)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change Mar 20 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">% Change Mar-20 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
   </si>
   <si>
     <t>All Children's Cases</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Public Children's Cases</t>
   </si>
   <si>
     <t>Public Care Children's Cases</t>
   </si>
   <si>
     <t>Care Applications</t>
   </si>
   <si>
     <t>Other Public Children's Cases</t>
   </si>
   <si>
     <t>Private Children's Cases</t>
   </si>
   <si>
     <t>Open Children's Cases - including inactive</t>
@@ -577,60 +578,60 @@
     <t>2018-19 (pre pandemic)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total Children's  Cases
 </t>
     </r>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Press Release</t>
   </si>
   <si>
-    <t>Cafcass received 16,448 new private law children's cases between April 2025 and August 2025; 338 (2.1%) more than the same period last year. These children's cases involved 24,916 children; 424 (1.7%) more than last year.</t>
-[...8 lines deleted...]
-    <t>Cafcass received 23,667 new children's cases between April 2025 and August 2025; 702 (3.1%) more than the same period last year. These children's cases involved 36,474 children; 1,055 (3.0%) more than last year.</t>
+    <t>Cafcass received 20,120 new private law children's cases between April 2025 and September 2025; 704 (3.6%) more than the same period last year. These children's cases involved 30,311 children; 820 (2.8%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 8,556 new public law children's cases between April 2025 and September 2025; 439 (5.4%) more than the same period last year. These children's cases involved 13,741 children; 840 (6.5%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 6,070 new care applications between April 2025 and September 2025; 405 (7.1%) more than the same period last year. These children's cases involved 10,031 children; 808 (8.8%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 28,676 new children's cases between April 2025 and September 2025; 1,143 (4.2%) more than the same period last year. These children's cases involved 44,052 children; 1,660 (3.9%) more than last year.</t>
   </si>
   <si>
     <t>Total Children's Cases</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Month Name</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
@@ -640,99 +641,99 @@
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Cafcass received 23,667 new Total Children's Cases between April 2025 and August 2025 featuring 36,474 children; this represents an increase of 3.1% (702 Total Children's Cases) and an increase of 3.0% (1,055 children) on the 22,965 Total Children's Cases received and the 35,419 children on those children's cases between April 2024 and August 2024. Compared to between April 2023 and August 2023 there was an increase of 2.6% (594 Total Children's Cases) based on the 23,073 received and an increase of 2.1% (750 children) compared to the 35,724 children on those children's cases. On average, Cafcass has received 4,733 new Total Children's Cases per month so far this year which feature, on average, 7,295 children.</t>
+    <t>Cafcass received 28,676 new Total Children's Cases between April 2025 and September 2025 featuring 44,052 children; this represents an increase of 4.2% (1,143 Total Children's Cases) and an increase of 3.9% (1,660 children) on the 27,533 Total Children's Cases received and the 42,392 children on those children's cases between April 2024 and September 2024. Compared to between April 2023 and September 2023 there was an increase of 5.1% (1,394 Total Children's Cases) based on the 27,282 received and an increase of 4.3% (1,810 children) compared to the 42,242 children on those children's cases. On average, Cafcass has received 4,779 new Total Children's Cases per month so far this year which feature, on average, 7,342 children.</t>
   </si>
   <si>
     <t>2014-15</t>
   </si>
   <si>
     <t>2015-16</t>
   </si>
   <si>
     <t>2016-17</t>
   </si>
   <si>
     <t>2017-18</t>
   </si>
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t xml:space="preserve">The below data is a snapshot taken on the first working day of each month to reflect open children's cases where there is outstanding work for Cafcass, as at the last working day of the previous month. Data pre-April 2016 is not available in the below format due to migration of reporting methods. Figures for children on open children's cases are not available pre 2021 due to changes in recording. </t>
   </si>
   <si>
-    <t>Cafcass had 27,021 open children's cases at the end of Aug-25, this is -1,071 children's cases (-3.8%) less than the same time last year. This is -4,474 children's cases (-14.2%) less than when compared to same period two years ago.</t>
-[...5 lines deleted...]
-    <t>Cafcass had 11,214 open public law children's cases at the end of Aug-25, this is -207 children's cases (-1.8%) less than the same time last year. This is -983 children's cases (-8.1%) less than when compared to same period two years ago.</t>
+    <t>Cafcass had 27,268 open children's cases at the end of Sep-25, this is -782 children's cases (-2.8%) less than the same time last year. This is -3,484 children's cases (-11.3%) less than when compared to same period two years ago.</t>
+  </si>
+  <si>
+    <t>Cafcass had 16,061 open private law children's cases at the end of Sep-25, this is -674 children's cases (-4.0%) less than the same time last year. This is -2,534 children's cases (-13.6%) less than when compared to same period two years ago.</t>
+  </si>
+  <si>
+    <t>Cafcass had 11,207 open public law children's cases at the end of Sep-25, this is -108 children's cases (-1.0%) less than the same time last year. This is -950 children's cases (-7.8%) less than when compared to same period two years ago.</t>
   </si>
   <si>
     <t>Public Children's  Cases</t>
   </si>
   <si>
     <t xml:space="preserve">Total Children on Private Cases </t>
   </si>
   <si>
     <t>Total Children On Public Cases</t>
   </si>
   <si>
-    <t>Cafcass received 16,448 new Private Children's Cases between April 2025 and August 2025 featuring 24,916 children; this represents an increase of 2.1% (338 Private Children's Cases) and an increase of 1.7% (424 children) on the 16,110 Private Children's Cases received and the 24,492 children on those children's cases between April 2024 and August 2024. Compared to between April 2023 and August 2023 there was an increase of 0.6% (93 Private Children's Cases) based on the 16,355 received and an increase of 0.2% (49 children) compared to the 24,867 children on those children's cases. On average, Cafcass has received 3,290 new Private Children's Cases per month so far this year which feature, on average, 4,983 children.</t>
+    <t>Cafcass received 20,120 new Private Children's Cases between April 2025 and September 2025 featuring 30,311 children; this represents an increase of 3.6% (704 Private Children's Cases) and an increase of 2.8% (820 children) on the 19,416 Private Children's Cases received and the 29,491 children on those children's cases between April 2024 and September 2024. Compared to between April 2023 and September 2023 there was an increase of 4.2% (815 Private Children's Cases) based on the 19,305 received and an increase of 3.0% (895 children) compared to the 29,416 children on those children's cases. On average, Cafcass has received 3,353 new Private Children's Cases per month so far this year which feature, on average, 5,052 children.</t>
   </si>
   <si>
     <t>12 Month Rolling Child's Case Demand</t>
   </si>
   <si>
     <t>The below graph and table show the child's case demand for public and private law for each of the previous 12 months.</t>
   </si>
   <si>
     <t>Children on Private Cases</t>
   </si>
   <si>
     <t>DFJ</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Q4</t>
   </si>
@@ -1802,51 +1803,51 @@
   <si>
     <t>All of the available options for Applications on Private Law Cases; ordered alphabetically.</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Figures are provided from our national databases, the current electronic case management system (ChildFirst) and historical case management system (CMS). The ChildFirst is a live system and any late entries will be accounted for upon the release of subsequent updates to this data.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.0%"/>
     <numFmt numFmtId="166" formatCode="[$-10409]0"/>
     <numFmt numFmtId="167" formatCode="[$-10409]#,##0;\-#,##0"/>
     <numFmt numFmtId="168" formatCode="[$-10409]#,###"/>
     <numFmt numFmtId="169" formatCode="[$-10409]##,###"/>
     <numFmt numFmtId="170" formatCode="[$-10409]0.0"/>
     <numFmt numFmtId="171" formatCode="[$-10409]0.0;\(0.0\)"/>
     <numFmt numFmtId="172" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1858,57 +1859,50 @@
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Courier New"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF572381"/>
         <bgColor rgb="FF572381"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
@@ -1953,55 +1947,54 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="59">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
@@ -2043,140 +2036,140 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="172" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="170" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="170" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00572381"/>
       <rgbColor rgb="00D9D9D9"/>
       <rgbColor rgb="005C5C5C"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -2216,51 +2209,51 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
@@ -2955,50 +2948,54 @@
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -3284,4244 +3281,4252 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q42"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B8" sqref="B8"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="26" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="16.26953125" customWidth="1"/>
     <col min="5" max="5" width="13.54296875" customWidth="1"/>
     <col min="6" max="6" width="0.54296875" customWidth="1"/>
     <col min="7" max="7" width="27" customWidth="1"/>
     <col min="8" max="8" width="6.26953125" customWidth="1"/>
     <col min="9" max="9" width="16.26953125" customWidth="1"/>
     <col min="10" max="10" width="13.54296875" customWidth="1"/>
     <col min="11" max="11" width="16.26953125" customWidth="1"/>
     <col min="12" max="12" width="13.453125" customWidth="1"/>
     <col min="13" max="13" width="9.81640625" customWidth="1"/>
     <col min="14" max="14" width="0.1796875" customWidth="1"/>
     <col min="15" max="15" width="3.453125" customWidth="1"/>
     <col min="16" max="17" width="13.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:17" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="2:17" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:17" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...10 lines deleted...]
-      <c r="N3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
     </row>
     <row r="4" spans="2:17" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="2:17" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...10 lines deleted...]
-      <c r="N5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
     </row>
     <row r="6" spans="2:17" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...10 lines deleted...]
-      <c r="N6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
     </row>
     <row r="7" spans="2:17" ht="154.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="41" t="s">
+      <c r="B7" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="31"/>
-[...13 lines deleted...]
-      <c r="Q7" s="32"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
+      <c r="G7" s="35"/>
+      <c r="H7" s="35"/>
+      <c r="I7" s="35"/>
+      <c r="J7" s="35"/>
+      <c r="K7" s="35"/>
+      <c r="L7" s="35"/>
+      <c r="M7" s="35"/>
+      <c r="N7" s="35"/>
+      <c r="O7" s="35"/>
+      <c r="P7" s="35"/>
+      <c r="Q7" s="36"/>
     </row>
     <row r="8" spans="2:17" ht="39" x14ac:dyDescent="0.35">
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="F8" s="36" t="s">
+      <c r="F8" s="37" t="s">
         <v>8</v>
       </c>
-      <c r="G8" s="31"/>
-      <c r="H8" s="32"/>
+      <c r="G8" s="35"/>
+      <c r="H8" s="36"/>
       <c r="I8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="M8" s="36" t="s">
+      <c r="M8" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="N8" s="31"/>
-      <c r="O8" s="32"/>
+      <c r="N8" s="35"/>
+      <c r="O8" s="36"/>
       <c r="P8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q8" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="2">
-        <v>4502</v>
+        <v>5068</v>
       </c>
       <c r="D9" s="2">
-        <v>4523</v>
+        <v>4566</v>
       </c>
       <c r="E9" s="2">
-        <v>5133</v>
-[...5 lines deleted...]
-      <c r="H9" s="32"/>
+        <v>4484</v>
+      </c>
+      <c r="F9" s="38">
+        <v>502</v>
+      </c>
+      <c r="G9" s="35"/>
+      <c r="H9" s="36"/>
       <c r="I9" s="3">
-        <v>-4.6429361043555202E-3</v>
+        <v>0.10994305738064</v>
       </c>
       <c r="J9" s="2">
-        <v>-631</v>
+        <v>584</v>
       </c>
       <c r="K9" s="3">
-        <v>-0.12293006039353201</v>
+        <v>0.13024085637823399</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M9" s="33" t="s">
+      <c r="M9" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N9" s="31"/>
-      <c r="O9" s="32"/>
+      <c r="N9" s="35"/>
+      <c r="O9" s="36"/>
       <c r="P9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
+        <v>1338</v>
+      </c>
+      <c r="D10" s="2">
+        <v>1262</v>
+      </c>
+      <c r="E10" s="2">
         <v>1289</v>
       </c>
-      <c r="D10" s="2">
-[...9 lines deleted...]
-      <c r="H10" s="32"/>
+      <c r="F10" s="38">
+        <v>76</v>
+      </c>
+      <c r="G10" s="35"/>
+      <c r="H10" s="36"/>
       <c r="I10" s="3">
-        <v>-5.6368960468521197E-2</v>
+        <v>6.0221870047543598E-2</v>
       </c>
       <c r="J10" s="2">
-        <v>-348</v>
+        <v>49</v>
       </c>
       <c r="K10" s="3">
-        <v>-0.21258399511301199</v>
+        <v>3.80139643134213E-2</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M10" s="33" t="s">
+      <c r="M10" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N10" s="31"/>
-      <c r="O10" s="32"/>
+      <c r="N10" s="35"/>
+      <c r="O10" s="36"/>
       <c r="P10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="11" spans="2:17" ht="26" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2">
-        <v>887</v>
+        <v>919</v>
       </c>
       <c r="D11" s="2">
-        <v>933</v>
+        <v>828</v>
       </c>
       <c r="E11" s="2">
-        <v>1154</v>
-[...5 lines deleted...]
-      <c r="H11" s="32"/>
+        <v>889</v>
+      </c>
+      <c r="F11" s="38">
+        <v>91</v>
+      </c>
+      <c r="G11" s="35"/>
+      <c r="H11" s="36"/>
       <c r="I11" s="3">
-        <v>-4.9303322615219698E-2</v>
+        <v>0.109903381642512</v>
       </c>
       <c r="J11" s="2">
-        <v>-267</v>
+        <v>30</v>
       </c>
       <c r="K11" s="3">
-        <v>-0.231369150779896</v>
+        <v>3.37457817772778E-2</v>
       </c>
       <c r="L11" s="3">
-        <v>0.68813033359193199</v>
-[...1 lines deleted...]
-      <c r="M11" s="33" t="s">
+        <v>0.68684603886397599</v>
+      </c>
+      <c r="M11" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N11" s="31"/>
-      <c r="O11" s="32"/>
+      <c r="N11" s="35"/>
+      <c r="O11" s="36"/>
       <c r="P11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
-        <v>900</v>
+        <v>939</v>
       </c>
       <c r="D12" s="2">
-        <v>965</v>
+        <v>866</v>
       </c>
       <c r="E12" s="2">
-        <v>1174</v>
-[...5 lines deleted...]
-      <c r="H12" s="32"/>
+        <v>908</v>
+      </c>
+      <c r="F12" s="38">
+        <v>73</v>
+      </c>
+      <c r="G12" s="35"/>
+      <c r="H12" s="36"/>
       <c r="I12" s="3">
-        <v>-6.7357512953367907E-2</v>
+        <v>8.4295612009237894E-2</v>
       </c>
       <c r="J12" s="2">
-        <v>-274</v>
+        <v>31</v>
       </c>
       <c r="K12" s="3">
-        <v>-0.23339011925042599</v>
+        <v>3.4140969162995603E-2</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M12" s="33" t="s">
+      <c r="M12" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N12" s="31"/>
-      <c r="O12" s="32"/>
+      <c r="N12" s="35"/>
+      <c r="O12" s="36"/>
       <c r="P12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="D13" s="2">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E13" s="2">
-        <v>483</v>
-[...5 lines deleted...]
-      <c r="H13" s="32"/>
+        <v>400</v>
+      </c>
+      <c r="F13" s="38">
+        <v>-15</v>
+      </c>
+      <c r="G13" s="35"/>
+      <c r="H13" s="36"/>
       <c r="I13" s="3">
-        <v>-7.1593533487297897E-2</v>
+        <v>-3.4562211981566802E-2</v>
       </c>
       <c r="J13" s="2">
-        <v>-81</v>
+        <v>19</v>
       </c>
       <c r="K13" s="3">
-        <v>-0.167701863354037</v>
+        <v>4.7500000000000001E-2</v>
       </c>
       <c r="L13" s="3">
-        <v>0.31186966640806801</v>
-[...1 lines deleted...]
-      <c r="M13" s="33" t="s">
+        <v>0.31315396113602401</v>
+      </c>
+      <c r="M13" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N13" s="31"/>
-      <c r="O13" s="32"/>
+      <c r="N13" s="35"/>
+      <c r="O13" s="36"/>
       <c r="P13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2">
-        <v>3213</v>
+        <v>3730</v>
       </c>
       <c r="D14" s="2">
-        <v>3157</v>
+        <v>3304</v>
       </c>
       <c r="E14" s="2">
-        <v>3496</v>
-[...5 lines deleted...]
-      <c r="H14" s="32"/>
+        <v>3195</v>
+      </c>
+      <c r="F14" s="38">
+        <v>426</v>
+      </c>
+      <c r="G14" s="35"/>
+      <c r="H14" s="36"/>
       <c r="I14" s="3">
-        <v>1.7738359201773801E-2</v>
+        <v>0.12893462469733699</v>
       </c>
       <c r="J14" s="2">
-        <v>-283</v>
+        <v>535</v>
       </c>
       <c r="K14" s="3">
-        <v>-8.0949656750572099E-2</v>
+        <v>0.167449139280125</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M14" s="33" t="s">
+      <c r="M14" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N14" s="31"/>
-      <c r="O14" s="32"/>
+      <c r="N14" s="35"/>
+      <c r="O14" s="36"/>
       <c r="P14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B15" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="2">
+        <v>31015</v>
+      </c>
+      <c r="D15" s="2">
+        <v>31940</v>
+      </c>
+      <c r="E15" s="2">
         <v>30570</v>
       </c>
-      <c r="D15" s="2">
-[...9 lines deleted...]
-      <c r="H15" s="32"/>
+      <c r="F15" s="38">
+        <v>-925</v>
+      </c>
+      <c r="G15" s="35"/>
+      <c r="H15" s="36"/>
       <c r="I15" s="3">
-        <v>-5.5957013155456703E-2</v>
+        <v>-2.8960551033187201E-2</v>
       </c>
       <c r="J15" s="2">
-        <v>-63</v>
+        <v>445</v>
       </c>
       <c r="K15" s="3">
-        <v>-2.0566056213887E-3</v>
+        <v>1.4556754988550901E-2</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M15" s="33" t="s">
+      <c r="M15" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N15" s="31"/>
-      <c r="O15" s="32"/>
+      <c r="N15" s="35"/>
+      <c r="O15" s="36"/>
       <c r="P15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2">
+        <v>27268</v>
+      </c>
+      <c r="D16" s="2">
+        <v>28050</v>
+      </c>
+      <c r="E16" s="2">
         <v>27021</v>
       </c>
-      <c r="D16" s="2">
-[...9 lines deleted...]
-      <c r="H16" s="32"/>
+      <c r="F16" s="38">
+        <v>-782</v>
+      </c>
+      <c r="G16" s="35"/>
+      <c r="H16" s="36"/>
       <c r="I16" s="3">
-        <v>-3.8124733020076899E-2</v>
+        <v>-2.7878787878787899E-2</v>
       </c>
       <c r="J16" s="2">
-        <v>-12</v>
+        <v>247</v>
       </c>
       <c r="K16" s="3">
-        <v>-4.4390189768061302E-4</v>
+        <v>9.1410384515747001E-3</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M16" s="37">
+      <c r="M16" s="38">
         <v>30136</v>
       </c>
-      <c r="N16" s="31"/>
-      <c r="O16" s="32"/>
+      <c r="N16" s="35"/>
+      <c r="O16" s="36"/>
       <c r="P16" s="2">
-        <v>-3115</v>
+        <v>-2868</v>
       </c>
       <c r="Q16" s="3">
-        <v>-0.103364746482612</v>
+        <v>-9.5168569153172303E-2</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2">
+        <v>11207</v>
+      </c>
+      <c r="D17" s="5">
+        <v>11315</v>
+      </c>
+      <c r="E17" s="2">
         <v>11214</v>
       </c>
-      <c r="D17" s="5">
-[...9 lines deleted...]
-      <c r="H17" s="32"/>
+      <c r="F17" s="40">
+        <v>-108</v>
+      </c>
+      <c r="G17" s="35"/>
+      <c r="H17" s="36"/>
       <c r="I17" s="6">
-        <v>-1.8124507486209598E-2</v>
+        <v>-9.5448519664162595E-3</v>
       </c>
       <c r="J17" s="2">
-        <v>-52</v>
+        <v>-7</v>
       </c>
       <c r="K17" s="3">
-        <v>-4.6156577312267003E-3</v>
+        <v>-6.2421972534332096E-4</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M17" s="37">
+      <c r="M17" s="38">
         <v>12076</v>
       </c>
-      <c r="N17" s="31"/>
-      <c r="O17" s="32"/>
+      <c r="N17" s="35"/>
+      <c r="O17" s="36"/>
       <c r="P17" s="2">
-        <v>-862</v>
+        <v>-869</v>
       </c>
       <c r="Q17" s="3">
-        <v>-7.1381252070221904E-2</v>
+        <v>-7.1960914210003293E-2</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2">
+        <v>16061</v>
+      </c>
+      <c r="D18" s="5">
+        <v>16735</v>
+      </c>
+      <c r="E18" s="2">
         <v>15807</v>
       </c>
-      <c r="D18" s="5">
-[...9 lines deleted...]
-      <c r="H18" s="32"/>
+      <c r="F18" s="40">
+        <v>-674</v>
+      </c>
+      <c r="G18" s="35"/>
+      <c r="H18" s="36"/>
       <c r="I18" s="6">
-        <v>-5.1826525103473103E-2</v>
+        <v>-4.0274873020615498E-2</v>
       </c>
       <c r="J18" s="2">
-        <v>40</v>
+        <v>254</v>
       </c>
       <c r="K18" s="3">
-        <v>2.5369442506500898E-3</v>
+        <v>1.6068830265072401E-2</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M18" s="37">
+      <c r="M18" s="38">
         <v>18060</v>
       </c>
-      <c r="N18" s="31"/>
-      <c r="O18" s="32"/>
+      <c r="N18" s="35"/>
+      <c r="O18" s="36"/>
       <c r="P18" s="2">
-        <v>-2253</v>
+        <v>-1999</v>
       </c>
       <c r="Q18" s="3">
-        <v>-0.124750830564784</v>
+        <v>-0.11068660022148399</v>
       </c>
     </row>
     <row r="19" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B19" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2">
+        <v>43799</v>
+      </c>
+      <c r="D19" s="5">
+        <v>45445</v>
+      </c>
+      <c r="E19" s="2">
         <v>43390</v>
       </c>
-      <c r="D19" s="5">
-[...9 lines deleted...]
-      <c r="H19" s="32"/>
+      <c r="F19" s="40">
+        <v>-1646</v>
+      </c>
+      <c r="G19" s="35"/>
+      <c r="H19" s="36"/>
       <c r="I19" s="6">
-        <v>-5.0484714532682697E-2</v>
+        <v>-3.62196061172846E-2</v>
       </c>
       <c r="J19" s="2">
-        <v>-90</v>
+        <v>409</v>
       </c>
       <c r="K19" s="3">
-        <v>-2.0699172033118701E-3</v>
+        <v>9.4261350541599408E-3</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M19" s="33" t="s">
+      <c r="M19" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N19" s="31"/>
-      <c r="O19" s="32"/>
+      <c r="N19" s="35"/>
+      <c r="O19" s="36"/>
       <c r="P19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
+        <v>19555</v>
+      </c>
+      <c r="D20" s="2">
+        <v>19791</v>
+      </c>
+      <c r="E20" s="2">
         <v>19538</v>
       </c>
-      <c r="D20" s="2">
-[...9 lines deleted...]
-      <c r="H20" s="32"/>
+      <c r="F20" s="38">
+        <v>-236</v>
+      </c>
+      <c r="G20" s="35"/>
+      <c r="H20" s="36"/>
       <c r="I20" s="3">
-        <v>-2.44170370000499E-2</v>
+        <v>-1.19246121974635E-2</v>
       </c>
       <c r="J20" s="2">
-        <v>-128</v>
+        <v>17</v>
       </c>
       <c r="K20" s="3">
-        <v>-6.5086952100071203E-3</v>
+        <v>8.7009929368410302E-4</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M20" s="33" t="s">
+      <c r="M20" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N20" s="31"/>
-      <c r="O20" s="32"/>
+      <c r="N20" s="35"/>
+      <c r="O20" s="36"/>
       <c r="P20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B21" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2">
+        <v>24244</v>
+      </c>
+      <c r="D21" s="2">
+        <v>25654</v>
+      </c>
+      <c r="E21" s="2">
         <v>23852</v>
       </c>
-      <c r="D21" s="2">
-[...9 lines deleted...]
-      <c r="H21" s="32"/>
+      <c r="F21" s="38">
+        <v>-1410</v>
+      </c>
+      <c r="G21" s="35"/>
+      <c r="H21" s="36"/>
       <c r="I21" s="3">
-        <v>-7.0821971172574993E-2</v>
+        <v>-5.4962189132299097E-2</v>
       </c>
       <c r="J21" s="2">
-        <v>38</v>
+        <v>392</v>
       </c>
       <c r="K21" s="3">
-        <v>1.59570000839842E-3</v>
+        <v>1.64346805299346E-2</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M21" s="33" t="s">
+      <c r="M21" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N21" s="31"/>
-      <c r="O21" s="32"/>
+      <c r="N21" s="35"/>
+      <c r="O21" s="36"/>
       <c r="P21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="33" t="s">
+      <c r="F22" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="G22" s="31"/>
-      <c r="H22" s="32"/>
+      <c r="G22" s="35"/>
+      <c r="H22" s="36"/>
       <c r="I22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M22" s="33" t="s">
+      <c r="M22" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N22" s="31"/>
-      <c r="O22" s="32"/>
+      <c r="N22" s="35"/>
+      <c r="O22" s="36"/>
       <c r="P22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B23" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>6</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="F23" s="36" t="s">
+      <c r="F23" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="G23" s="31"/>
-      <c r="H23" s="32"/>
+      <c r="G23" s="35"/>
+      <c r="H23" s="36"/>
       <c r="I23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M23" s="36" t="s">
+      <c r="M23" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="N23" s="31"/>
-      <c r="O23" s="32"/>
+      <c r="N23" s="35"/>
+      <c r="O23" s="36"/>
       <c r="P23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q23" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B24" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="2">
-        <v>6885</v>
+        <v>7602</v>
       </c>
       <c r="D24" s="2">
-        <v>6931</v>
+        <v>6960</v>
       </c>
       <c r="E24" s="2">
-        <v>-46</v>
-[...5 lines deleted...]
-      <c r="H24" s="32"/>
+        <v>642</v>
+      </c>
+      <c r="F24" s="41">
+        <v>9.2241379310344804E-2</v>
+      </c>
+      <c r="G24" s="35"/>
+      <c r="H24" s="36"/>
       <c r="I24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M24" s="33" t="s">
+      <c r="M24" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N24" s="31"/>
-      <c r="O24" s="32"/>
+      <c r="N24" s="35"/>
+      <c r="O24" s="36"/>
       <c r="P24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B25" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="2">
-        <v>2049</v>
+        <v>2164</v>
       </c>
       <c r="D25" s="2">
-        <v>2174</v>
+        <v>1969</v>
       </c>
       <c r="E25" s="2">
-        <v>-125</v>
-[...5 lines deleted...]
-      <c r="H25" s="32"/>
+        <v>195</v>
+      </c>
+      <c r="F25" s="41">
+        <v>9.9035043169121401E-2</v>
+      </c>
+      <c r="G25" s="35"/>
+      <c r="H25" s="36"/>
       <c r="I25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M25" s="33" t="s">
+      <c r="M25" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N25" s="31"/>
-      <c r="O25" s="32"/>
+      <c r="N25" s="35"/>
+      <c r="O25" s="36"/>
       <c r="P25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="2">
-        <v>1478</v>
+        <v>1583</v>
       </c>
       <c r="D26" s="2">
-        <v>1561</v>
+        <v>1380</v>
       </c>
       <c r="E26" s="2">
-        <v>-83</v>
-[...5 lines deleted...]
-      <c r="H26" s="32"/>
+        <v>203</v>
+      </c>
+      <c r="F26" s="41">
+        <v>0.14710144927536201</v>
+      </c>
+      <c r="G26" s="35"/>
+      <c r="H26" s="36"/>
       <c r="I26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M26" s="33" t="s">
+      <c r="M26" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N26" s="31"/>
-      <c r="O26" s="32"/>
+      <c r="N26" s="35"/>
+      <c r="O26" s="36"/>
       <c r="P26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="2">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="D27" s="2">
-        <v>613</v>
+        <v>589</v>
       </c>
       <c r="E27" s="2">
-        <v>-42</v>
-[...5 lines deleted...]
-      <c r="H27" s="32"/>
+        <v>-8</v>
+      </c>
+      <c r="F27" s="41">
+        <v>-1.3582342954159599E-2</v>
+      </c>
+      <c r="G27" s="35"/>
+      <c r="H27" s="36"/>
       <c r="I27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M27" s="33" t="s">
+      <c r="M27" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N27" s="31"/>
-      <c r="O27" s="32"/>
+      <c r="N27" s="35"/>
+      <c r="O27" s="36"/>
       <c r="P27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B28" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="2">
-        <v>4836</v>
+        <v>5438</v>
       </c>
       <c r="D28" s="2">
-        <v>4757</v>
+        <v>4991</v>
       </c>
       <c r="E28" s="2">
-        <v>79</v>
-[...5 lines deleted...]
-      <c r="H28" s="32"/>
+        <v>447</v>
+      </c>
+      <c r="F28" s="41">
+        <v>8.9561210178320999E-2</v>
+      </c>
+      <c r="G28" s="35"/>
+      <c r="H28" s="36"/>
       <c r="I28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M28" s="33" t="s">
+      <c r="M28" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N28" s="31"/>
-      <c r="O28" s="32"/>
+      <c r="N28" s="35"/>
+      <c r="O28" s="36"/>
       <c r="P28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="2">
-        <v>1471</v>
+        <v>1592</v>
       </c>
       <c r="D29" s="2">
-        <v>1554</v>
+        <v>1397</v>
       </c>
       <c r="E29" s="2">
-        <v>-83</v>
-[...5 lines deleted...]
-      <c r="H29" s="32"/>
+        <v>195</v>
+      </c>
+      <c r="F29" s="41">
+        <v>0.139584824624195</v>
+      </c>
+      <c r="G29" s="35"/>
+      <c r="H29" s="36"/>
       <c r="I29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M29" s="33" t="s">
+      <c r="M29" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N29" s="31"/>
-      <c r="O29" s="32"/>
+      <c r="N29" s="35"/>
+      <c r="O29" s="36"/>
       <c r="P29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F30" s="33" t="s">
+      <c r="F30" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="G30" s="31"/>
-      <c r="H30" s="32"/>
+      <c r="G30" s="35"/>
+      <c r="H30" s="36"/>
       <c r="I30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M30" s="33" t="s">
+      <c r="M30" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N30" s="31"/>
-      <c r="O30" s="32"/>
+      <c r="N30" s="35"/>
+      <c r="O30" s="36"/>
       <c r="P30" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B31" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="F31" s="36" t="s">
+      <c r="F31" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="G31" s="31"/>
-      <c r="H31" s="32"/>
+      <c r="G31" s="35"/>
+      <c r="H31" s="36"/>
       <c r="I31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M31" s="36" t="s">
+      <c r="M31" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="N31" s="31"/>
-      <c r="O31" s="32"/>
+      <c r="N31" s="35"/>
+      <c r="O31" s="36"/>
       <c r="P31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q31" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="2">
-        <v>4502</v>
+        <v>5068</v>
       </c>
       <c r="D32" s="2">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E32" s="7">
-        <v>225.1</v>
-[...1 lines deleted...]
-      <c r="F32" s="33" t="s">
+        <v>230.363636363636</v>
+      </c>
+      <c r="F32" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="G32" s="31"/>
-      <c r="H32" s="32"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="36"/>
       <c r="I32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M32" s="33" t="s">
+      <c r="M32" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N32" s="31"/>
-      <c r="O32" s="32"/>
+      <c r="N32" s="35"/>
+      <c r="O32" s="36"/>
       <c r="P32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B33" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="2">
-        <v>4523</v>
+        <v>4566</v>
       </c>
       <c r="D33" s="2">
         <v>21</v>
       </c>
       <c r="E33" s="7">
-        <v>215.38095238095201</v>
-[...1 lines deleted...]
-      <c r="F33" s="33" t="s">
+        <v>217.42857142857099</v>
+      </c>
+      <c r="F33" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="G33" s="31"/>
-      <c r="H33" s="32"/>
+      <c r="G33" s="35"/>
+      <c r="H33" s="36"/>
       <c r="I33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M33" s="33" t="s">
+      <c r="M33" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N33" s="31"/>
-      <c r="O33" s="32"/>
+      <c r="N33" s="35"/>
+      <c r="O33" s="36"/>
       <c r="P33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B34" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="F34" s="33" t="s">
+      <c r="F34" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="G34" s="31"/>
-      <c r="H34" s="32"/>
+      <c r="G34" s="35"/>
+      <c r="H34" s="36"/>
       <c r="I34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M34" s="33" t="s">
+      <c r="M34" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N34" s="31"/>
-      <c r="O34" s="32"/>
+      <c r="N34" s="35"/>
+      <c r="O34" s="36"/>
       <c r="P34" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B35" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="F35" s="36" t="s">
+      <c r="F35" s="37" t="s">
         <v>45</v>
       </c>
-      <c r="G35" s="31"/>
-      <c r="H35" s="32"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="36"/>
       <c r="I35" s="1" t="s">
         <v>46</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>44</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="M35" s="36" t="s">
+      <c r="M35" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="N35" s="31"/>
-      <c r="O35" s="32"/>
+      <c r="N35" s="35"/>
+      <c r="O35" s="36"/>
       <c r="P35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q35" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B36" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C36" s="2">
-        <v>23667</v>
+        <v>28676</v>
       </c>
       <c r="D36" s="2">
-        <v>22965</v>
+        <v>27533</v>
       </c>
       <c r="E36" s="2">
-        <v>702</v>
-[...5 lines deleted...]
-      <c r="H36" s="32"/>
+        <v>1143</v>
+      </c>
+      <c r="F36" s="41">
+        <v>4.1513819779900499E-2</v>
+      </c>
+      <c r="G36" s="35"/>
+      <c r="H36" s="36"/>
       <c r="I36" s="2">
-        <v>26013</v>
+        <v>30873</v>
       </c>
       <c r="J36" s="2">
-        <v>-2346</v>
+        <v>-2197</v>
       </c>
       <c r="K36" s="3">
-        <v>-9.0185676392572897E-2</v>
+        <v>-7.1162504453729805E-2</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M36" s="33" t="s">
+      <c r="M36" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N36" s="31"/>
-      <c r="O36" s="32"/>
+      <c r="N36" s="35"/>
+      <c r="O36" s="36"/>
       <c r="P36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B37" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C37" s="2">
-        <v>7219</v>
+        <v>8556</v>
       </c>
       <c r="D37" s="2">
-        <v>6855</v>
+        <v>8117</v>
       </c>
       <c r="E37" s="2">
-        <v>364</v>
-[...5 lines deleted...]
-      <c r="H37" s="32"/>
+        <v>439</v>
+      </c>
+      <c r="F37" s="41">
+        <v>5.4084021190094901E-2</v>
+      </c>
+      <c r="G37" s="35"/>
+      <c r="H37" s="36"/>
       <c r="I37" s="2">
-        <v>7892</v>
+        <v>9327</v>
       </c>
       <c r="J37" s="2">
-        <v>-673</v>
+        <v>-771</v>
       </c>
       <c r="K37" s="3">
-        <v>-8.5276229092752107E-2</v>
+        <v>-8.2663235767127696E-2</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M37" s="33" t="s">
+      <c r="M37" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N37" s="31"/>
-      <c r="O37" s="32"/>
+      <c r="N37" s="35"/>
+      <c r="O37" s="36"/>
       <c r="P37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B38" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C38" s="2">
-        <v>16448</v>
+        <v>20120</v>
       </c>
       <c r="D38" s="2">
-        <v>16110</v>
+        <v>19416</v>
       </c>
       <c r="E38" s="2">
-        <v>338</v>
-[...5 lines deleted...]
-      <c r="H38" s="32"/>
+        <v>704</v>
+      </c>
+      <c r="F38" s="41">
+        <v>3.6258755665430603E-2</v>
+      </c>
+      <c r="G38" s="35"/>
+      <c r="H38" s="36"/>
       <c r="I38" s="2">
-        <v>18121</v>
+        <v>21546</v>
       </c>
       <c r="J38" s="2">
-        <v>-1673</v>
+        <v>-1426</v>
       </c>
       <c r="K38" s="3">
-        <v>-9.2323823188565704E-2</v>
+        <v>-6.6183978464680202E-2</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M38" s="33" t="s">
+      <c r="M38" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N38" s="31"/>
-      <c r="O38" s="32"/>
+      <c r="N38" s="35"/>
+      <c r="O38" s="36"/>
       <c r="P38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B39" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="2">
-        <v>36474</v>
+        <v>44052</v>
       </c>
       <c r="D39" s="2">
-        <v>35419</v>
+        <v>42392</v>
       </c>
       <c r="E39" s="2">
-        <v>1055</v>
-[...5 lines deleted...]
-      <c r="H39" s="32"/>
+        <v>1660</v>
+      </c>
+      <c r="F39" s="41">
+        <v>3.9158331760709597E-2</v>
+      </c>
+      <c r="G39" s="35"/>
+      <c r="H39" s="36"/>
       <c r="I39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="M39" s="33" t="s">
+      <c r="M39" s="39" t="s">
         <v>17</v>
       </c>
-      <c r="N39" s="31"/>
-      <c r="O39" s="32"/>
+      <c r="N39" s="35"/>
+      <c r="O39" s="36"/>
       <c r="P39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:17" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="34"/>
-[...11 lines deleted...]
-      <c r="M40" s="35"/>
+      <c r="A40" s="42"/>
+      <c r="B40" s="32"/>
+      <c r="C40" s="32"/>
+      <c r="D40" s="32"/>
+      <c r="E40" s="32"/>
+      <c r="F40" s="32"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="32"/>
+      <c r="I40" s="32"/>
+      <c r="J40" s="32"/>
+      <c r="K40" s="32"/>
+      <c r="L40" s="32"/>
+      <c r="M40" s="32"/>
     </row>
     <row r="41" spans="1:17" ht="179.9" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="34"/>
-[...11 lines deleted...]
-      <c r="M41" s="35"/>
+      <c r="A41" s="42"/>
+      <c r="B41" s="32"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="32"/>
+      <c r="E41" s="32"/>
+      <c r="F41" s="32"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="32"/>
+      <c r="I41" s="32"/>
+      <c r="J41" s="32"/>
+      <c r="K41" s="32"/>
+      <c r="L41" s="32"/>
+      <c r="M41" s="32"/>
     </row>
     <row r="42" spans="1:17" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="69">
-    <mergeCell ref="B3:N3"/>
-[...58 lines deleted...]
-    <mergeCell ref="M35:O35"/>
     <mergeCell ref="F39:H39"/>
     <mergeCell ref="M39:O39"/>
     <mergeCell ref="A40:M41"/>
     <mergeCell ref="F36:H36"/>
     <mergeCell ref="M36:O36"/>
     <mergeCell ref="F37:H37"/>
     <mergeCell ref="M37:O37"/>
     <mergeCell ref="F38:H38"/>
     <mergeCell ref="M38:O38"/>
+    <mergeCell ref="F33:H33"/>
+    <mergeCell ref="M33:O33"/>
+    <mergeCell ref="F34:H34"/>
+    <mergeCell ref="M34:O34"/>
+    <mergeCell ref="F35:H35"/>
+    <mergeCell ref="M35:O35"/>
+    <mergeCell ref="F30:H30"/>
+    <mergeCell ref="M30:O30"/>
+    <mergeCell ref="F31:H31"/>
+    <mergeCell ref="M31:O31"/>
+    <mergeCell ref="F32:H32"/>
+    <mergeCell ref="M32:O32"/>
+    <mergeCell ref="F27:H27"/>
+    <mergeCell ref="M27:O27"/>
+    <mergeCell ref="F28:H28"/>
+    <mergeCell ref="M28:O28"/>
+    <mergeCell ref="F29:H29"/>
+    <mergeCell ref="M29:O29"/>
+    <mergeCell ref="F24:H24"/>
+    <mergeCell ref="M24:O24"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="M25:O25"/>
+    <mergeCell ref="F26:H26"/>
+    <mergeCell ref="M26:O26"/>
+    <mergeCell ref="F21:H21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="F22:H22"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="F23:H23"/>
+    <mergeCell ref="M23:O23"/>
+    <mergeCell ref="F18:H18"/>
+    <mergeCell ref="M18:O18"/>
+    <mergeCell ref="F19:H19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="F20:H20"/>
+    <mergeCell ref="M20:O20"/>
+    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="F16:H16"/>
+    <mergeCell ref="M16:O16"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="M17:O17"/>
+    <mergeCell ref="F12:H12"/>
+    <mergeCell ref="M12:O12"/>
+    <mergeCell ref="F13:H13"/>
+    <mergeCell ref="M13:O13"/>
+    <mergeCell ref="F14:H14"/>
+    <mergeCell ref="M14:O14"/>
+    <mergeCell ref="F9:H9"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="F10:H10"/>
+    <mergeCell ref="M10:O10"/>
+    <mergeCell ref="F11:H11"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="B3:N3"/>
+    <mergeCell ref="B5:N5"/>
+    <mergeCell ref="B6:N6"/>
+    <mergeCell ref="B7:Q7"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="M8:O8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
-    <col min="2" max="2" width="19.1796875" customWidth="1"/>
+    <col min="2" max="2" width="19.26953125" customWidth="1"/>
     <col min="3" max="3" width="57.1796875" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
     <col min="5" max="5" width="75.81640625" customWidth="1"/>
     <col min="6" max="6" width="0.1796875" customWidth="1"/>
     <col min="7" max="7" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:6" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...2 lines deleted...]
-      <c r="F3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
     </row>
     <row r="4" spans="1:6" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:6" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...2 lines deleted...]
-      <c r="F5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
     </row>
     <row r="6" spans="1:6" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...2 lines deleted...]
-      <c r="F6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
     </row>
     <row r="7" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="44" t="s">
         <v>366</v>
       </c>
-      <c r="B7" s="31"/>
-[...2 lines deleted...]
-      <c r="E7" s="32"/>
+      <c r="B7" s="35"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="36"/>
     </row>
     <row r="8" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="33" t="s">
+      <c r="A8" s="39" t="s">
         <v>367</v>
       </c>
-      <c r="B8" s="31"/>
-[...2 lines deleted...]
-      <c r="E8" s="32"/>
+      <c r="B8" s="35"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="36"/>
     </row>
     <row r="9" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="44" t="s">
         <v>368</v>
       </c>
-      <c r="B9" s="32"/>
+      <c r="B9" s="36"/>
       <c r="C9" s="44" t="s">
         <v>369</v>
       </c>
-      <c r="D9" s="31"/>
-      <c r="E9" s="32"/>
+      <c r="D9" s="35"/>
+      <c r="E9" s="36"/>
     </row>
     <row r="10" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="46" t="s">
+      <c r="A10" s="47" t="s">
         <v>370</v>
       </c>
-      <c r="B10" s="32"/>
-      <c r="C10" s="46" t="s">
+      <c r="B10" s="36"/>
+      <c r="C10" s="47" t="s">
         <v>371</v>
       </c>
-      <c r="D10" s="31"/>
-      <c r="E10" s="32"/>
+      <c r="D10" s="35"/>
+      <c r="E10" s="36"/>
     </row>
     <row r="11" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="42" t="s">
+      <c r="A11" s="49" t="s">
         <v>372</v>
       </c>
-      <c r="B11" s="32"/>
-      <c r="C11" s="42" t="s">
+      <c r="B11" s="36"/>
+      <c r="C11" s="49" t="s">
         <v>373</v>
       </c>
-      <c r="D11" s="31"/>
-      <c r="E11" s="32"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="36"/>
     </row>
     <row r="12" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="46" t="s">
+      <c r="A12" s="47" t="s">
         <v>374</v>
       </c>
-      <c r="B12" s="32"/>
-      <c r="C12" s="46" t="s">
+      <c r="B12" s="36"/>
+      <c r="C12" s="47" t="s">
         <v>375</v>
       </c>
-      <c r="D12" s="31"/>
-      <c r="E12" s="32"/>
+      <c r="D12" s="35"/>
+      <c r="E12" s="36"/>
     </row>
     <row r="13" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="42" t="s">
+      <c r="A13" s="49" t="s">
         <v>376</v>
       </c>
-      <c r="B13" s="32"/>
-      <c r="C13" s="42" t="s">
+      <c r="B13" s="36"/>
+      <c r="C13" s="49" t="s">
         <v>377</v>
       </c>
-      <c r="D13" s="31"/>
-      <c r="E13" s="32"/>
+      <c r="D13" s="35"/>
+      <c r="E13" s="36"/>
     </row>
     <row r="14" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="46" t="s">
+      <c r="A14" s="47" t="s">
         <v>378</v>
       </c>
-      <c r="B14" s="32"/>
-      <c r="C14" s="46" t="s">
+      <c r="B14" s="36"/>
+      <c r="C14" s="47" t="s">
         <v>379</v>
       </c>
-      <c r="D14" s="31"/>
-      <c r="E14" s="32"/>
+      <c r="D14" s="35"/>
+      <c r="E14" s="36"/>
     </row>
     <row r="15" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="42" t="s">
+      <c r="A15" s="49" t="s">
         <v>380</v>
       </c>
-      <c r="B15" s="32"/>
-      <c r="C15" s="42" t="s">
+      <c r="B15" s="36"/>
+      <c r="C15" s="49" t="s">
         <v>381</v>
       </c>
-      <c r="D15" s="31"/>
-      <c r="E15" s="32"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="36"/>
     </row>
     <row r="16" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="46" t="s">
+      <c r="A16" s="47" t="s">
         <v>31</v>
       </c>
-      <c r="B16" s="32"/>
-      <c r="C16" s="46" t="s">
+      <c r="B16" s="36"/>
+      <c r="C16" s="47" t="s">
         <v>382</v>
       </c>
-      <c r="D16" s="31"/>
-      <c r="E16" s="32"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="36"/>
     </row>
     <row r="17" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="42" t="s">
+      <c r="A17" s="49" t="s">
         <v>383</v>
       </c>
-      <c r="B17" s="32"/>
-      <c r="C17" s="42" t="s">
+      <c r="B17" s="36"/>
+      <c r="C17" s="49" t="s">
         <v>384</v>
       </c>
-      <c r="D17" s="31"/>
-      <c r="E17" s="32"/>
+      <c r="D17" s="35"/>
+      <c r="E17" s="36"/>
     </row>
     <row r="18" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="46" t="s">
+      <c r="A18" s="47" t="s">
         <v>385</v>
       </c>
-      <c r="B18" s="32"/>
-      <c r="C18" s="46" t="s">
+      <c r="B18" s="36"/>
+      <c r="C18" s="47" t="s">
         <v>386</v>
       </c>
-      <c r="D18" s="31"/>
-      <c r="E18" s="32"/>
+      <c r="D18" s="35"/>
+      <c r="E18" s="36"/>
     </row>
     <row r="19" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="42" t="s">
+      <c r="A19" s="49" t="s">
         <v>387</v>
       </c>
-      <c r="B19" s="32"/>
-      <c r="C19" s="42" t="s">
+      <c r="B19" s="36"/>
+      <c r="C19" s="49" t="s">
         <v>388</v>
       </c>
-      <c r="D19" s="31"/>
-      <c r="E19" s="32"/>
+      <c r="D19" s="35"/>
+      <c r="E19" s="36"/>
     </row>
     <row r="20" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="46" t="s">
+      <c r="A20" s="47" t="s">
         <v>389</v>
       </c>
-      <c r="B20" s="32"/>
-      <c r="C20" s="46" t="s">
+      <c r="B20" s="36"/>
+      <c r="C20" s="47" t="s">
         <v>390</v>
       </c>
-      <c r="D20" s="31"/>
-      <c r="E20" s="32"/>
+      <c r="D20" s="35"/>
+      <c r="E20" s="36"/>
     </row>
     <row r="21" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="42" t="s">
+      <c r="A21" s="49" t="s">
         <v>391</v>
       </c>
-      <c r="B21" s="32"/>
-      <c r="C21" s="42" t="s">
+      <c r="B21" s="36"/>
+      <c r="C21" s="49" t="s">
         <v>392</v>
       </c>
-      <c r="D21" s="31"/>
-      <c r="E21" s="32"/>
+      <c r="D21" s="35"/>
+      <c r="E21" s="36"/>
     </row>
     <row r="22" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="46" t="s">
+      <c r="A22" s="47" t="s">
         <v>393</v>
       </c>
-      <c r="B22" s="32"/>
-      <c r="C22" s="46" t="s">
+      <c r="B22" s="36"/>
+      <c r="C22" s="47" t="s">
         <v>394</v>
       </c>
-      <c r="D22" s="31"/>
-      <c r="E22" s="32"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="36"/>
     </row>
     <row r="23" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="42" t="s">
+      <c r="A23" s="49" t="s">
         <v>395</v>
       </c>
-      <c r="B23" s="32"/>
-      <c r="C23" s="42" t="s">
+      <c r="B23" s="36"/>
+      <c r="C23" s="49" t="s">
         <v>396</v>
       </c>
-      <c r="D23" s="31"/>
-      <c r="E23" s="32"/>
+      <c r="D23" s="35"/>
+      <c r="E23" s="36"/>
     </row>
     <row r="24" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="46" t="s">
+      <c r="A24" s="47" t="s">
         <v>397</v>
       </c>
-      <c r="B24" s="32"/>
-      <c r="C24" s="46" t="s">
+      <c r="B24" s="36"/>
+      <c r="C24" s="47" t="s">
         <v>398</v>
       </c>
-      <c r="D24" s="31"/>
-      <c r="E24" s="32"/>
+      <c r="D24" s="35"/>
+      <c r="E24" s="36"/>
     </row>
     <row r="25" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="42" t="s">
+      <c r="A25" s="49" t="s">
         <v>399</v>
       </c>
-      <c r="B25" s="32"/>
-      <c r="C25" s="42" t="s">
+      <c r="B25" s="36"/>
+      <c r="C25" s="49" t="s">
         <v>400</v>
       </c>
-      <c r="D25" s="31"/>
-      <c r="E25" s="32"/>
+      <c r="D25" s="35"/>
+      <c r="E25" s="36"/>
     </row>
     <row r="26" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="46" t="s">
+      <c r="A26" s="47" t="s">
         <v>401</v>
       </c>
-      <c r="B26" s="32"/>
-      <c r="C26" s="46" t="s">
+      <c r="B26" s="36"/>
+      <c r="C26" s="47" t="s">
         <v>402</v>
       </c>
-      <c r="D26" s="31"/>
-      <c r="E26" s="32"/>
+      <c r="D26" s="35"/>
+      <c r="E26" s="36"/>
     </row>
     <row r="27" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="42" t="s">
+      <c r="A27" s="49" t="s">
         <v>403</v>
       </c>
-      <c r="B27" s="32"/>
-      <c r="C27" s="42" t="s">
+      <c r="B27" s="36"/>
+      <c r="C27" s="49" t="s">
         <v>404</v>
       </c>
-      <c r="D27" s="31"/>
-      <c r="E27" s="32"/>
+      <c r="D27" s="35"/>
+      <c r="E27" s="36"/>
     </row>
     <row r="28" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="46" t="s">
+      <c r="A28" s="47" t="s">
         <v>405</v>
       </c>
-      <c r="B28" s="32"/>
-      <c r="C28" s="46" t="s">
+      <c r="B28" s="36"/>
+      <c r="C28" s="47" t="s">
         <v>406</v>
       </c>
-      <c r="D28" s="31"/>
-      <c r="E28" s="32"/>
+      <c r="D28" s="35"/>
+      <c r="E28" s="36"/>
     </row>
     <row r="29" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="42" t="s">
+      <c r="A29" s="49" t="s">
         <v>407</v>
       </c>
-      <c r="B29" s="32"/>
-      <c r="C29" s="42" t="s">
+      <c r="B29" s="36"/>
+      <c r="C29" s="49" t="s">
         <v>408</v>
       </c>
-      <c r="D29" s="31"/>
-      <c r="E29" s="32"/>
+      <c r="D29" s="35"/>
+      <c r="E29" s="36"/>
     </row>
     <row r="30" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="46" t="s">
+      <c r="A30" s="47" t="s">
         <v>409</v>
       </c>
-      <c r="B30" s="32"/>
-      <c r="C30" s="46" t="s">
+      <c r="B30" s="36"/>
+      <c r="C30" s="47" t="s">
         <v>410</v>
       </c>
-      <c r="D30" s="31"/>
-      <c r="E30" s="32"/>
+      <c r="D30" s="35"/>
+      <c r="E30" s="36"/>
     </row>
     <row r="31" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="42" t="s">
+      <c r="A31" s="49" t="s">
         <v>411</v>
       </c>
-      <c r="B31" s="32"/>
-      <c r="C31" s="42" t="s">
+      <c r="B31" s="36"/>
+      <c r="C31" s="49" t="s">
         <v>412</v>
       </c>
-      <c r="D31" s="31"/>
-      <c r="E31" s="32"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="36"/>
     </row>
     <row r="32" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="46" t="s">
+      <c r="A32" s="47" t="s">
         <v>413</v>
       </c>
-      <c r="B32" s="32"/>
-      <c r="C32" s="46" t="s">
+      <c r="B32" s="36"/>
+      <c r="C32" s="47" t="s">
         <v>414</v>
       </c>
-      <c r="D32" s="31"/>
-      <c r="E32" s="32"/>
+      <c r="D32" s="35"/>
+      <c r="E32" s="36"/>
     </row>
     <row r="33" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="42" t="s">
+      <c r="A33" s="49" t="s">
         <v>415</v>
       </c>
-      <c r="B33" s="32"/>
-      <c r="C33" s="42" t="s">
+      <c r="B33" s="36"/>
+      <c r="C33" s="49" t="s">
         <v>416</v>
       </c>
-      <c r="D33" s="31"/>
-      <c r="E33" s="32"/>
+      <c r="D33" s="35"/>
+      <c r="E33" s="36"/>
     </row>
     <row r="34" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="46" t="s">
+      <c r="A34" s="47" t="s">
         <v>417</v>
       </c>
-      <c r="B34" s="32"/>
-      <c r="C34" s="46" t="s">
+      <c r="B34" s="36"/>
+      <c r="C34" s="47" t="s">
         <v>418</v>
       </c>
-      <c r="D34" s="31"/>
-      <c r="E34" s="32"/>
+      <c r="D34" s="35"/>
+      <c r="E34" s="36"/>
     </row>
     <row r="35" spans="1:5" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="57">
-    <mergeCell ref="B3:F3"/>
-[...45 lines deleted...]
-    <mergeCell ref="C29:E29"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="C30:E30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:E32"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="C29:E29"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="C24:E24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C23:E23"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="B3:F3"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="B6:F6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:O30"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A9" sqref="A9:N9"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8:N8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="13.453125" customWidth="1"/>
     <col min="4" max="4" width="13.54296875" customWidth="1"/>
     <col min="5" max="6" width="13.453125" customWidth="1"/>
     <col min="7" max="7" width="0.26953125" customWidth="1"/>
     <col min="8" max="8" width="13.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.453125" customWidth="1"/>
     <col min="10" max="10" width="0.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.26953125" customWidth="1"/>
     <col min="12" max="12" width="13.453125" customWidth="1"/>
     <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="49.1796875" customWidth="1"/>
     <col min="15" max="15" width="0.1796875" customWidth="1"/>
     <col min="16" max="16" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:15" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="H2" s="35"/>
-[...1 lines deleted...]
-      <c r="J2" s="35"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="32"/>
     </row>
     <row r="3" spans="1:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...11 lines deleted...]
-      <c r="O3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
     </row>
     <row r="4" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:15" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...11 lines deleted...]
-      <c r="O5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
     </row>
     <row r="6" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...11 lines deleted...]
-      <c r="O6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="O6" s="32"/>
     </row>
     <row r="7" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="50" t="s">
+      <c r="A7" s="43" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="35"/>
-[...14 lines deleted...]
-      <c r="A8" s="40" t="s">
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
+      <c r="I7" s="32"/>
+      <c r="J7" s="32"/>
+      <c r="K7" s="32"/>
+      <c r="L7" s="32"/>
+      <c r="M7" s="32"/>
+      <c r="N7" s="32"/>
+    </row>
+    <row r="8" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="33" t="s">
         <v>51</v>
       </c>
-      <c r="B8" s="35"/>
-[...14 lines deleted...]
-      <c r="A9" s="40" t="s">
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="32"/>
+      <c r="J8" s="32"/>
+      <c r="K8" s="32"/>
+      <c r="L8" s="32"/>
+      <c r="M8" s="32"/>
+      <c r="N8" s="32"/>
+    </row>
+    <row r="9" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="33" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="35"/>
-[...14 lines deleted...]
-      <c r="A10" s="40" t="s">
+      <c r="B9" s="33"/>
+      <c r="C9" s="33"/>
+      <c r="D9" s="33"/>
+      <c r="E9" s="33"/>
+      <c r="F9" s="33"/>
+      <c r="G9" s="33"/>
+      <c r="H9" s="33"/>
+      <c r="I9" s="33"/>
+      <c r="J9" s="33"/>
+      <c r="K9" s="33"/>
+      <c r="L9" s="33"/>
+      <c r="M9" s="33"/>
+      <c r="N9" s="33"/>
+    </row>
+    <row r="10" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="33" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="35"/>
-[...14 lines deleted...]
-      <c r="A11" s="40" t="s">
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="32"/>
+      <c r="J10" s="32"/>
+      <c r="K10" s="32"/>
+      <c r="L10" s="32"/>
+      <c r="M10" s="32"/>
+      <c r="N10" s="32"/>
+    </row>
+    <row r="11" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="B11" s="35"/>
-[...11 lines deleted...]
-      <c r="N11" s="35"/>
+      <c r="B11" s="32"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+      <c r="I11" s="32"/>
+      <c r="J11" s="32"/>
+      <c r="K11" s="32"/>
+      <c r="L11" s="32"/>
+      <c r="M11" s="32"/>
+      <c r="N11" s="32"/>
     </row>
     <row r="12" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="34"/>
-[...12 lines deleted...]
-      <c r="N12" s="35"/>
+      <c r="A12" s="42"/>
+      <c r="B12" s="32"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="32"/>
+      <c r="J12" s="32"/>
+      <c r="K12" s="32"/>
+      <c r="L12" s="32"/>
+      <c r="M12" s="32"/>
+      <c r="N12" s="32"/>
     </row>
     <row r="13" spans="1:15" ht="243" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="34"/>
-[...12 lines deleted...]
-      <c r="N13" s="35"/>
+      <c r="A13" s="42"/>
+      <c r="B13" s="32"/>
+      <c r="C13" s="32"/>
+      <c r="D13" s="32"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="32"/>
+      <c r="M13" s="32"/>
+      <c r="N13" s="32"/>
     </row>
     <row r="14" spans="1:15" ht="242.65" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="34"/>
-[...12 lines deleted...]
-      <c r="N14" s="35"/>
+      <c r="A14" s="42"/>
+      <c r="B14" s="32"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="32"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="32"/>
+      <c r="H14" s="32"/>
+      <c r="I14" s="32"/>
+      <c r="J14" s="32"/>
+      <c r="K14" s="32"/>
+      <c r="L14" s="32"/>
+      <c r="M14" s="32"/>
+      <c r="N14" s="32"/>
     </row>
     <row r="15" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="16" spans="1:15" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="44" t="s">
         <v>55</v>
       </c>
-      <c r="B16" s="32"/>
-      <c r="C16" s="49" t="s">
+      <c r="B16" s="36"/>
+      <c r="C16" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="D16" s="32"/>
-      <c r="E16" s="49" t="s">
+      <c r="D16" s="36"/>
+      <c r="E16" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="F16" s="32"/>
-      <c r="G16" s="49" t="s">
+      <c r="F16" s="36"/>
+      <c r="G16" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="H16" s="31"/>
-[...1 lines deleted...]
-      <c r="J16" s="49" t="s">
+      <c r="H16" s="35"/>
+      <c r="I16" s="36"/>
+      <c r="J16" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="K16" s="31"/>
-      <c r="L16" s="32"/>
+      <c r="K16" s="35"/>
+      <c r="L16" s="36"/>
     </row>
     <row r="17" spans="1:12" ht="26" x14ac:dyDescent="0.35">
       <c r="A17" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="G17" s="48" t="s">
+      <c r="G17" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="H17" s="32"/>
+      <c r="H17" s="36"/>
       <c r="I17" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="J17" s="48" t="s">
+      <c r="J17" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="K17" s="32"/>
+      <c r="K17" s="36"/>
       <c r="L17" s="8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A18" s="46" t="s">
+      <c r="A18" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="10">
         <v>4104</v>
       </c>
       <c r="D18" s="10">
         <v>6277</v>
       </c>
       <c r="E18" s="10">
         <v>3954</v>
       </c>
       <c r="F18" s="10">
-        <v>6082</v>
-[...4 lines deleted...]
-      <c r="H18" s="32"/>
+        <v>6081</v>
+      </c>
+      <c r="G18" s="48">
+        <v>4699</v>
+      </c>
+      <c r="H18" s="36"/>
       <c r="I18" s="10">
-        <v>7273</v>
-[...4 lines deleted...]
-      <c r="K18" s="32"/>
+        <v>7277</v>
+      </c>
+      <c r="J18" s="48">
+        <v>4571</v>
+      </c>
+      <c r="K18" s="36"/>
       <c r="L18" s="10">
-        <v>7020</v>
+        <v>7015</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A19" s="42" t="s">
+      <c r="A19" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="12">
         <v>4736</v>
       </c>
       <c r="D19" s="12">
         <v>7369</v>
       </c>
       <c r="E19" s="12">
-        <v>4576</v>
+        <v>4575</v>
       </c>
       <c r="F19" s="12">
-        <v>7140</v>
-[...4 lines deleted...]
-      <c r="H19" s="32"/>
+        <v>7139</v>
+      </c>
+      <c r="G19" s="50">
+        <v>4691</v>
+      </c>
+      <c r="H19" s="36"/>
       <c r="I19" s="12">
-        <v>7285</v>
-[...4 lines deleted...]
-      <c r="K19" s="32"/>
+        <v>7292</v>
+      </c>
+      <c r="J19" s="50">
+        <v>4717</v>
+      </c>
+      <c r="K19" s="36"/>
       <c r="L19" s="12">
-        <v>7328</v>
+        <v>7316</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A20" s="46" t="s">
+      <c r="A20" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="10">
         <v>4739</v>
       </c>
       <c r="D20" s="10">
         <v>7405</v>
       </c>
       <c r="E20" s="10">
         <v>4961</v>
       </c>
       <c r="F20" s="10">
         <v>7703</v>
       </c>
-      <c r="G20" s="47">
+      <c r="G20" s="48">
         <v>3994</v>
       </c>
-      <c r="H20" s="32"/>
+      <c r="H20" s="36"/>
       <c r="I20" s="10">
-        <v>6172</v>
-[...4 lines deleted...]
-      <c r="K20" s="32"/>
+        <v>6175</v>
+      </c>
+      <c r="J20" s="48">
+        <v>4722</v>
+      </c>
+      <c r="K20" s="36"/>
       <c r="L20" s="10">
-        <v>7295</v>
+        <v>7287</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A21" s="42" t="s">
+      <c r="A21" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="12">
-        <v>4748</v>
+        <v>4747</v>
       </c>
       <c r="D21" s="12">
-        <v>7511</v>
+        <v>7509</v>
       </c>
       <c r="E21" s="12">
         <v>4741</v>
       </c>
       <c r="F21" s="12">
-        <v>7342</v>
-[...4 lines deleted...]
-      <c r="H21" s="32"/>
+        <v>7341</v>
+      </c>
+      <c r="G21" s="50">
+        <v>5062</v>
+      </c>
+      <c r="H21" s="36"/>
       <c r="I21" s="12">
-        <v>7758</v>
-[...4 lines deleted...]
-      <c r="K21" s="32"/>
+        <v>7755</v>
+      </c>
+      <c r="J21" s="50">
+        <v>5114</v>
+      </c>
+      <c r="K21" s="36"/>
       <c r="L21" s="12">
-        <v>7946</v>
+        <v>7920</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A22" s="46" t="s">
+      <c r="A22" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="10">
         <v>4901</v>
       </c>
       <c r="D22" s="10">
         <v>7621</v>
       </c>
       <c r="E22" s="10">
-        <v>4841</v>
+        <v>4842</v>
       </c>
       <c r="F22" s="10">
-        <v>7457</v>
-[...4 lines deleted...]
-      <c r="H22" s="32"/>
+        <v>7458</v>
+      </c>
+      <c r="G22" s="48">
+        <v>4521</v>
+      </c>
+      <c r="H22" s="36"/>
       <c r="I22" s="10">
-        <v>6931</v>
-[...4 lines deleted...]
-      <c r="K22" s="32"/>
+        <v>6933</v>
+      </c>
+      <c r="J22" s="48">
+        <v>4484</v>
+      </c>
+      <c r="K22" s="36"/>
       <c r="L22" s="10">
-        <v>6885</v>
+        <v>6912</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A23" s="42" t="s">
+      <c r="A23" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="12">
-        <v>4643</v>
+        <v>4644</v>
       </c>
       <c r="D23" s="12">
-        <v>7136</v>
+        <v>7142</v>
       </c>
       <c r="E23" s="12">
         <v>4209</v>
       </c>
       <c r="F23" s="12">
-        <v>6519</v>
-[...4 lines deleted...]
-      <c r="H23" s="32"/>
+        <v>6520</v>
+      </c>
+      <c r="G23" s="50">
+        <v>4566</v>
+      </c>
+      <c r="H23" s="36"/>
       <c r="I23" s="12">
-        <v>6959</v>
-[...3 lines deleted...]
-      <c r="L23" s="11"/>
+        <v>6960</v>
+      </c>
+      <c r="J23" s="50">
+        <v>5068</v>
+      </c>
+      <c r="K23" s="36"/>
+      <c r="L23" s="12">
+        <v>7602</v>
+      </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A24" s="46" t="s">
+      <c r="A24" s="47" t="s">
         <v>65</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="10">
-        <v>4853</v>
+        <v>4855</v>
       </c>
       <c r="D24" s="10">
-        <v>7588</v>
+        <v>7590</v>
       </c>
       <c r="E24" s="10">
         <v>4953</v>
       </c>
       <c r="F24" s="10">
         <v>7692</v>
       </c>
-      <c r="G24" s="47">
-[...2 lines deleted...]
-      <c r="H24" s="32"/>
+      <c r="G24" s="48">
+        <v>5078</v>
+      </c>
+      <c r="H24" s="36"/>
       <c r="I24" s="10">
-        <v>7947</v>
-[...2 lines deleted...]
-      <c r="K24" s="32"/>
+        <v>7948</v>
+      </c>
+      <c r="J24" s="47"/>
+      <c r="K24" s="36"/>
       <c r="L24" s="9"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A25" s="42" t="s">
+      <c r="A25" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="12">
-        <v>5058</v>
+        <v>5057</v>
       </c>
       <c r="D25" s="12">
-        <v>7882</v>
+        <v>7881</v>
       </c>
       <c r="E25" s="12">
         <v>4820</v>
       </c>
       <c r="F25" s="12">
-        <v>7542</v>
-[...4 lines deleted...]
-      <c r="H25" s="32"/>
+        <v>7543</v>
+      </c>
+      <c r="G25" s="50">
+        <v>4465</v>
+      </c>
+      <c r="H25" s="36"/>
       <c r="I25" s="12">
-        <v>6796</v>
-[...2 lines deleted...]
-      <c r="K25" s="32"/>
+        <v>6794</v>
+      </c>
+      <c r="J25" s="49"/>
+      <c r="K25" s="36"/>
       <c r="L25" s="11"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A26" s="46" t="s">
+      <c r="A26" s="47" t="s">
         <v>67</v>
       </c>
-      <c r="B26" s="32"/>
+      <c r="B26" s="36"/>
       <c r="C26" s="10">
         <v>4049</v>
       </c>
       <c r="D26" s="10">
         <v>6392</v>
       </c>
       <c r="E26" s="10">
-        <v>3833</v>
+        <v>3834</v>
       </c>
       <c r="F26" s="10">
-        <v>5991</v>
-[...4 lines deleted...]
-      <c r="H26" s="32"/>
+        <v>5992</v>
+      </c>
+      <c r="G26" s="48">
+        <v>3973</v>
+      </c>
+      <c r="H26" s="36"/>
       <c r="I26" s="10">
-        <v>6170</v>
-[...2 lines deleted...]
-      <c r="K26" s="32"/>
+        <v>6167</v>
+      </c>
+      <c r="J26" s="47"/>
+      <c r="K26" s="36"/>
       <c r="L26" s="9"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A27" s="42" t="s">
+      <c r="A27" s="49" t="s">
         <v>68</v>
       </c>
-      <c r="B27" s="32"/>
+      <c r="B27" s="36"/>
       <c r="C27" s="12">
         <v>4541</v>
       </c>
       <c r="D27" s="12">
         <v>6993</v>
       </c>
       <c r="E27" s="12">
-        <v>4999</v>
+        <v>4997</v>
       </c>
       <c r="F27" s="12">
-        <v>7732</v>
-[...4 lines deleted...]
-      <c r="H27" s="32"/>
+        <v>7729</v>
+      </c>
+      <c r="G27" s="50">
+        <v>4742</v>
+      </c>
+      <c r="H27" s="36"/>
       <c r="I27" s="12">
-        <v>7256</v>
-[...2 lines deleted...]
-      <c r="K27" s="32"/>
+        <v>7251</v>
+      </c>
+      <c r="J27" s="49"/>
+      <c r="K27" s="36"/>
       <c r="L27" s="11"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A28" s="46" t="s">
+      <c r="A28" s="47" t="s">
         <v>69</v>
       </c>
-      <c r="B28" s="32"/>
+      <c r="B28" s="36"/>
       <c r="C28" s="10">
-        <v>4577</v>
+        <v>4575</v>
       </c>
       <c r="D28" s="10">
-        <v>6993</v>
+        <v>6989</v>
       </c>
       <c r="E28" s="10">
         <v>4858</v>
       </c>
       <c r="F28" s="10">
-        <v>7561</v>
-[...4 lines deleted...]
-      <c r="H28" s="32"/>
+        <v>7560</v>
+      </c>
+      <c r="G28" s="48">
+        <v>4559</v>
+      </c>
+      <c r="H28" s="36"/>
       <c r="I28" s="10">
-        <v>7118</v>
-[...2 lines deleted...]
-      <c r="K28" s="32"/>
+        <v>7112</v>
+      </c>
+      <c r="J28" s="47"/>
+      <c r="K28" s="36"/>
       <c r="L28" s="9"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A29" s="42" t="s">
+      <c r="A29" s="49" t="s">
         <v>70</v>
       </c>
-      <c r="B29" s="32"/>
+      <c r="B29" s="36"/>
       <c r="C29" s="12">
         <v>5264</v>
       </c>
       <c r="D29" s="12">
         <v>8135</v>
       </c>
       <c r="E29" s="12">
-        <v>4789</v>
+        <v>4790</v>
       </c>
       <c r="F29" s="12">
-        <v>7342</v>
-[...4 lines deleted...]
-      <c r="H29" s="32"/>
+        <v>7344</v>
+      </c>
+      <c r="G29" s="50">
+        <v>4832</v>
+      </c>
+      <c r="H29" s="36"/>
       <c r="I29" s="12">
-        <v>7409</v>
-[...2 lines deleted...]
-      <c r="K29" s="32"/>
+        <v>7403</v>
+      </c>
+      <c r="J29" s="49"/>
+      <c r="K29" s="36"/>
       <c r="L29" s="11"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A30" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="B30" s="32"/>
+      <c r="B30" s="36"/>
       <c r="C30" s="13">
-        <v>56213</v>
+        <v>56212</v>
       </c>
       <c r="D30" s="13">
-        <v>87302</v>
+        <v>87303</v>
       </c>
       <c r="E30" s="13">
         <v>55534</v>
       </c>
       <c r="F30" s="13">
-        <v>86103</v>
-[...4 lines deleted...]
-      <c r="H30" s="32"/>
+        <v>86102</v>
+      </c>
+      <c r="G30" s="51">
+        <v>55182</v>
+      </c>
+      <c r="H30" s="36"/>
       <c r="I30" s="13">
-        <v>85074</v>
-[...4 lines deleted...]
-      <c r="K30" s="32"/>
+        <v>85067</v>
+      </c>
+      <c r="J30" s="51">
+        <v>28676</v>
+      </c>
+      <c r="K30" s="36"/>
       <c r="L30" s="13">
-        <v>36474</v>
+        <v>44052</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="58">
-    <mergeCell ref="H2:J2"/>
-[...8 lines deleted...]
-    <mergeCell ref="A12:N13"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="G29:H29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="G17:H17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="J18:K18"/>
     <mergeCell ref="A14:N14"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="G16:I16"/>
     <mergeCell ref="J16:L16"/>
-    <mergeCell ref="A17:B17"/>
-[...40 lines deleted...]
-    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A12:N13"/>
+    <mergeCell ref="H2:J2"/>
+    <mergeCell ref="B3:O3"/>
+    <mergeCell ref="B5:O5"/>
+    <mergeCell ref="B6:O6"/>
+    <mergeCell ref="A7:N7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AE26"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="AG16" sqref="AG16"/>
+      <pane ySplit="6" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="25.81640625" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" customWidth="1"/>
     <col min="4" max="4" width="13.7265625" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" customWidth="1"/>
     <col min="6" max="6" width="8.81640625" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" customWidth="1"/>
     <col min="8" max="8" width="13.81640625" customWidth="1"/>
     <col min="9" max="9" width="8.26953125" customWidth="1"/>
     <col min="10" max="10" width="5.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.81640625" customWidth="1"/>
     <col min="12" max="12" width="13.7265625" customWidth="1"/>
     <col min="13" max="13" width="13.81640625" customWidth="1"/>
     <col min="14" max="14" width="13.7265625" customWidth="1"/>
-    <col min="15" max="15" width="11.81640625" customWidth="1"/>
+    <col min="15" max="15" width="11.7265625" customWidth="1"/>
     <col min="16" max="16" width="2.1796875" customWidth="1"/>
     <col min="17" max="17" width="1.7265625" customWidth="1"/>
     <col min="18" max="18" width="0.1796875" customWidth="1"/>
-    <col min="19" max="19" width="11.81640625" customWidth="1"/>
+    <col min="19" max="19" width="11.7265625" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" customWidth="1"/>
     <col min="21" max="21" width="13.7265625" customWidth="1"/>
     <col min="22" max="22" width="13.81640625" customWidth="1"/>
     <col min="23" max="23" width="13.7265625" customWidth="1"/>
     <col min="24" max="24" width="13.81640625" customWidth="1"/>
     <col min="25" max="25" width="13.7265625" customWidth="1"/>
     <col min="26" max="26" width="13.81640625" customWidth="1"/>
     <col min="27" max="27" width="13.7265625" customWidth="1"/>
     <col min="28" max="28" width="13.81640625" customWidth="1"/>
     <col min="29" max="29" width="13.7265625" customWidth="1"/>
     <col min="30" max="30" width="13.81640625" customWidth="1"/>
     <col min="31" max="31" width="13.7265625" customWidth="1"/>
     <col min="32" max="32" width="0" hidden="1" customWidth="1"/>
-    <col min="33" max="33" width="12.1796875" customWidth="1"/>
+    <col min="33" max="33" width="125.7265625" customWidth="1"/>
     <col min="34" max="34" width="0" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="30.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:31" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="G2" s="35"/>
-[...1 lines deleted...]
-      <c r="I2" s="35"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...14 lines deleted...]
-      <c r="R3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="32"/>
     </row>
     <row r="4" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:31" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...14 lines deleted...]
-      <c r="R5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
+      <c r="Q5" s="32"/>
+      <c r="R5" s="32"/>
     </row>
     <row r="6" spans="1:31" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...14 lines deleted...]
-      <c r="R6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="O6" s="32"/>
+      <c r="P6" s="32"/>
+      <c r="Q6" s="32"/>
+      <c r="R6" s="32"/>
     </row>
     <row r="7" spans="1:31" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="50" t="s">
+      <c r="A7" s="43" t="s">
         <v>55</v>
       </c>
-      <c r="B7" s="35"/>
-[...14 lines deleted...]
-      <c r="Q7" s="35"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
+      <c r="I7" s="32"/>
+      <c r="J7" s="32"/>
+      <c r="K7" s="32"/>
+      <c r="L7" s="32"/>
+      <c r="M7" s="32"/>
+      <c r="N7" s="32"/>
+      <c r="O7" s="32"/>
+      <c r="P7" s="32"/>
+      <c r="Q7" s="32"/>
     </row>
     <row r="8" spans="1:31" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="40" t="s">
+      <c r="A8" s="33" t="s">
         <v>72</v>
       </c>
-      <c r="B8" s="35"/>
-[...14 lines deleted...]
-      <c r="Q8" s="35"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="32"/>
+      <c r="J8" s="32"/>
+      <c r="K8" s="32"/>
+      <c r="L8" s="32"/>
+      <c r="M8" s="32"/>
+      <c r="N8" s="32"/>
+      <c r="O8" s="32"/>
+      <c r="P8" s="32"/>
+      <c r="Q8" s="32"/>
     </row>
     <row r="9" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="10" spans="1:31" ht="251.15" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="O10" s="35"/>
+    <row r="10" spans="1:31" ht="250.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="42"/>
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="32"/>
+      <c r="J10" s="32"/>
+      <c r="K10" s="32"/>
+      <c r="L10" s="32"/>
+      <c r="M10" s="32"/>
+      <c r="N10" s="32"/>
+      <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="44" t="s">
         <v>55</v>
       </c>
-      <c r="B11" s="32"/>
-      <c r="C11" s="49" t="s">
+      <c r="B11" s="36"/>
+      <c r="C11" s="45" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="32"/>
-      <c r="E11" s="49" t="s">
+      <c r="D11" s="36"/>
+      <c r="E11" s="45" t="s">
         <v>74</v>
       </c>
-      <c r="F11" s="31"/>
-[...1 lines deleted...]
-      <c r="H11" s="49" t="s">
+      <c r="F11" s="35"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="45" t="s">
         <v>75</v>
       </c>
-      <c r="I11" s="31"/>
-[...1 lines deleted...]
-      <c r="K11" s="49" t="s">
+      <c r="I11" s="35"/>
+      <c r="J11" s="36"/>
+      <c r="K11" s="45" t="s">
         <v>76</v>
       </c>
-      <c r="L11" s="32"/>
-      <c r="M11" s="49" t="s">
+      <c r="L11" s="36"/>
+      <c r="M11" s="45" t="s">
         <v>77</v>
       </c>
-      <c r="N11" s="32"/>
-      <c r="O11" s="49" t="s">
+      <c r="N11" s="36"/>
+      <c r="O11" s="45" t="s">
         <v>78</v>
       </c>
-      <c r="P11" s="31"/>
-[...3 lines deleted...]
-      <c r="T11" s="49" t="s">
+      <c r="P11" s="35"/>
+      <c r="Q11" s="35"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="36"/>
+      <c r="T11" s="45" t="s">
         <v>79</v>
       </c>
-      <c r="U11" s="32"/>
-      <c r="V11" s="49" t="s">
+      <c r="U11" s="36"/>
+      <c r="V11" s="45" t="s">
         <v>80</v>
       </c>
-      <c r="W11" s="32"/>
-      <c r="X11" s="49" t="s">
+      <c r="W11" s="36"/>
+      <c r="X11" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="Y11" s="32"/>
-      <c r="Z11" s="49" t="s">
+      <c r="Y11" s="36"/>
+      <c r="Z11" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="AA11" s="32"/>
-      <c r="AB11" s="49" t="s">
+      <c r="AA11" s="36"/>
+      <c r="AB11" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="AC11" s="32"/>
-      <c r="AD11" s="49" t="s">
+      <c r="AC11" s="36"/>
+      <c r="AD11" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="AE11" s="32"/>
+      <c r="AE11" s="36"/>
     </row>
     <row r="12" spans="1:31" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="32"/>
+      <c r="B12" s="36"/>
       <c r="C12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="F12" s="48" t="s">
+      <c r="F12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="G12" s="32"/>
+      <c r="G12" s="36"/>
       <c r="H12" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="I12" s="48" t="s">
+      <c r="I12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="J12" s="32"/>
+      <c r="J12" s="36"/>
       <c r="K12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="L12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="N12" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="O12" s="48" t="s">
+      <c r="O12" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="P12" s="32"/>
-      <c r="Q12" s="48" t="s">
+      <c r="P12" s="36"/>
+      <c r="Q12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="R12" s="31"/>
-      <c r="S12" s="32"/>
+      <c r="R12" s="35"/>
+      <c r="S12" s="36"/>
       <c r="T12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="U12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="V12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="X12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="Y12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="Z12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="AA12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="AB12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="AC12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="AD12" s="8" t="s">
         <v>38</v>
       </c>
       <c r="AE12" s="8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A13" s="46" t="s">
+      <c r="A13" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="B13" s="32"/>
+      <c r="B13" s="36"/>
       <c r="C13" s="10">
         <v>4277</v>
       </c>
       <c r="D13" s="10">
         <v>6558</v>
       </c>
       <c r="E13" s="10">
         <v>4157</v>
       </c>
-      <c r="F13" s="47">
+      <c r="F13" s="48">
         <v>6378</v>
       </c>
-      <c r="G13" s="32"/>
+      <c r="G13" s="36"/>
       <c r="H13" s="10">
         <v>5061</v>
       </c>
-      <c r="I13" s="47">
+      <c r="I13" s="48">
         <v>7713</v>
       </c>
-      <c r="J13" s="32"/>
+      <c r="J13" s="36"/>
       <c r="K13" s="10">
         <v>4525</v>
       </c>
       <c r="L13" s="10">
         <v>7055</v>
       </c>
       <c r="M13" s="10">
         <v>4925</v>
       </c>
       <c r="N13" s="10">
         <v>7663</v>
       </c>
-      <c r="O13" s="47">
+      <c r="O13" s="48">
         <v>5118</v>
       </c>
-      <c r="P13" s="32"/>
-      <c r="Q13" s="47">
+      <c r="P13" s="36"/>
+      <c r="Q13" s="48">
         <v>7920</v>
       </c>
-      <c r="R13" s="31"/>
-      <c r="S13" s="32"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="36"/>
       <c r="T13" s="10">
         <v>3918</v>
       </c>
       <c r="U13" s="10">
         <v>6155</v>
       </c>
       <c r="V13" s="10">
         <v>4907</v>
       </c>
       <c r="W13" s="10">
         <v>7603</v>
       </c>
       <c r="X13" s="10">
         <v>4104</v>
       </c>
       <c r="Y13" s="10">
         <v>6277</v>
       </c>
       <c r="Z13" s="10">
         <v>3954</v>
       </c>
       <c r="AA13" s="10">
-        <v>6082</v>
+        <v>6081</v>
       </c>
       <c r="AB13" s="10">
-        <v>4696</v>
+        <v>4699</v>
       </c>
       <c r="AC13" s="10">
-        <v>7273</v>
+        <v>7277</v>
       </c>
       <c r="AD13" s="10">
-        <v>4573</v>
+        <v>4571</v>
       </c>
       <c r="AE13" s="10">
-        <v>7020</v>
+        <v>7015</v>
       </c>
     </row>
     <row r="14" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="32"/>
+      <c r="B14" s="36"/>
       <c r="C14" s="12">
         <v>3286</v>
       </c>
       <c r="D14" s="12">
         <v>5084</v>
       </c>
       <c r="E14" s="12">
         <v>4009</v>
       </c>
-      <c r="F14" s="43">
+      <c r="F14" s="50">
         <v>6221</v>
       </c>
-      <c r="G14" s="32"/>
+      <c r="G14" s="36"/>
       <c r="H14" s="12">
         <v>4683</v>
       </c>
-      <c r="I14" s="43">
+      <c r="I14" s="50">
         <v>7207</v>
       </c>
-      <c r="J14" s="32"/>
+      <c r="J14" s="36"/>
       <c r="K14" s="12">
         <v>5217</v>
       </c>
       <c r="L14" s="12">
         <v>8124</v>
       </c>
       <c r="M14" s="12">
         <v>5371</v>
       </c>
       <c r="N14" s="12">
         <v>8394</v>
       </c>
-      <c r="O14" s="43">
+      <c r="O14" s="50">
         <v>5474</v>
       </c>
-      <c r="P14" s="32"/>
-      <c r="Q14" s="43">
+      <c r="P14" s="36"/>
+      <c r="Q14" s="50">
         <v>8627</v>
       </c>
-      <c r="R14" s="31"/>
-      <c r="S14" s="32"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="36"/>
       <c r="T14" s="12">
         <v>4770</v>
       </c>
       <c r="U14" s="12">
         <v>7529</v>
       </c>
       <c r="V14" s="12">
         <v>4832</v>
       </c>
       <c r="W14" s="12">
         <v>7517</v>
       </c>
       <c r="X14" s="12">
         <v>4736</v>
       </c>
       <c r="Y14" s="12">
         <v>7369</v>
       </c>
       <c r="Z14" s="12">
-        <v>4576</v>
+        <v>4575</v>
       </c>
       <c r="AA14" s="12">
-        <v>7140</v>
+        <v>7139</v>
       </c>
       <c r="AB14" s="12">
-        <v>4689</v>
+        <v>4691</v>
       </c>
       <c r="AC14" s="12">
-        <v>7285</v>
+        <v>7292</v>
       </c>
       <c r="AD14" s="12">
-        <v>4725</v>
+        <v>4717</v>
       </c>
       <c r="AE14" s="12">
-        <v>7328</v>
+        <v>7316</v>
       </c>
     </row>
     <row r="15" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A15" s="46" t="s">
+      <c r="A15" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="32"/>
+      <c r="B15" s="36"/>
       <c r="C15" s="10">
         <v>3805</v>
       </c>
       <c r="D15" s="10">
         <v>5976</v>
       </c>
       <c r="E15" s="10">
         <v>4832</v>
       </c>
-      <c r="F15" s="47">
+      <c r="F15" s="48">
         <v>7473</v>
       </c>
-      <c r="G15" s="32"/>
+      <c r="G15" s="36"/>
       <c r="H15" s="10">
         <v>5122</v>
       </c>
-      <c r="I15" s="47">
+      <c r="I15" s="48">
         <v>8006</v>
       </c>
-      <c r="J15" s="32"/>
+      <c r="J15" s="36"/>
       <c r="K15" s="10">
         <v>5521</v>
       </c>
       <c r="L15" s="10">
         <v>8567</v>
       </c>
       <c r="M15" s="10">
         <v>4878</v>
       </c>
       <c r="N15" s="10">
         <v>7643</v>
       </c>
-      <c r="O15" s="47">
+      <c r="O15" s="48">
         <v>5075</v>
       </c>
-      <c r="P15" s="32"/>
-      <c r="Q15" s="47">
+      <c r="P15" s="36"/>
+      <c r="Q15" s="48">
         <v>7908</v>
       </c>
-      <c r="R15" s="31"/>
-      <c r="S15" s="32"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="36"/>
       <c r="T15" s="10">
         <v>5318</v>
       </c>
       <c r="U15" s="10">
         <v>8299</v>
       </c>
       <c r="V15" s="10">
         <v>5412</v>
       </c>
       <c r="W15" s="10">
         <v>8340</v>
       </c>
       <c r="X15" s="10">
         <v>4739</v>
       </c>
       <c r="Y15" s="10">
         <v>7405</v>
       </c>
       <c r="Z15" s="10">
         <v>4961</v>
       </c>
       <c r="AA15" s="10">
         <v>7703</v>
       </c>
       <c r="AB15" s="10">
         <v>3994</v>
       </c>
       <c r="AC15" s="10">
-        <v>6172</v>
+        <v>6175</v>
       </c>
       <c r="AD15" s="10">
-        <v>4734</v>
+        <v>4722</v>
       </c>
       <c r="AE15" s="10">
-        <v>7295</v>
+        <v>7287</v>
       </c>
     </row>
     <row r="16" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="32"/>
+      <c r="B16" s="36"/>
       <c r="C16" s="12">
         <v>4219</v>
       </c>
       <c r="D16" s="12">
         <v>6650</v>
       </c>
       <c r="E16" s="12">
         <v>4960</v>
       </c>
-      <c r="F16" s="43">
+      <c r="F16" s="50">
         <v>7654</v>
       </c>
-      <c r="G16" s="32"/>
+      <c r="G16" s="36"/>
       <c r="H16" s="12">
         <v>5009</v>
       </c>
-      <c r="I16" s="43">
+      <c r="I16" s="50">
         <v>7752</v>
       </c>
-      <c r="J16" s="32"/>
+      <c r="J16" s="36"/>
       <c r="K16" s="12">
         <v>5246</v>
       </c>
       <c r="L16" s="12">
         <v>8156</v>
       </c>
       <c r="M16" s="12">
         <v>5275</v>
       </c>
       <c r="N16" s="12">
         <v>8399</v>
       </c>
-      <c r="O16" s="43">
+      <c r="O16" s="50">
         <v>6005</v>
       </c>
-      <c r="P16" s="32"/>
-      <c r="Q16" s="43">
+      <c r="P16" s="36"/>
+      <c r="Q16" s="50">
         <v>9386</v>
       </c>
-      <c r="R16" s="31"/>
-      <c r="S16" s="32"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="36"/>
       <c r="T16" s="12">
         <v>6243</v>
       </c>
       <c r="U16" s="12">
         <v>9680</v>
       </c>
       <c r="V16" s="12">
         <v>5168</v>
       </c>
       <c r="W16" s="12">
         <v>8084</v>
       </c>
       <c r="X16" s="12">
-        <v>4748</v>
+        <v>4747</v>
       </c>
       <c r="Y16" s="12">
-        <v>7511</v>
+        <v>7509</v>
       </c>
       <c r="Z16" s="12">
         <v>4741</v>
       </c>
       <c r="AA16" s="12">
-        <v>7342</v>
+        <v>7341</v>
       </c>
       <c r="AB16" s="12">
-        <v>5063</v>
+        <v>5062</v>
       </c>
       <c r="AC16" s="12">
-        <v>7758</v>
+        <v>7755</v>
       </c>
       <c r="AD16" s="12">
-        <v>5133</v>
+        <v>5114</v>
       </c>
       <c r="AE16" s="12">
-        <v>7946</v>
+        <v>7920</v>
       </c>
     </row>
     <row r="17" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A17" s="46" t="s">
+      <c r="A17" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="10">
         <v>3669</v>
       </c>
       <c r="D17" s="10">
         <v>5711</v>
       </c>
       <c r="E17" s="10">
         <v>4174</v>
       </c>
-      <c r="F17" s="47">
+      <c r="F17" s="48">
         <v>6386</v>
       </c>
-      <c r="G17" s="32"/>
+      <c r="G17" s="36"/>
       <c r="H17" s="10">
         <v>5050</v>
       </c>
-      <c r="I17" s="47">
+      <c r="I17" s="48">
         <v>7885</v>
       </c>
-      <c r="J17" s="32"/>
+      <c r="J17" s="36"/>
       <c r="K17" s="10">
         <v>5271</v>
       </c>
       <c r="L17" s="10">
         <v>8135</v>
       </c>
       <c r="M17" s="10">
         <v>5564</v>
       </c>
       <c r="N17" s="10">
         <v>8639</v>
       </c>
-      <c r="O17" s="47">
+      <c r="O17" s="48">
         <v>5231</v>
       </c>
-      <c r="P17" s="32"/>
-      <c r="Q17" s="47">
+      <c r="P17" s="36"/>
+      <c r="Q17" s="48">
         <v>8184</v>
       </c>
-      <c r="R17" s="31"/>
-      <c r="S17" s="32"/>
+      <c r="R17" s="35"/>
+      <c r="S17" s="36"/>
       <c r="T17" s="10">
         <v>5134</v>
       </c>
       <c r="U17" s="10">
         <v>7948</v>
       </c>
       <c r="V17" s="10">
         <v>4568</v>
       </c>
       <c r="W17" s="10">
         <v>7033</v>
       </c>
       <c r="X17" s="10">
         <v>4901</v>
       </c>
       <c r="Y17" s="10">
         <v>7621</v>
       </c>
       <c r="Z17" s="10">
-        <v>4841</v>
+        <v>4842</v>
       </c>
       <c r="AA17" s="10">
-        <v>7457</v>
+        <v>7458</v>
       </c>
       <c r="AB17" s="10">
-        <v>4523</v>
+        <v>4521</v>
       </c>
       <c r="AC17" s="10">
-        <v>6931</v>
+        <v>6933</v>
       </c>
       <c r="AD17" s="10">
-        <v>4502</v>
+        <v>4484</v>
       </c>
       <c r="AE17" s="10">
-        <v>6885</v>
+        <v>6912</v>
       </c>
     </row>
     <row r="18" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A18" s="42" t="s">
+      <c r="A18" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="12">
         <v>4056</v>
       </c>
       <c r="D18" s="12">
         <v>6345</v>
       </c>
       <c r="E18" s="12">
         <v>4318</v>
       </c>
-      <c r="F18" s="43">
+      <c r="F18" s="50">
         <v>6668</v>
       </c>
-      <c r="G18" s="32"/>
+      <c r="G18" s="36"/>
       <c r="H18" s="12">
         <v>5041</v>
       </c>
-      <c r="I18" s="43">
+      <c r="I18" s="50">
         <v>7771</v>
       </c>
-      <c r="J18" s="32"/>
+      <c r="J18" s="36"/>
       <c r="K18" s="12">
         <v>5015</v>
       </c>
       <c r="L18" s="12">
         <v>7912</v>
       </c>
       <c r="M18" s="12">
         <v>4860</v>
       </c>
       <c r="N18" s="12">
         <v>7620</v>
       </c>
-      <c r="O18" s="43">
+      <c r="O18" s="50">
         <v>5111</v>
       </c>
-      <c r="P18" s="32"/>
-      <c r="Q18" s="43">
+      <c r="P18" s="36"/>
+      <c r="Q18" s="50">
         <v>7939</v>
       </c>
-      <c r="R18" s="31"/>
-      <c r="S18" s="32"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="36"/>
       <c r="T18" s="12">
         <v>5669</v>
       </c>
       <c r="U18" s="12">
         <v>8820</v>
       </c>
       <c r="V18" s="12">
-        <v>4813</v>
+        <v>4812</v>
       </c>
       <c r="W18" s="12">
-        <v>7459</v>
+        <v>7458</v>
       </c>
       <c r="X18" s="12">
-        <v>4643</v>
+        <v>4644</v>
       </c>
       <c r="Y18" s="12">
-        <v>7136</v>
+        <v>7142</v>
       </c>
       <c r="Z18" s="12">
         <v>4209</v>
       </c>
       <c r="AA18" s="12">
-        <v>6519</v>
+        <v>6520</v>
       </c>
       <c r="AB18" s="12">
-        <v>4565</v>
+        <v>4566</v>
       </c>
       <c r="AC18" s="12">
-        <v>6959</v>
-[...2 lines deleted...]
-      <c r="AE18" s="11"/>
+        <v>6960</v>
+      </c>
+      <c r="AD18" s="12">
+        <v>5068</v>
+      </c>
+      <c r="AE18" s="12">
+        <v>7602</v>
+      </c>
     </row>
     <row r="19" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A19" s="46" t="s">
+      <c r="A19" s="47" t="s">
         <v>65</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="10">
         <v>4709</v>
       </c>
       <c r="D19" s="10">
         <v>7266</v>
       </c>
       <c r="E19" s="10">
         <v>4631</v>
       </c>
-      <c r="F19" s="47">
+      <c r="F19" s="48">
         <v>7112</v>
       </c>
-      <c r="G19" s="32"/>
+      <c r="G19" s="36"/>
       <c r="H19" s="10">
         <v>4860</v>
       </c>
-      <c r="I19" s="47">
+      <c r="I19" s="48">
         <v>7543</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="36"/>
       <c r="K19" s="10">
         <v>5414</v>
       </c>
       <c r="L19" s="10">
         <v>8455</v>
       </c>
       <c r="M19" s="10">
         <v>5619</v>
       </c>
       <c r="N19" s="10">
         <v>8718</v>
       </c>
-      <c r="O19" s="47">
+      <c r="O19" s="48">
         <v>5911</v>
       </c>
-      <c r="P19" s="32"/>
-      <c r="Q19" s="47">
+      <c r="P19" s="36"/>
+      <c r="Q19" s="48">
         <v>9180</v>
       </c>
-      <c r="R19" s="31"/>
-      <c r="S19" s="32"/>
+      <c r="R19" s="35"/>
+      <c r="S19" s="36"/>
       <c r="T19" s="10">
-        <v>5708</v>
+        <v>5707</v>
       </c>
       <c r="U19" s="10">
-        <v>8856</v>
+        <v>8855</v>
       </c>
       <c r="V19" s="10">
         <v>4753</v>
       </c>
       <c r="W19" s="10">
         <v>7573</v>
       </c>
       <c r="X19" s="10">
-        <v>4853</v>
+        <v>4855</v>
       </c>
       <c r="Y19" s="10">
-        <v>7588</v>
+        <v>7590</v>
       </c>
       <c r="Z19" s="10">
         <v>4953</v>
       </c>
       <c r="AA19" s="10">
         <v>7692</v>
       </c>
       <c r="AB19" s="10">
-        <v>5077</v>
+        <v>5078</v>
       </c>
       <c r="AC19" s="10">
-        <v>7947</v>
+        <v>7948</v>
       </c>
       <c r="AD19" s="9"/>
       <c r="AE19" s="9"/>
     </row>
     <row r="20" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A20" s="42" t="s">
+      <c r="A20" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="12">
         <v>4269</v>
       </c>
       <c r="D20" s="12">
         <v>6613</v>
       </c>
       <c r="E20" s="12">
         <v>4720</v>
       </c>
-      <c r="F20" s="43">
+      <c r="F20" s="50">
         <v>7305</v>
       </c>
-      <c r="G20" s="32"/>
+      <c r="G20" s="36"/>
       <c r="H20" s="12">
         <v>5128</v>
       </c>
-      <c r="I20" s="43">
+      <c r="I20" s="50">
         <v>7906</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="36"/>
       <c r="K20" s="12">
         <v>5374</v>
       </c>
       <c r="L20" s="12">
         <v>8370</v>
       </c>
       <c r="M20" s="12">
         <v>5653</v>
       </c>
       <c r="N20" s="12">
         <v>8855</v>
       </c>
-      <c r="O20" s="43">
+      <c r="O20" s="50">
         <v>5479</v>
       </c>
-      <c r="P20" s="32"/>
-      <c r="Q20" s="43">
+      <c r="P20" s="36"/>
+      <c r="Q20" s="50">
         <v>8490</v>
       </c>
-      <c r="R20" s="31"/>
-      <c r="S20" s="32"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="36"/>
       <c r="T20" s="12">
         <v>5498</v>
       </c>
       <c r="U20" s="12">
         <v>8388</v>
       </c>
       <c r="V20" s="12">
-        <v>5016</v>
+        <v>5015</v>
       </c>
       <c r="W20" s="12">
-        <v>7716</v>
+        <v>7715</v>
       </c>
       <c r="X20" s="12">
-        <v>5058</v>
+        <v>5057</v>
       </c>
       <c r="Y20" s="12">
-        <v>7882</v>
+        <v>7881</v>
       </c>
       <c r="Z20" s="12">
         <v>4820</v>
       </c>
       <c r="AA20" s="12">
-        <v>7542</v>
+        <v>7543</v>
       </c>
       <c r="AB20" s="12">
-        <v>4468</v>
+        <v>4465</v>
       </c>
       <c r="AC20" s="12">
-        <v>6796</v>
+        <v>6794</v>
       </c>
       <c r="AD20" s="11"/>
       <c r="AE20" s="11"/>
     </row>
     <row r="21" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A21" s="46" t="s">
+      <c r="A21" s="47" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="10">
         <v>3884</v>
       </c>
       <c r="D21" s="10">
         <v>6054</v>
       </c>
       <c r="E21" s="10">
         <v>4309</v>
       </c>
-      <c r="F21" s="47">
+      <c r="F21" s="48">
         <v>6752</v>
       </c>
-      <c r="G21" s="32"/>
+      <c r="G21" s="36"/>
       <c r="H21" s="10">
         <v>4235</v>
       </c>
-      <c r="I21" s="47">
+      <c r="I21" s="48">
         <v>6613</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="36"/>
       <c r="K21" s="10">
         <v>4099</v>
       </c>
       <c r="L21" s="10">
         <v>6369</v>
       </c>
       <c r="M21" s="10">
         <v>4352</v>
       </c>
       <c r="N21" s="10">
         <v>6862</v>
       </c>
-      <c r="O21" s="47">
+      <c r="O21" s="48">
         <v>4525</v>
       </c>
-      <c r="P21" s="32"/>
-      <c r="Q21" s="47">
+      <c r="P21" s="36"/>
+      <c r="Q21" s="48">
         <v>7045</v>
       </c>
-      <c r="R21" s="31"/>
-      <c r="S21" s="32"/>
+      <c r="R21" s="35"/>
+      <c r="S21" s="36"/>
       <c r="T21" s="10">
         <v>4804</v>
       </c>
       <c r="U21" s="10">
         <v>7421</v>
       </c>
       <c r="V21" s="10">
-        <v>4255</v>
+        <v>4254</v>
       </c>
       <c r="W21" s="10">
-        <v>6671</v>
+        <v>6667</v>
       </c>
       <c r="X21" s="10">
         <v>4049</v>
       </c>
       <c r="Y21" s="10">
         <v>6392</v>
       </c>
       <c r="Z21" s="10">
-        <v>3833</v>
+        <v>3834</v>
       </c>
       <c r="AA21" s="10">
-        <v>5991</v>
+        <v>5992</v>
       </c>
       <c r="AB21" s="10">
-        <v>3974</v>
+        <v>3973</v>
       </c>
       <c r="AC21" s="10">
-        <v>6170</v>
+        <v>6167</v>
       </c>
       <c r="AD21" s="9"/>
       <c r="AE21" s="9"/>
     </row>
     <row r="22" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A22" s="42" t="s">
+      <c r="A22" s="49" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="12">
         <v>3930</v>
       </c>
       <c r="D22" s="12">
         <v>5998</v>
       </c>
       <c r="E22" s="12">
         <v>4268</v>
       </c>
-      <c r="F22" s="43">
+      <c r="F22" s="50">
         <v>6611</v>
       </c>
-      <c r="G22" s="32"/>
+      <c r="G22" s="36"/>
       <c r="H22" s="12">
         <v>4707</v>
       </c>
-      <c r="I22" s="43">
+      <c r="I22" s="50">
         <v>7249</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="36"/>
       <c r="K22" s="12">
         <v>5102</v>
       </c>
       <c r="L22" s="12">
         <v>7800</v>
       </c>
       <c r="M22" s="12">
         <v>5010</v>
       </c>
       <c r="N22" s="12">
         <v>7706</v>
       </c>
-      <c r="O22" s="43">
+      <c r="O22" s="50">
         <v>5539</v>
       </c>
-      <c r="P22" s="32"/>
-      <c r="Q22" s="43">
+      <c r="P22" s="36"/>
+      <c r="Q22" s="50">
         <v>8509</v>
       </c>
-      <c r="R22" s="31"/>
-      <c r="S22" s="32"/>
+      <c r="R22" s="35"/>
+      <c r="S22" s="36"/>
       <c r="T22" s="12">
         <v>4686</v>
       </c>
       <c r="U22" s="12">
         <v>7206</v>
       </c>
       <c r="V22" s="12">
-        <v>4507</v>
+        <v>4506</v>
       </c>
       <c r="W22" s="12">
-        <v>7021</v>
+        <v>7020</v>
       </c>
       <c r="X22" s="12">
         <v>4541</v>
       </c>
       <c r="Y22" s="12">
         <v>6993</v>
       </c>
       <c r="Z22" s="12">
-        <v>4999</v>
+        <v>4997</v>
       </c>
       <c r="AA22" s="12">
-        <v>7732</v>
+        <v>7729</v>
       </c>
       <c r="AB22" s="12">
-        <v>4745</v>
+        <v>4742</v>
       </c>
       <c r="AC22" s="12">
-        <v>7256</v>
+        <v>7251</v>
       </c>
       <c r="AD22" s="11"/>
       <c r="AE22" s="11"/>
     </row>
     <row r="23" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A23" s="46" t="s">
+      <c r="A23" s="47" t="s">
         <v>69</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="10">
         <v>4213</v>
       </c>
       <c r="D23" s="10">
         <v>6591</v>
       </c>
       <c r="E23" s="10">
         <v>4890</v>
       </c>
-      <c r="F23" s="47">
+      <c r="F23" s="48">
         <v>7555</v>
       </c>
-      <c r="G23" s="32"/>
+      <c r="G23" s="36"/>
       <c r="H23" s="10">
         <v>4838</v>
       </c>
-      <c r="I23" s="47">
+      <c r="I23" s="48">
         <v>7493</v>
       </c>
-      <c r="J23" s="32"/>
+      <c r="J23" s="36"/>
       <c r="K23" s="10">
         <v>4671</v>
       </c>
       <c r="L23" s="10">
         <v>7319</v>
       </c>
       <c r="M23" s="10">
         <v>5050</v>
       </c>
       <c r="N23" s="10">
         <v>7859</v>
       </c>
-      <c r="O23" s="47">
+      <c r="O23" s="48">
         <v>5207</v>
       </c>
-      <c r="P23" s="32"/>
-      <c r="Q23" s="47">
+      <c r="P23" s="36"/>
+      <c r="Q23" s="48">
         <v>8134</v>
       </c>
-      <c r="R23" s="31"/>
-      <c r="S23" s="32"/>
+      <c r="R23" s="35"/>
+      <c r="S23" s="36"/>
       <c r="T23" s="10">
         <v>5082</v>
       </c>
       <c r="U23" s="10">
         <v>7810</v>
       </c>
       <c r="V23" s="10">
         <v>4657</v>
       </c>
       <c r="W23" s="10">
         <v>7237</v>
       </c>
       <c r="X23" s="10">
-        <v>4577</v>
+        <v>4575</v>
       </c>
       <c r="Y23" s="10">
-        <v>6993</v>
+        <v>6989</v>
       </c>
       <c r="Z23" s="10">
         <v>4858</v>
       </c>
       <c r="AA23" s="10">
-        <v>7561</v>
+        <v>7560</v>
       </c>
       <c r="AB23" s="10">
-        <v>4561</v>
+        <v>4559</v>
       </c>
       <c r="AC23" s="10">
-        <v>7118</v>
+        <v>7112</v>
       </c>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
     </row>
     <row r="24" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A24" s="42" t="s">
+      <c r="A24" s="49" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="12">
         <v>4576</v>
       </c>
       <c r="D24" s="12">
         <v>7150</v>
       </c>
       <c r="E24" s="12">
         <v>4952</v>
       </c>
-      <c r="F24" s="43">
+      <c r="F24" s="50">
         <v>7584</v>
       </c>
-      <c r="G24" s="32"/>
+      <c r="G24" s="36"/>
       <c r="H24" s="12">
         <v>5526</v>
       </c>
-      <c r="I24" s="43">
+      <c r="I24" s="50">
         <v>8533</v>
       </c>
-      <c r="J24" s="32"/>
+      <c r="J24" s="36"/>
       <c r="K24" s="12">
         <v>5200</v>
       </c>
       <c r="L24" s="12">
         <v>8241</v>
       </c>
       <c r="M24" s="12">
         <v>5650</v>
       </c>
       <c r="N24" s="12">
         <v>8767</v>
       </c>
-      <c r="O24" s="43">
-[...7 lines deleted...]
-      <c r="S24" s="32"/>
+      <c r="O24" s="50">
+        <v>4798</v>
+      </c>
+      <c r="P24" s="36"/>
+      <c r="Q24" s="50">
+        <v>7441</v>
+      </c>
+      <c r="R24" s="35"/>
+      <c r="S24" s="36"/>
       <c r="T24" s="12">
         <v>6152</v>
       </c>
       <c r="U24" s="12">
         <v>9602</v>
       </c>
       <c r="V24" s="12">
-        <v>5305</v>
+        <v>5304</v>
       </c>
       <c r="W24" s="12">
-        <v>8288</v>
+        <v>8287</v>
       </c>
       <c r="X24" s="12">
         <v>5264</v>
       </c>
       <c r="Y24" s="12">
         <v>8135</v>
       </c>
       <c r="Z24" s="12">
-        <v>4789</v>
+        <v>4790</v>
       </c>
       <c r="AA24" s="12">
-        <v>7342</v>
+        <v>7344</v>
       </c>
       <c r="AB24" s="12">
-        <v>4831</v>
+        <v>4832</v>
       </c>
       <c r="AC24" s="12">
-        <v>7409</v>
+        <v>7403</v>
       </c>
       <c r="AD24" s="11"/>
       <c r="AE24" s="11"/>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="13">
         <v>48893</v>
       </c>
       <c r="D25" s="13">
         <v>75996</v>
       </c>
       <c r="E25" s="13">
         <v>54220</v>
       </c>
-      <c r="F25" s="45">
+      <c r="F25" s="51">
         <v>83699</v>
       </c>
-      <c r="G25" s="32"/>
+      <c r="G25" s="36"/>
       <c r="H25" s="13">
         <v>59260</v>
       </c>
-      <c r="I25" s="45">
+      <c r="I25" s="51">
         <v>91671</v>
       </c>
-      <c r="J25" s="32"/>
+      <c r="J25" s="36"/>
       <c r="K25" s="13">
         <v>60655</v>
       </c>
       <c r="L25" s="13">
         <v>94503</v>
       </c>
       <c r="M25" s="13">
         <v>62207</v>
       </c>
       <c r="N25" s="13">
         <v>97125</v>
       </c>
-      <c r="O25" s="45">
-[...7 lines deleted...]
-      <c r="S25" s="32"/>
+      <c r="O25" s="51">
+        <v>63473</v>
+      </c>
+      <c r="P25" s="36"/>
+      <c r="Q25" s="51">
+        <v>98763</v>
+      </c>
+      <c r="R25" s="35"/>
+      <c r="S25" s="36"/>
       <c r="T25" s="13">
-        <v>62982</v>
+        <v>62981</v>
       </c>
       <c r="U25" s="13">
-        <v>97714</v>
+        <v>97713</v>
       </c>
       <c r="V25" s="13">
-        <v>58193</v>
+        <v>58188</v>
       </c>
       <c r="W25" s="13">
-        <v>90542</v>
+        <v>90534</v>
       </c>
       <c r="X25" s="13">
-        <v>56213</v>
+        <v>56212</v>
       </c>
       <c r="Y25" s="13">
-        <v>87302</v>
+        <v>87303</v>
       </c>
       <c r="Z25" s="13">
         <v>55534</v>
       </c>
       <c r="AA25" s="13">
-        <v>86103</v>
+        <v>86102</v>
       </c>
       <c r="AB25" s="13">
-        <v>55186</v>
+        <v>55182</v>
       </c>
       <c r="AC25" s="13">
-        <v>85074</v>
+        <v>85067</v>
       </c>
       <c r="AD25" s="13">
-        <v>23667</v>
+        <v>28676</v>
       </c>
       <c r="AE25" s="13">
-        <v>36474</v>
+        <v>44052</v>
       </c>
     </row>
     <row r="26" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="90">
-    <mergeCell ref="G2:I2"/>
-[...12 lines deleted...]
-    <mergeCell ref="O11:S11"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:S25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="O24:P24"/>
+    <mergeCell ref="Q24:S24"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="Q23:S23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="O21:P21"/>
+    <mergeCell ref="Q21:S21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="I20:J20"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="Q20:S20"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="Q19:S19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="Q18:S18"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="O17:P17"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="Q16:S16"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="O13:P13"/>
+    <mergeCell ref="Q13:S13"/>
     <mergeCell ref="AD11:AE11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="I12:J12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="Q12:S12"/>
     <mergeCell ref="T11:U11"/>
     <mergeCell ref="V11:W11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="Z11:AA11"/>
     <mergeCell ref="AB11:AC11"/>
-    <mergeCell ref="A13:B13"/>
-[...63 lines deleted...]
-    <mergeCell ref="Q25:S25"/>
+    <mergeCell ref="A8:Q8"/>
+    <mergeCell ref="A10:O10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="M11:N11"/>
+    <mergeCell ref="O11:S11"/>
+    <mergeCell ref="G2:I2"/>
+    <mergeCell ref="B3:R3"/>
+    <mergeCell ref="B5:R5"/>
+    <mergeCell ref="B6:R6"/>
+    <mergeCell ref="A7:Q7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:BA28"/>
+  <dimension ref="A1:AZ30"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="AR1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="BA21" sqref="BA20:BA21"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="AX29" sqref="AX29:AZ30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="30.81640625" customWidth="1"/>
     <col min="3" max="3" width="17.81640625" customWidth="1"/>
     <col min="4" max="4" width="16.26953125" customWidth="1"/>
     <col min="5" max="5" width="11.1796875" customWidth="1"/>
     <col min="6" max="6" width="2.26953125" customWidth="1"/>
     <col min="7" max="7" width="17.81640625" customWidth="1"/>
     <col min="8" max="8" width="6.7265625" customWidth="1"/>
     <col min="9" max="9" width="9.453125" customWidth="1"/>
     <col min="10" max="10" width="13.26953125" customWidth="1"/>
     <col min="11" max="11" width="17.81640625" customWidth="1"/>
     <col min="12" max="12" width="16.26953125" customWidth="1"/>
     <col min="13" max="13" width="13.26953125" customWidth="1"/>
     <col min="14" max="14" width="1.7265625" customWidth="1"/>
     <col min="15" max="15" width="3.7265625" customWidth="1"/>
     <col min="16" max="16" width="0.1796875" customWidth="1"/>
     <col min="17" max="17" width="12.26953125" customWidth="1"/>
     <col min="18" max="18" width="16.26953125" customWidth="1"/>
     <col min="19" max="19" width="13.26953125" customWidth="1"/>
     <col min="20" max="20" width="17.81640625" customWidth="1"/>
     <col min="21" max="21" width="16.26953125" customWidth="1"/>
@@ -7531,346 +7536,346 @@
     <col min="25" max="25" width="13.26953125" customWidth="1"/>
     <col min="26" max="26" width="13.453125" customWidth="1"/>
     <col min="27" max="27" width="13.54296875" customWidth="1"/>
     <col min="28" max="28" width="13.453125" customWidth="1"/>
     <col min="29" max="29" width="17.81640625" customWidth="1"/>
     <col min="30" max="30" width="16.26953125" customWidth="1"/>
     <col min="31" max="31" width="13.26953125" customWidth="1"/>
     <col min="32" max="32" width="13.54296875" customWidth="1"/>
     <col min="33" max="34" width="13.453125" customWidth="1"/>
     <col min="35" max="35" width="17.81640625" customWidth="1"/>
     <col min="36" max="36" width="16.26953125" customWidth="1"/>
     <col min="37" max="37" width="13.26953125" customWidth="1"/>
     <col min="38" max="39" width="13.453125" customWidth="1"/>
     <col min="40" max="40" width="13.54296875" customWidth="1"/>
     <col min="41" max="41" width="17.81640625" customWidth="1"/>
     <col min="42" max="42" width="16.26953125" customWidth="1"/>
     <col min="43" max="43" width="13.26953125" customWidth="1"/>
     <col min="44" max="44" width="13.453125" customWidth="1"/>
     <col min="45" max="45" width="13.54296875" customWidth="1"/>
     <col min="46" max="46" width="13.453125" customWidth="1"/>
     <col min="47" max="47" width="17.81640625" customWidth="1"/>
     <col min="48" max="48" width="16.26953125" customWidth="1"/>
     <col min="49" max="49" width="13.26953125" customWidth="1"/>
     <col min="50" max="50" width="13.54296875" customWidth="1"/>
     <col min="51" max="52" width="13.453125" customWidth="1"/>
-    <col min="53" max="53" width="18.1796875" customWidth="1"/>
-    <col min="54" max="54" width="30.54296875" customWidth="1"/>
+    <col min="53" max="53" width="60.26953125" customWidth="1"/>
+    <col min="54" max="54" width="30.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:52" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="F2" s="35"/>
-[...1 lines deleted...]
-      <c r="H2" s="35"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
     </row>
     <row r="3" spans="1:52" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...12 lines deleted...]
-      <c r="P3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
     </row>
     <row r="4" spans="1:52" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:52" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...12 lines deleted...]
-      <c r="P5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
     </row>
     <row r="6" spans="1:52" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...12 lines deleted...]
-      <c r="P6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="O6" s="32"/>
+      <c r="P6" s="32"/>
     </row>
     <row r="7" spans="1:52" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="50" t="s">
+      <c r="A7" s="43" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="35"/>
-[...12 lines deleted...]
-      <c r="O7" s="35"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
+      <c r="I7" s="32"/>
+      <c r="J7" s="32"/>
+      <c r="K7" s="32"/>
+      <c r="L7" s="32"/>
+      <c r="M7" s="32"/>
+      <c r="N7" s="32"/>
+      <c r="O7" s="32"/>
     </row>
     <row r="8" spans="1:52" ht="31.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="40" t="s">
+      <c r="A8" s="33" t="s">
         <v>81</v>
       </c>
-      <c r="B8" s="35"/>
-[...12 lines deleted...]
-      <c r="O8" s="35"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="32"/>
+      <c r="J8" s="32"/>
+      <c r="K8" s="32"/>
+      <c r="L8" s="32"/>
+      <c r="M8" s="32"/>
+      <c r="N8" s="32"/>
+      <c r="O8" s="32"/>
     </row>
     <row r="9" spans="1:52" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="40" t="s">
+      <c r="A9" s="33" t="s">
         <v>82</v>
       </c>
-      <c r="B9" s="35"/>
-[...12 lines deleted...]
-      <c r="O9" s="35"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32"/>
+      <c r="I9" s="32"/>
+      <c r="J9" s="32"/>
+      <c r="K9" s="32"/>
+      <c r="L9" s="32"/>
+      <c r="M9" s="32"/>
+      <c r="N9" s="32"/>
+      <c r="O9" s="32"/>
     </row>
     <row r="10" spans="1:52" ht="34.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="40" t="s">
+      <c r="A10" s="33" t="s">
         <v>83</v>
       </c>
-      <c r="B10" s="35"/>
-[...12 lines deleted...]
-      <c r="O10" s="35"/>
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="32"/>
+      <c r="J10" s="32"/>
+      <c r="K10" s="32"/>
+      <c r="L10" s="32"/>
+      <c r="M10" s="32"/>
+      <c r="N10" s="32"/>
+      <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:52" ht="28.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="40" t="s">
+      <c r="A11" s="33" t="s">
         <v>84</v>
       </c>
-      <c r="B11" s="35"/>
-[...12 lines deleted...]
-      <c r="O11" s="35"/>
+      <c r="B11" s="32"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+      <c r="I11" s="32"/>
+      <c r="J11" s="32"/>
+      <c r="K11" s="32"/>
+      <c r="L11" s="32"/>
+      <c r="M11" s="32"/>
+      <c r="N11" s="32"/>
+      <c r="O11" s="32"/>
     </row>
     <row r="12" spans="1:52" ht="184.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="34"/>
-[...12 lines deleted...]
-      <c r="N12" s="35"/>
+      <c r="A12" s="42"/>
+      <c r="B12" s="32"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="32"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="32"/>
+      <c r="J12" s="32"/>
+      <c r="K12" s="32"/>
+      <c r="L12" s="32"/>
+      <c r="M12" s="32"/>
+      <c r="N12" s="32"/>
     </row>
     <row r="13" spans="1:52" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="14" spans="1:52" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="44" t="s">
         <v>24</v>
       </c>
-      <c r="B14" s="32"/>
-      <c r="C14" s="49" t="s">
+      <c r="B14" s="36"/>
+      <c r="C14" s="45" t="s">
         <v>75</v>
       </c>
-      <c r="D14" s="31"/>
-[...2 lines deleted...]
-      <c r="G14" s="49" t="s">
+      <c r="D14" s="35"/>
+      <c r="E14" s="35"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="45" t="s">
         <v>76</v>
       </c>
-      <c r="H14" s="31"/>
-[...2 lines deleted...]
-      <c r="K14" s="49" t="s">
+      <c r="H14" s="35"/>
+      <c r="I14" s="35"/>
+      <c r="J14" s="36"/>
+      <c r="K14" s="45" t="s">
         <v>77</v>
       </c>
-      <c r="L14" s="31"/>
-[...1 lines deleted...]
-      <c r="N14" s="49" t="s">
+      <c r="L14" s="35"/>
+      <c r="M14" s="36"/>
+      <c r="N14" s="45" t="s">
         <v>78</v>
       </c>
-      <c r="O14" s="31"/>
-[...4 lines deleted...]
-      <c r="T14" s="49" t="s">
+      <c r="O14" s="35"/>
+      <c r="P14" s="35"/>
+      <c r="Q14" s="35"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="36"/>
+      <c r="T14" s="45" t="s">
         <v>79</v>
       </c>
-      <c r="U14" s="31"/>
-[...1 lines deleted...]
-      <c r="W14" s="49" t="s">
+      <c r="U14" s="35"/>
+      <c r="V14" s="36"/>
+      <c r="W14" s="45" t="s">
         <v>80</v>
       </c>
-      <c r="X14" s="31"/>
-[...4 lines deleted...]
-      <c r="AC14" s="49" t="s">
+      <c r="X14" s="35"/>
+      <c r="Y14" s="35"/>
+      <c r="Z14" s="35"/>
+      <c r="AA14" s="35"/>
+      <c r="AB14" s="36"/>
+      <c r="AC14" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="AD14" s="31"/>
-[...4 lines deleted...]
-      <c r="AI14" s="49" t="s">
+      <c r="AD14" s="35"/>
+      <c r="AE14" s="35"/>
+      <c r="AF14" s="35"/>
+      <c r="AG14" s="35"/>
+      <c r="AH14" s="36"/>
+      <c r="AI14" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="AJ14" s="31"/>
-[...4 lines deleted...]
-      <c r="AO14" s="49" t="s">
+      <c r="AJ14" s="35"/>
+      <c r="AK14" s="35"/>
+      <c r="AL14" s="35"/>
+      <c r="AM14" s="35"/>
+      <c r="AN14" s="36"/>
+      <c r="AO14" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="AP14" s="31"/>
-[...4 lines deleted...]
-      <c r="AU14" s="49" t="s">
+      <c r="AP14" s="35"/>
+      <c r="AQ14" s="35"/>
+      <c r="AR14" s="35"/>
+      <c r="AS14" s="35"/>
+      <c r="AT14" s="36"/>
+      <c r="AU14" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="AV14" s="31"/>
-[...3 lines deleted...]
-      <c r="AZ14" s="32"/>
+      <c r="AV14" s="35"/>
+      <c r="AW14" s="35"/>
+      <c r="AX14" s="35"/>
+      <c r="AY14" s="35"/>
+      <c r="AZ14" s="36"/>
     </row>
     <row r="15" spans="1:52" ht="39" x14ac:dyDescent="0.35">
       <c r="A15" s="44" t="s">
         <v>59</v>
       </c>
-      <c r="B15" s="32"/>
+      <c r="B15" s="36"/>
       <c r="C15" s="8" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="E15" s="48" t="s">
+      <c r="E15" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F15" s="32"/>
+      <c r="F15" s="36"/>
       <c r="G15" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="H15" s="48" t="s">
+      <c r="H15" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="I15" s="32"/>
+      <c r="I15" s="36"/>
       <c r="J15" s="8" t="s">
         <v>85</v>
       </c>
       <c r="K15" s="8" t="s">
         <v>55</v>
       </c>
       <c r="L15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="N15" s="48" t="s">
+      <c r="N15" s="46" t="s">
         <v>55</v>
       </c>
-      <c r="O15" s="31"/>
-[...1 lines deleted...]
-      <c r="Q15" s="32"/>
+      <c r="O15" s="35"/>
+      <c r="P15" s="35"/>
+      <c r="Q15" s="36"/>
       <c r="R15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="S15" s="8" t="s">
         <v>85</v>
       </c>
       <c r="T15" s="8" t="s">
         <v>55</v>
       </c>
       <c r="U15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="V15" s="8" t="s">
         <v>85</v>
       </c>
       <c r="W15" s="8" t="s">
         <v>55</v>
       </c>
       <c r="X15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="Y15" s="8" t="s">
         <v>85</v>
       </c>
       <c r="Z15" s="8" t="s">
@@ -7934,89 +7939,89 @@
         <v>86</v>
       </c>
       <c r="AT15" s="8" t="s">
         <v>87</v>
       </c>
       <c r="AU15" s="8" t="s">
         <v>55</v>
       </c>
       <c r="AV15" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AW15" s="8" t="s">
         <v>85</v>
       </c>
       <c r="AX15" s="8" t="s">
         <v>31</v>
       </c>
       <c r="AY15" s="8" t="s">
         <v>86</v>
       </c>
       <c r="AZ15" s="8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:52" x14ac:dyDescent="0.35">
-      <c r="A16" s="46" t="s">
+      <c r="A16" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="B16" s="32"/>
+      <c r="B16" s="36"/>
       <c r="C16" s="14">
         <v>22658</v>
       </c>
       <c r="D16" s="14">
         <v>12072</v>
       </c>
-      <c r="E16" s="51">
+      <c r="E16" s="52">
         <v>10586</v>
       </c>
-      <c r="F16" s="32"/>
+      <c r="F16" s="36"/>
       <c r="G16" s="14">
         <v>24139</v>
       </c>
-      <c r="H16" s="51">
+      <c r="H16" s="52">
         <v>13209</v>
       </c>
-      <c r="I16" s="32"/>
+      <c r="I16" s="36"/>
       <c r="J16" s="14">
         <v>10930</v>
       </c>
       <c r="K16" s="14">
         <v>26802</v>
       </c>
       <c r="L16" s="14">
         <v>15292</v>
       </c>
       <c r="M16" s="14">
         <v>11510</v>
       </c>
-      <c r="N16" s="51">
+      <c r="N16" s="52">
         <v>29891</v>
       </c>
-      <c r="O16" s="31"/>
-[...1 lines deleted...]
-      <c r="Q16" s="32"/>
+      <c r="O16" s="35"/>
+      <c r="P16" s="35"/>
+      <c r="Q16" s="36"/>
       <c r="R16" s="14">
         <v>18435</v>
       </c>
       <c r="S16" s="14">
         <v>11456</v>
       </c>
       <c r="T16" s="14">
         <v>30101</v>
       </c>
       <c r="U16" s="14">
         <v>18103</v>
       </c>
       <c r="V16" s="14">
         <v>11998</v>
       </c>
       <c r="W16" s="14">
         <v>37611</v>
       </c>
       <c r="X16" s="14">
         <v>23660</v>
       </c>
       <c r="Y16" s="14">
         <v>13951</v>
       </c>
       <c r="Z16" s="15"/>
@@ -8073,90 +8078,90 @@
       <c r="AS16" s="14">
         <v>28140</v>
       </c>
       <c r="AT16" s="14">
         <v>20827</v>
       </c>
       <c r="AU16" s="14">
         <v>27229</v>
       </c>
       <c r="AV16" s="14">
         <v>16213</v>
       </c>
       <c r="AW16" s="14">
         <v>11016</v>
       </c>
       <c r="AX16" s="14">
         <v>43852</v>
       </c>
       <c r="AY16" s="14">
         <v>24647</v>
       </c>
       <c r="AZ16" s="14">
         <v>19205</v>
       </c>
     </row>
-    <row r="17" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A17" s="42" t="s">
+    <row r="17" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A17" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="16">
         <v>22552</v>
       </c>
       <c r="D17" s="16">
         <v>12010</v>
       </c>
-      <c r="E17" s="52">
+      <c r="E17" s="53">
         <v>10542</v>
       </c>
-      <c r="F17" s="32"/>
+      <c r="F17" s="36"/>
       <c r="G17" s="16">
         <v>24178</v>
       </c>
-      <c r="H17" s="52">
+      <c r="H17" s="53">
         <v>13348</v>
       </c>
-      <c r="I17" s="32"/>
+      <c r="I17" s="36"/>
       <c r="J17" s="16">
         <v>10830</v>
       </c>
       <c r="K17" s="16">
         <v>26786</v>
       </c>
       <c r="L17" s="16">
         <v>15293</v>
       </c>
       <c r="M17" s="16">
         <v>11493</v>
       </c>
-      <c r="N17" s="52">
+      <c r="N17" s="53">
         <v>30031</v>
       </c>
-      <c r="O17" s="31"/>
-[...1 lines deleted...]
-      <c r="Q17" s="32"/>
+      <c r="O17" s="35"/>
+      <c r="P17" s="35"/>
+      <c r="Q17" s="36"/>
       <c r="R17" s="16">
         <v>18410</v>
       </c>
       <c r="S17" s="16">
         <v>11621</v>
       </c>
       <c r="T17" s="16">
         <v>31401</v>
       </c>
       <c r="U17" s="16">
         <v>18960</v>
       </c>
       <c r="V17" s="16">
         <v>12441</v>
       </c>
       <c r="W17" s="16">
         <v>36650</v>
       </c>
       <c r="X17" s="16">
         <v>23115</v>
       </c>
       <c r="Y17" s="16">
         <v>13535</v>
       </c>
       <c r="Z17" s="17"/>
@@ -8213,90 +8218,90 @@
       <c r="AS17" s="16">
         <v>27873</v>
       </c>
       <c r="AT17" s="16">
         <v>20655</v>
       </c>
       <c r="AU17" s="16">
         <v>27334</v>
       </c>
       <c r="AV17" s="16">
         <v>16262</v>
       </c>
       <c r="AW17" s="16">
         <v>11072</v>
       </c>
       <c r="AX17" s="16">
         <v>43906</v>
       </c>
       <c r="AY17" s="16">
         <v>24617</v>
       </c>
       <c r="AZ17" s="16">
         <v>19289</v>
       </c>
     </row>
-    <row r="18" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A18" s="46" t="s">
+    <row r="18" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A18" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="14">
         <v>22737</v>
       </c>
       <c r="D18" s="14">
         <v>11952</v>
       </c>
-      <c r="E18" s="51">
+      <c r="E18" s="52">
         <v>10785</v>
       </c>
-      <c r="F18" s="32"/>
+      <c r="F18" s="36"/>
       <c r="G18" s="14">
         <v>24387</v>
       </c>
-      <c r="H18" s="51">
+      <c r="H18" s="52">
         <v>13499</v>
       </c>
-      <c r="I18" s="32"/>
+      <c r="I18" s="36"/>
       <c r="J18" s="14">
         <v>10888</v>
       </c>
       <c r="K18" s="14">
         <v>26684</v>
       </c>
       <c r="L18" s="14">
         <v>14895</v>
       </c>
       <c r="M18" s="14">
         <v>11789</v>
       </c>
-      <c r="N18" s="51">
+      <c r="N18" s="52">
         <v>30035</v>
       </c>
-      <c r="O18" s="31"/>
-[...1 lines deleted...]
-      <c r="Q18" s="32"/>
+      <c r="O18" s="35"/>
+      <c r="P18" s="35"/>
+      <c r="Q18" s="36"/>
       <c r="R18" s="14">
         <v>18410</v>
       </c>
       <c r="S18" s="14">
         <v>11625</v>
       </c>
       <c r="T18" s="14">
         <v>32201</v>
       </c>
       <c r="U18" s="14">
         <v>19447</v>
       </c>
       <c r="V18" s="14">
         <v>12754</v>
       </c>
       <c r="W18" s="14">
         <v>35910</v>
       </c>
       <c r="X18" s="14">
         <v>22352</v>
       </c>
       <c r="Y18" s="14">
         <v>13558</v>
       </c>
       <c r="Z18" s="15"/>
@@ -8353,90 +8358,90 @@
       <c r="AS18" s="14">
         <v>26832</v>
       </c>
       <c r="AT18" s="14">
         <v>20448</v>
       </c>
       <c r="AU18" s="14">
         <v>27284</v>
       </c>
       <c r="AV18" s="14">
         <v>16085</v>
       </c>
       <c r="AW18" s="14">
         <v>11199</v>
       </c>
       <c r="AX18" s="14">
         <v>43681</v>
       </c>
       <c r="AY18" s="14">
         <v>24178</v>
       </c>
       <c r="AZ18" s="14">
         <v>19503</v>
       </c>
     </row>
-    <row r="19" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A19" s="42" t="s">
+    <row r="19" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A19" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="16">
         <v>22850</v>
       </c>
       <c r="D19" s="16">
         <v>12137</v>
       </c>
-      <c r="E19" s="52">
+      <c r="E19" s="53">
         <v>10713</v>
       </c>
-      <c r="F19" s="32"/>
+      <c r="F19" s="36"/>
       <c r="G19" s="16">
         <v>24614</v>
       </c>
-      <c r="H19" s="52">
+      <c r="H19" s="53">
         <v>13708</v>
       </c>
-      <c r="I19" s="32"/>
+      <c r="I19" s="36"/>
       <c r="J19" s="16">
         <v>10906</v>
       </c>
       <c r="K19" s="16">
         <v>27252</v>
       </c>
       <c r="L19" s="16">
         <v>15523</v>
       </c>
       <c r="M19" s="16">
         <v>11729</v>
       </c>
-      <c r="N19" s="52">
+      <c r="N19" s="53">
         <v>30271</v>
       </c>
-      <c r="O19" s="31"/>
-[...1 lines deleted...]
-      <c r="Q19" s="32"/>
+      <c r="O19" s="35"/>
+      <c r="P19" s="35"/>
+      <c r="Q19" s="36"/>
       <c r="R19" s="16">
         <v>18479</v>
       </c>
       <c r="S19" s="16">
         <v>11792</v>
       </c>
       <c r="T19" s="16">
         <v>34299</v>
       </c>
       <c r="U19" s="16">
         <v>21018</v>
       </c>
       <c r="V19" s="16">
         <v>13281</v>
       </c>
       <c r="W19" s="16">
         <v>36437</v>
       </c>
       <c r="X19" s="16">
         <v>22756</v>
       </c>
       <c r="Y19" s="16">
         <v>13681</v>
       </c>
       <c r="Z19" s="16">
@@ -8499,90 +8504,90 @@
       <c r="AS19" s="16">
         <v>26125</v>
       </c>
       <c r="AT19" s="16">
         <v>20235</v>
       </c>
       <c r="AU19" s="16">
         <v>27033</v>
       </c>
       <c r="AV19" s="16">
         <v>15767</v>
       </c>
       <c r="AW19" s="16">
         <v>11266</v>
       </c>
       <c r="AX19" s="16">
         <v>43480</v>
       </c>
       <c r="AY19" s="16">
         <v>23814</v>
       </c>
       <c r="AZ19" s="16">
         <v>19666</v>
       </c>
     </row>
-    <row r="20" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A20" s="46" t="s">
+    <row r="20" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A20" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="14">
         <v>23012</v>
       </c>
       <c r="D20" s="14">
         <v>12229</v>
       </c>
-      <c r="E20" s="51">
+      <c r="E20" s="52">
         <v>10783</v>
       </c>
-      <c r="F20" s="32"/>
+      <c r="F20" s="36"/>
       <c r="G20" s="14">
         <v>24733</v>
       </c>
-      <c r="H20" s="51">
+      <c r="H20" s="52">
         <v>13795</v>
       </c>
-      <c r="I20" s="32"/>
+      <c r="I20" s="36"/>
       <c r="J20" s="14">
         <v>10938</v>
       </c>
       <c r="K20" s="14">
         <v>27907</v>
       </c>
       <c r="L20" s="14">
         <v>16168</v>
       </c>
       <c r="M20" s="14">
         <v>11739</v>
       </c>
-      <c r="N20" s="51">
+      <c r="N20" s="52">
         <v>30657</v>
       </c>
-      <c r="O20" s="31"/>
-[...1 lines deleted...]
-      <c r="Q20" s="32"/>
+      <c r="O20" s="35"/>
+      <c r="P20" s="35"/>
+      <c r="Q20" s="36"/>
       <c r="R20" s="14">
         <v>18819</v>
       </c>
       <c r="S20" s="14">
         <v>11838</v>
       </c>
       <c r="T20" s="14">
         <v>35367</v>
       </c>
       <c r="U20" s="14">
         <v>21750</v>
       </c>
       <c r="V20" s="14">
         <v>13617</v>
       </c>
       <c r="W20" s="14">
         <v>36244</v>
       </c>
       <c r="X20" s="14">
         <v>22656</v>
       </c>
       <c r="Y20" s="14">
         <v>13588</v>
       </c>
       <c r="Z20" s="14">
@@ -8644,92 +8649,91 @@
       </c>
       <c r="AS20" s="14">
         <v>25670</v>
       </c>
       <c r="AT20" s="14">
         <v>20027</v>
       </c>
       <c r="AU20" s="14">
         <v>27021</v>
       </c>
       <c r="AV20" s="14">
         <v>15807</v>
       </c>
       <c r="AW20" s="14">
         <v>11214</v>
       </c>
       <c r="AX20" s="14">
         <v>43390</v>
       </c>
       <c r="AY20" s="14">
         <v>23852</v>
       </c>
       <c r="AZ20" s="14">
         <v>19538</v>
       </c>
-      <c r="BA20" s="29"/>
-[...2 lines deleted...]
-      <c r="A21" s="42" t="s">
+    </row>
+    <row r="21" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A21" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="16">
         <v>23248</v>
       </c>
       <c r="D21" s="16">
         <v>12327</v>
       </c>
-      <c r="E21" s="52">
+      <c r="E21" s="53">
         <v>10921</v>
       </c>
-      <c r="F21" s="32"/>
+      <c r="F21" s="36"/>
       <c r="G21" s="16">
         <v>24934</v>
       </c>
-      <c r="H21" s="52">
+      <c r="H21" s="53">
         <v>13902</v>
       </c>
-      <c r="I21" s="32"/>
+      <c r="I21" s="36"/>
       <c r="J21" s="16">
         <v>11032</v>
       </c>
       <c r="K21" s="16">
         <v>28202</v>
       </c>
       <c r="L21" s="16">
         <v>16502</v>
       </c>
       <c r="M21" s="16">
         <v>11700</v>
       </c>
-      <c r="N21" s="52">
+      <c r="N21" s="53">
         <v>30256</v>
       </c>
-      <c r="O21" s="31"/>
-[...1 lines deleted...]
-      <c r="Q21" s="32"/>
+      <c r="O21" s="35"/>
+      <c r="P21" s="35"/>
+      <c r="Q21" s="36"/>
       <c r="R21" s="16">
         <v>18381</v>
       </c>
       <c r="S21" s="16">
         <v>11875</v>
       </c>
       <c r="T21" s="16">
         <v>36064</v>
       </c>
       <c r="U21" s="16">
         <v>22159</v>
       </c>
       <c r="V21" s="16">
         <v>13905</v>
       </c>
       <c r="W21" s="16">
         <v>35861</v>
       </c>
       <c r="X21" s="16">
         <v>22265</v>
       </c>
       <c r="Y21" s="16">
         <v>13596</v>
       </c>
       <c r="Z21" s="16">
@@ -8773,98 +8777,109 @@
       </c>
       <c r="AM21" s="16">
         <v>28630</v>
       </c>
       <c r="AN21" s="16">
         <v>21447</v>
       </c>
       <c r="AO21" s="16">
         <v>28050</v>
       </c>
       <c r="AP21" s="16">
         <v>16735</v>
       </c>
       <c r="AQ21" s="16">
         <v>11315</v>
       </c>
       <c r="AR21" s="16">
         <v>45445</v>
       </c>
       <c r="AS21" s="16">
         <v>25654</v>
       </c>
       <c r="AT21" s="16">
         <v>19791</v>
       </c>
-      <c r="AU21" s="17"/>
-[...8 lines deleted...]
-      <c r="A22" s="46" t="s">
+      <c r="AU21" s="16">
+        <v>27268</v>
+      </c>
+      <c r="AV21" s="16">
+        <v>16061</v>
+      </c>
+      <c r="AW21" s="16">
+        <v>11207</v>
+      </c>
+      <c r="AX21" s="16">
+        <v>43799</v>
+      </c>
+      <c r="AY21" s="16">
+        <v>24244</v>
+      </c>
+      <c r="AZ21" s="16">
+        <v>19555</v>
+      </c>
+    </row>
+    <row r="22" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A22" s="47" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="14">
         <v>23472</v>
       </c>
       <c r="D22" s="14">
         <v>12429</v>
       </c>
-      <c r="E22" s="51">
+      <c r="E22" s="52">
         <v>11043</v>
       </c>
-      <c r="F22" s="32"/>
+      <c r="F22" s="36"/>
       <c r="G22" s="14">
         <v>25200</v>
       </c>
-      <c r="H22" s="51">
+      <c r="H22" s="52">
         <v>14144</v>
       </c>
-      <c r="I22" s="32"/>
+      <c r="I22" s="36"/>
       <c r="J22" s="14">
         <v>11056</v>
       </c>
       <c r="K22" s="14">
         <v>28450</v>
       </c>
       <c r="L22" s="14">
         <v>16828</v>
       </c>
       <c r="M22" s="14">
         <v>11622</v>
       </c>
-      <c r="N22" s="51">
+      <c r="N22" s="52">
         <v>30666</v>
       </c>
-      <c r="O22" s="31"/>
-[...1 lines deleted...]
-      <c r="Q22" s="32"/>
+      <c r="O22" s="35"/>
+      <c r="P22" s="35"/>
+      <c r="Q22" s="36"/>
       <c r="R22" s="14">
         <v>18778</v>
       </c>
       <c r="S22" s="14">
         <v>11888</v>
       </c>
       <c r="T22" s="14">
         <v>36589</v>
       </c>
       <c r="U22" s="14">
         <v>22561</v>
       </c>
       <c r="V22" s="14">
         <v>14028</v>
       </c>
       <c r="W22" s="14">
         <v>35654</v>
       </c>
       <c r="X22" s="14">
         <v>22034</v>
       </c>
       <c r="Y22" s="14">
         <v>13620</v>
       </c>
       <c r="Z22" s="14">
@@ -8915,90 +8930,90 @@
       <c r="AO22" s="14">
         <v>28275</v>
       </c>
       <c r="AP22" s="14">
         <v>16902</v>
       </c>
       <c r="AQ22" s="14">
         <v>11373</v>
       </c>
       <c r="AR22" s="14">
         <v>45834</v>
       </c>
       <c r="AS22" s="14">
         <v>25977</v>
       </c>
       <c r="AT22" s="14">
         <v>19857</v>
       </c>
       <c r="AU22" s="15"/>
       <c r="AV22" s="15"/>
       <c r="AW22" s="15"/>
       <c r="AX22" s="15"/>
       <c r="AY22" s="15"/>
       <c r="AZ22" s="15"/>
     </row>
-    <row r="23" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A23" s="42" t="s">
+    <row r="23" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A23" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="16">
         <v>23802</v>
       </c>
       <c r="D23" s="16">
         <v>12663</v>
       </c>
-      <c r="E23" s="52">
+      <c r="E23" s="53">
         <v>11139</v>
       </c>
-      <c r="F23" s="32"/>
+      <c r="F23" s="36"/>
       <c r="G23" s="16">
         <v>25194</v>
       </c>
-      <c r="H23" s="52">
+      <c r="H23" s="53">
         <v>14266</v>
       </c>
-      <c r="I23" s="32"/>
+      <c r="I23" s="36"/>
       <c r="J23" s="16">
         <v>10928</v>
       </c>
       <c r="K23" s="16">
         <v>28654</v>
       </c>
       <c r="L23" s="16">
         <v>17078</v>
       </c>
       <c r="M23" s="16">
         <v>11576</v>
       </c>
-      <c r="N23" s="52">
+      <c r="N23" s="53">
         <v>30984</v>
       </c>
-      <c r="O23" s="31"/>
-[...1 lines deleted...]
-      <c r="Q23" s="32"/>
+      <c r="O23" s="35"/>
+      <c r="P23" s="35"/>
+      <c r="Q23" s="36"/>
       <c r="R23" s="16">
         <v>18865</v>
       </c>
       <c r="S23" s="16">
         <v>12119</v>
       </c>
       <c r="T23" s="16">
         <v>36881</v>
       </c>
       <c r="U23" s="16">
         <v>22757</v>
       </c>
       <c r="V23" s="16">
         <v>14124</v>
       </c>
       <c r="W23" s="16">
         <v>35407</v>
       </c>
       <c r="X23" s="16">
         <v>21780</v>
       </c>
       <c r="Y23" s="16">
         <v>13627</v>
       </c>
       <c r="Z23" s="16">
@@ -9049,90 +9064,90 @@
       <c r="AO23" s="16">
         <v>27933</v>
       </c>
       <c r="AP23" s="16">
         <v>16596</v>
       </c>
       <c r="AQ23" s="16">
         <v>11337</v>
       </c>
       <c r="AR23" s="16">
         <v>45158</v>
       </c>
       <c r="AS23" s="16">
         <v>25394</v>
       </c>
       <c r="AT23" s="16">
         <v>19764</v>
       </c>
       <c r="AU23" s="17"/>
       <c r="AV23" s="17"/>
       <c r="AW23" s="17"/>
       <c r="AX23" s="17"/>
       <c r="AY23" s="17"/>
       <c r="AZ23" s="17"/>
     </row>
-    <row r="24" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A24" s="46" t="s">
+    <row r="24" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A24" s="47" t="s">
         <v>67</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="14">
         <v>23689</v>
       </c>
       <c r="D24" s="14">
         <v>12612</v>
       </c>
-      <c r="E24" s="51">
+      <c r="E24" s="52">
         <v>11077</v>
       </c>
-      <c r="F24" s="32"/>
+      <c r="F24" s="36"/>
       <c r="G24" s="14">
         <v>25552</v>
       </c>
-      <c r="H24" s="51">
+      <c r="H24" s="52">
         <v>14460</v>
       </c>
-      <c r="I24" s="32"/>
+      <c r="I24" s="36"/>
       <c r="J24" s="14">
         <v>11092</v>
       </c>
       <c r="K24" s="14">
         <v>29227</v>
       </c>
       <c r="L24" s="14">
         <v>17753</v>
       </c>
       <c r="M24" s="14">
         <v>11474</v>
       </c>
-      <c r="N24" s="51">
+      <c r="N24" s="52">
         <v>29671</v>
       </c>
-      <c r="O24" s="31"/>
-[...1 lines deleted...]
-      <c r="Q24" s="32"/>
+      <c r="O24" s="35"/>
+      <c r="P24" s="35"/>
+      <c r="Q24" s="36"/>
       <c r="R24" s="14">
         <v>17667</v>
       </c>
       <c r="S24" s="14">
         <v>12004</v>
       </c>
       <c r="T24" s="14">
         <v>36912</v>
       </c>
       <c r="U24" s="14">
         <v>22888</v>
       </c>
       <c r="V24" s="14">
         <v>14024</v>
       </c>
       <c r="W24" s="14">
         <v>34958</v>
       </c>
       <c r="X24" s="14">
         <v>21325</v>
       </c>
       <c r="Y24" s="14">
         <v>13633</v>
       </c>
       <c r="Z24" s="14">
@@ -9183,90 +9198,90 @@
       <c r="AO24" s="14">
         <v>27657</v>
       </c>
       <c r="AP24" s="14">
         <v>16609</v>
       </c>
       <c r="AQ24" s="14">
         <v>11048</v>
       </c>
       <c r="AR24" s="14">
         <v>44653</v>
       </c>
       <c r="AS24" s="14">
         <v>25358</v>
       </c>
       <c r="AT24" s="14">
         <v>19295</v>
       </c>
       <c r="AU24" s="15"/>
       <c r="AV24" s="15"/>
       <c r="AW24" s="15"/>
       <c r="AX24" s="15"/>
       <c r="AY24" s="15"/>
       <c r="AZ24" s="15"/>
     </row>
-    <row r="25" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A25" s="42" t="s">
+    <row r="25" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A25" s="49" t="s">
         <v>68</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="16">
         <v>23805</v>
       </c>
       <c r="D25" s="16">
         <v>12860</v>
       </c>
-      <c r="E25" s="52">
+      <c r="E25" s="53">
         <v>10945</v>
       </c>
-      <c r="F25" s="32"/>
+      <c r="F25" s="36"/>
       <c r="G25" s="16">
         <v>26261</v>
       </c>
-      <c r="H25" s="52">
+      <c r="H25" s="53">
         <v>14832</v>
       </c>
-      <c r="I25" s="32"/>
+      <c r="I25" s="36"/>
       <c r="J25" s="16">
         <v>11429</v>
       </c>
       <c r="K25" s="16">
         <v>28875</v>
       </c>
       <c r="L25" s="16">
         <v>17448</v>
       </c>
       <c r="M25" s="16">
         <v>11427</v>
       </c>
-      <c r="N25" s="52">
+      <c r="N25" s="53">
         <v>30491</v>
       </c>
-      <c r="O25" s="31"/>
-[...1 lines deleted...]
-      <c r="Q25" s="32"/>
+      <c r="O25" s="35"/>
+      <c r="P25" s="35"/>
+      <c r="Q25" s="36"/>
       <c r="R25" s="16">
         <v>18466</v>
       </c>
       <c r="S25" s="16">
         <v>12025</v>
       </c>
       <c r="T25" s="16">
         <v>36537</v>
       </c>
       <c r="U25" s="16">
         <v>22644</v>
       </c>
       <c r="V25" s="16">
         <v>13893</v>
       </c>
       <c r="W25" s="16">
         <v>35435</v>
       </c>
       <c r="X25" s="16">
         <v>21704</v>
       </c>
       <c r="Y25" s="16">
         <v>13731</v>
       </c>
       <c r="Z25" s="16">
@@ -9317,90 +9332,90 @@
       <c r="AO25" s="16">
         <v>27542</v>
       </c>
       <c r="AP25" s="16">
         <v>16406</v>
       </c>
       <c r="AQ25" s="16">
         <v>11136</v>
       </c>
       <c r="AR25" s="16">
         <v>44154</v>
       </c>
       <c r="AS25" s="16">
         <v>24658</v>
       </c>
       <c r="AT25" s="16">
         <v>19496</v>
       </c>
       <c r="AU25" s="17"/>
       <c r="AV25" s="17"/>
       <c r="AW25" s="17"/>
       <c r="AX25" s="17"/>
       <c r="AY25" s="17"/>
       <c r="AZ25" s="17"/>
     </row>
-    <row r="26" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A26" s="46" t="s">
+    <row r="26" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A26" s="47" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="32"/>
+      <c r="B26" s="36"/>
       <c r="C26" s="14">
         <v>24083</v>
       </c>
       <c r="D26" s="14">
         <v>13189</v>
       </c>
-      <c r="E26" s="51">
+      <c r="E26" s="52">
         <v>10894</v>
       </c>
-      <c r="F26" s="32"/>
+      <c r="F26" s="36"/>
       <c r="G26" s="14">
         <v>26219</v>
       </c>
-      <c r="H26" s="51">
+      <c r="H26" s="52">
         <v>14654</v>
       </c>
-      <c r="I26" s="32"/>
+      <c r="I26" s="36"/>
       <c r="J26" s="14">
         <v>11565</v>
       </c>
       <c r="K26" s="14">
         <v>29437</v>
       </c>
       <c r="L26" s="14">
         <v>17935</v>
       </c>
       <c r="M26" s="14">
         <v>11502</v>
       </c>
-      <c r="N26" s="51">
+      <c r="N26" s="52">
         <v>30257</v>
       </c>
-      <c r="O26" s="31"/>
-[...1 lines deleted...]
-      <c r="Q26" s="32"/>
+      <c r="O26" s="35"/>
+      <c r="P26" s="35"/>
+      <c r="Q26" s="36"/>
       <c r="R26" s="14">
         <v>18146</v>
       </c>
       <c r="S26" s="14">
         <v>12111</v>
       </c>
       <c r="T26" s="14">
         <v>36404</v>
       </c>
       <c r="U26" s="14">
         <v>22471</v>
       </c>
       <c r="V26" s="14">
         <v>13933</v>
       </c>
       <c r="W26" s="14">
         <v>35725</v>
       </c>
       <c r="X26" s="14">
         <v>21773</v>
       </c>
       <c r="Y26" s="14">
         <v>13952</v>
       </c>
       <c r="Z26" s="14">
@@ -9451,90 +9466,90 @@
       <c r="AO26" s="14">
         <v>27492</v>
       </c>
       <c r="AP26" s="14">
         <v>16330</v>
       </c>
       <c r="AQ26" s="14">
         <v>11162</v>
       </c>
       <c r="AR26" s="14">
         <v>43704</v>
       </c>
       <c r="AS26" s="14">
         <v>24153</v>
       </c>
       <c r="AT26" s="14">
         <v>19551</v>
       </c>
       <c r="AU26" s="15"/>
       <c r="AV26" s="15"/>
       <c r="AW26" s="15"/>
       <c r="AX26" s="15"/>
       <c r="AY26" s="15"/>
       <c r="AZ26" s="15"/>
     </row>
-    <row r="27" spans="1:53" x14ac:dyDescent="0.35">
-      <c r="A27" s="42" t="s">
+    <row r="27" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="A27" s="49" t="s">
         <v>70</v>
       </c>
-      <c r="B27" s="32"/>
+      <c r="B27" s="36"/>
       <c r="C27" s="16">
         <v>24368</v>
       </c>
       <c r="D27" s="16">
         <v>13353</v>
       </c>
-      <c r="E27" s="52">
+      <c r="E27" s="53">
         <v>11015</v>
       </c>
-      <c r="F27" s="32"/>
+      <c r="F27" s="36"/>
       <c r="G27" s="16">
         <v>26497</v>
       </c>
-      <c r="H27" s="52">
+      <c r="H27" s="53">
         <v>14835</v>
       </c>
-      <c r="I27" s="32"/>
+      <c r="I27" s="36"/>
       <c r="J27" s="16">
         <v>11662</v>
       </c>
       <c r="K27" s="16">
         <v>30240</v>
       </c>
       <c r="L27" s="16">
         <v>18681</v>
       </c>
       <c r="M27" s="16">
         <v>11559</v>
       </c>
-      <c r="N27" s="52">
+      <c r="N27" s="53">
         <v>30136</v>
       </c>
-      <c r="O27" s="31"/>
-[...1 lines deleted...]
-      <c r="Q27" s="32"/>
+      <c r="O27" s="35"/>
+      <c r="P27" s="35"/>
+      <c r="Q27" s="36"/>
       <c r="R27" s="16">
         <v>18060</v>
       </c>
       <c r="S27" s="16">
         <v>12076</v>
       </c>
       <c r="T27" s="16">
         <v>36822</v>
       </c>
       <c r="U27" s="16">
         <v>22946</v>
       </c>
       <c r="V27" s="16">
         <v>13876</v>
       </c>
       <c r="W27" s="16">
         <v>35429</v>
       </c>
       <c r="X27" s="16">
         <v>21599</v>
       </c>
       <c r="Y27" s="16">
         <v>13830</v>
       </c>
       <c r="Z27" s="16">
@@ -9585,14059 +9600,14341 @@
       <c r="AO27" s="16">
         <v>27529</v>
       </c>
       <c r="AP27" s="16">
         <v>16483</v>
       </c>
       <c r="AQ27" s="16">
         <v>11046</v>
       </c>
       <c r="AR27" s="16">
         <v>44216</v>
       </c>
       <c r="AS27" s="16">
         <v>24871</v>
       </c>
       <c r="AT27" s="16">
         <v>19345</v>
       </c>
       <c r="AU27" s="17"/>
       <c r="AV27" s="17"/>
       <c r="AW27" s="17"/>
       <c r="AX27" s="17"/>
       <c r="AY27" s="17"/>
       <c r="AZ27" s="17"/>
     </row>
-    <row r="28" spans="1:53" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="28" spans="1:52" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="29" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="AX29" s="29"/>
+      <c r="AY29" s="29"/>
+      <c r="AZ29" s="29"/>
+    </row>
+    <row r="30" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="AX30" s="30"/>
+      <c r="AY30" s="30"/>
+      <c r="AZ30" s="30"/>
+    </row>
   </sheetData>
   <mergeCells count="73">
-    <mergeCell ref="F2:H2"/>
-[...8 lines deleted...]
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="N27:Q27"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="N22:Q22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="N23:Q23"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="N20:Q20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="N21:Q21"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="N18:Q18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="N19:Q19"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="N16:Q16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="N17:Q17"/>
     <mergeCell ref="AU14:AZ14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="E15:F15"/>
     <mergeCell ref="H15:I15"/>
     <mergeCell ref="N15:Q15"/>
     <mergeCell ref="T14:V14"/>
     <mergeCell ref="W14:AB14"/>
     <mergeCell ref="AC14:AH14"/>
     <mergeCell ref="AI14:AN14"/>
     <mergeCell ref="AO14:AT14"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:F14"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="K14:M14"/>
     <mergeCell ref="N14:S14"/>
-    <mergeCell ref="A16:B16"/>
-[...46 lines deleted...]
-    <mergeCell ref="N27:Q27"/>
+    <mergeCell ref="A8:O8"/>
+    <mergeCell ref="A9:O9"/>
+    <mergeCell ref="A10:O10"/>
+    <mergeCell ref="A11:O11"/>
+    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="F2:H2"/>
+    <mergeCell ref="B3:P3"/>
+    <mergeCell ref="B5:P5"/>
+    <mergeCell ref="B6:P6"/>
+    <mergeCell ref="A7:O7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AE26"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="6" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="25.81640625" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" customWidth="1"/>
     <col min="4" max="4" width="13.7265625" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" customWidth="1"/>
     <col min="6" max="6" width="8.81640625" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" customWidth="1"/>
     <col min="8" max="8" width="13.81640625" customWidth="1"/>
     <col min="9" max="9" width="8.26953125" customWidth="1"/>
     <col min="10" max="10" width="5.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.81640625" customWidth="1"/>
     <col min="12" max="12" width="13.7265625" customWidth="1"/>
     <col min="13" max="13" width="13.81640625" customWidth="1"/>
     <col min="14" max="14" width="13.7265625" customWidth="1"/>
-    <col min="15" max="15" width="11.81640625" customWidth="1"/>
+    <col min="15" max="15" width="11.7265625" customWidth="1"/>
     <col min="16" max="16" width="2.1796875" customWidth="1"/>
     <col min="17" max="17" width="1.7265625" customWidth="1"/>
     <col min="18" max="18" width="0.1796875" customWidth="1"/>
-    <col min="19" max="19" width="11.81640625" customWidth="1"/>
+    <col min="19" max="19" width="11.7265625" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" customWidth="1"/>
     <col min="21" max="21" width="13.7265625" customWidth="1"/>
     <col min="22" max="22" width="13.81640625" customWidth="1"/>
     <col min="23" max="23" width="13.7265625" customWidth="1"/>
     <col min="24" max="24" width="13.81640625" customWidth="1"/>
     <col min="25" max="25" width="13.7265625" customWidth="1"/>
     <col min="26" max="26" width="13.81640625" customWidth="1"/>
     <col min="27" max="27" width="13.7265625" customWidth="1"/>
     <col min="28" max="28" width="13.81640625" customWidth="1"/>
     <col min="29" max="29" width="13.7265625" customWidth="1"/>
     <col min="30" max="30" width="13.81640625" customWidth="1"/>
     <col min="31" max="31" width="13.7265625" customWidth="1"/>
     <col min="32" max="32" width="0" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="125.7265625" customWidth="1"/>
     <col min="34" max="34" width="0" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="30.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:31" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="G2" s="35"/>
-[...1 lines deleted...]
-      <c r="I2" s="35"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...14 lines deleted...]
-      <c r="R3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="32"/>
     </row>
     <row r="4" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:31" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...14 lines deleted...]
-      <c r="R5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
+      <c r="Q5" s="32"/>
+      <c r="R5" s="32"/>
     </row>
     <row r="6" spans="1:31" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...14 lines deleted...]
-      <c r="R6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="O6" s="32"/>
+      <c r="P6" s="32"/>
+      <c r="Q6" s="32"/>
+      <c r="R6" s="32"/>
     </row>
     <row r="7" spans="1:31" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="50" t="s">
+      <c r="A7" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="35"/>
-[...14 lines deleted...]
-      <c r="Q7" s="35"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
+      <c r="I7" s="32"/>
+      <c r="J7" s="32"/>
+      <c r="K7" s="32"/>
+      <c r="L7" s="32"/>
+      <c r="M7" s="32"/>
+      <c r="N7" s="32"/>
+      <c r="O7" s="32"/>
+      <c r="P7" s="32"/>
+      <c r="Q7" s="32"/>
     </row>
     <row r="8" spans="1:31" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="40" t="s">
+      <c r="A8" s="33" t="s">
         <v>88</v>
       </c>
-      <c r="B8" s="35"/>
-[...14 lines deleted...]
-      <c r="Q8" s="35"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="32"/>
+      <c r="J8" s="32"/>
+      <c r="K8" s="32"/>
+      <c r="L8" s="32"/>
+      <c r="M8" s="32"/>
+      <c r="N8" s="32"/>
+      <c r="O8" s="32"/>
+      <c r="P8" s="32"/>
+      <c r="Q8" s="32"/>
     </row>
     <row r="9" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="10" spans="1:31" ht="251.15" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="O10" s="35"/>
+    <row r="10" spans="1:31" ht="250.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="42"/>
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="32"/>
+      <c r="J10" s="32"/>
+      <c r="K10" s="32"/>
+      <c r="L10" s="32"/>
+      <c r="M10" s="32"/>
+      <c r="N10" s="32"/>
+      <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="44" t="s">
         <v>22</v>
       </c>
-      <c r="B11" s="32"/>
-      <c r="C11" s="49" t="s">
+      <c r="B11" s="36"/>
+      <c r="C11" s="45" t="s">
         <v>73</v>
       </c>
-      <c r="D11" s="32"/>
-      <c r="E11" s="49" t="s">
+      <c r="D11" s="36"/>
+      <c r="E11" s="45" t="s">
         <v>74</v>
       </c>
-      <c r="F11" s="31"/>
-[...1 lines deleted...]
-      <c r="H11" s="49" t="s">
+      <c r="F11" s="35"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="45" t="s">
         <v>75</v>
       </c>
-      <c r="I11" s="31"/>
-[...1 lines deleted...]
-      <c r="K11" s="49" t="s">
+      <c r="I11" s="35"/>
+      <c r="J11" s="36"/>
+      <c r="K11" s="45" t="s">
         <v>76</v>
       </c>
-      <c r="L11" s="32"/>
-      <c r="M11" s="49" t="s">
+      <c r="L11" s="36"/>
+      <c r="M11" s="45" t="s">
         <v>77</v>
       </c>
-      <c r="N11" s="32"/>
-      <c r="O11" s="49" t="s">
+      <c r="N11" s="36"/>
+      <c r="O11" s="45" t="s">
         <v>78</v>
       </c>
-      <c r="P11" s="31"/>
-[...3 lines deleted...]
-      <c r="T11" s="49" t="s">
+      <c r="P11" s="35"/>
+      <c r="Q11" s="35"/>
+      <c r="R11" s="35"/>
+      <c r="S11" s="36"/>
+      <c r="T11" s="45" t="s">
         <v>79</v>
       </c>
-      <c r="U11" s="32"/>
-      <c r="V11" s="49" t="s">
+      <c r="U11" s="36"/>
+      <c r="V11" s="45" t="s">
         <v>80</v>
       </c>
-      <c r="W11" s="32"/>
-      <c r="X11" s="49" t="s">
+      <c r="W11" s="36"/>
+      <c r="X11" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="Y11" s="32"/>
-      <c r="Z11" s="49" t="s">
+      <c r="Y11" s="36"/>
+      <c r="Z11" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="AA11" s="32"/>
-      <c r="AB11" s="49" t="s">
+      <c r="AA11" s="36"/>
+      <c r="AB11" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="AC11" s="32"/>
-      <c r="AD11" s="49" t="s">
+      <c r="AC11" s="36"/>
+      <c r="AD11" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="AE11" s="32"/>
+      <c r="AE11" s="36"/>
     </row>
     <row r="12" spans="1:31" ht="39" x14ac:dyDescent="0.35">
       <c r="A12" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="32"/>
+      <c r="B12" s="36"/>
       <c r="C12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="F12" s="48" t="s">
+      <c r="F12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="G12" s="32"/>
+      <c r="G12" s="36"/>
       <c r="H12" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="48" t="s">
+      <c r="I12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="J12" s="32"/>
+      <c r="J12" s="36"/>
       <c r="K12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="L12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="N12" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="O12" s="48" t="s">
+      <c r="O12" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="P12" s="32"/>
-      <c r="Q12" s="48" t="s">
+      <c r="P12" s="36"/>
+      <c r="Q12" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="R12" s="31"/>
-      <c r="S12" s="32"/>
+      <c r="R12" s="35"/>
+      <c r="S12" s="36"/>
       <c r="T12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="U12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="V12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="W12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="X12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="Y12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="Z12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AA12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="AB12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AC12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="AD12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="AE12" s="8" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A13" s="46" t="s">
+      <c r="A13" s="47" t="s">
         <v>59</v>
       </c>
-      <c r="B13" s="32"/>
+      <c r="B13" s="36"/>
       <c r="C13" s="10">
         <v>3169</v>
       </c>
       <c r="D13" s="10">
         <v>4728</v>
       </c>
       <c r="E13" s="10">
         <v>2855</v>
       </c>
-      <c r="F13" s="47">
+      <c r="F13" s="48">
         <v>4272</v>
       </c>
-      <c r="G13" s="32"/>
+      <c r="G13" s="36"/>
       <c r="H13" s="10">
         <v>3465</v>
       </c>
-      <c r="I13" s="47">
+      <c r="I13" s="48">
         <v>5172</v>
       </c>
-      <c r="J13" s="32"/>
+      <c r="J13" s="36"/>
       <c r="K13" s="10">
         <v>3131</v>
       </c>
       <c r="L13" s="10">
         <v>4703</v>
       </c>
       <c r="M13" s="10">
         <v>3463</v>
       </c>
       <c r="N13" s="10">
         <v>5234</v>
       </c>
-      <c r="O13" s="47">
+      <c r="O13" s="48">
         <v>3610</v>
       </c>
-      <c r="P13" s="32"/>
-      <c r="Q13" s="47">
+      <c r="P13" s="36"/>
+      <c r="Q13" s="48">
         <v>5441</v>
       </c>
-      <c r="R13" s="31"/>
-      <c r="S13" s="32"/>
+      <c r="R13" s="35"/>
+      <c r="S13" s="36"/>
       <c r="T13" s="10">
         <v>2553</v>
       </c>
       <c r="U13" s="10">
         <v>3885</v>
       </c>
       <c r="V13" s="10">
         <v>3580</v>
       </c>
       <c r="W13" s="10">
         <v>5459</v>
       </c>
       <c r="X13" s="10">
         <v>2843</v>
       </c>
       <c r="Y13" s="10">
         <v>4299</v>
       </c>
       <c r="Z13" s="10">
         <v>2867</v>
       </c>
       <c r="AA13" s="10">
-        <v>4301</v>
+        <v>4300</v>
       </c>
       <c r="AB13" s="10">
-        <v>3367</v>
+        <v>3370</v>
       </c>
       <c r="AC13" s="10">
-        <v>5182</v>
+        <v>5185</v>
       </c>
       <c r="AD13" s="10">
-        <v>3200</v>
+        <v>3198</v>
       </c>
       <c r="AE13" s="10">
-        <v>4867</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="14" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="B14" s="32"/>
+      <c r="B14" s="36"/>
       <c r="C14" s="12">
         <v>2141</v>
       </c>
       <c r="D14" s="12">
         <v>3229</v>
       </c>
       <c r="E14" s="12">
         <v>2798</v>
       </c>
-      <c r="F14" s="43">
+      <c r="F14" s="50">
         <v>4182</v>
       </c>
-      <c r="G14" s="32"/>
+      <c r="G14" s="36"/>
       <c r="H14" s="12">
         <v>3168</v>
       </c>
-      <c r="I14" s="43">
+      <c r="I14" s="50">
         <v>4772</v>
       </c>
-      <c r="J14" s="32"/>
+      <c r="J14" s="36"/>
       <c r="K14" s="12">
         <v>3630</v>
       </c>
       <c r="L14" s="12">
         <v>5528</v>
       </c>
       <c r="M14" s="12">
         <v>3635</v>
       </c>
       <c r="N14" s="12">
         <v>5602</v>
       </c>
-      <c r="O14" s="43">
+      <c r="O14" s="50">
         <v>3852</v>
       </c>
-      <c r="P14" s="32"/>
-      <c r="Q14" s="43">
+      <c r="P14" s="36"/>
+      <c r="Q14" s="50">
         <v>5927</v>
       </c>
-      <c r="R14" s="31"/>
-      <c r="S14" s="32"/>
+      <c r="R14" s="35"/>
+      <c r="S14" s="36"/>
       <c r="T14" s="12">
         <v>3336</v>
       </c>
       <c r="U14" s="12">
         <v>5131</v>
       </c>
       <c r="V14" s="12">
         <v>3469</v>
       </c>
       <c r="W14" s="12">
         <v>5318</v>
       </c>
       <c r="X14" s="12">
         <v>3300</v>
       </c>
       <c r="Y14" s="12">
         <v>5032</v>
       </c>
       <c r="Z14" s="12">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="AA14" s="12">
-        <v>5001</v>
+        <v>5000</v>
       </c>
       <c r="AB14" s="12">
-        <v>3313</v>
+        <v>3315</v>
       </c>
       <c r="AC14" s="12">
-        <v>5030</v>
+        <v>5035</v>
       </c>
       <c r="AD14" s="12">
-        <v>3247</v>
+        <v>3239</v>
       </c>
       <c r="AE14" s="12">
-        <v>4979</v>
+        <v>4963</v>
       </c>
     </row>
     <row r="15" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A15" s="46" t="s">
+      <c r="A15" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="B15" s="32"/>
+      <c r="B15" s="36"/>
       <c r="C15" s="10">
         <v>2598</v>
       </c>
       <c r="D15" s="10">
         <v>3990</v>
       </c>
       <c r="E15" s="10">
         <v>3381</v>
       </c>
-      <c r="F15" s="47">
+      <c r="F15" s="48">
         <v>5099</v>
       </c>
-      <c r="G15" s="32"/>
+      <c r="G15" s="36"/>
       <c r="H15" s="10">
         <v>3481</v>
       </c>
-      <c r="I15" s="47">
+      <c r="I15" s="48">
         <v>5252</v>
       </c>
-      <c r="J15" s="32"/>
+      <c r="J15" s="36"/>
       <c r="K15" s="10">
         <v>3815</v>
       </c>
       <c r="L15" s="10">
         <v>5781</v>
       </c>
       <c r="M15" s="10">
         <v>3393</v>
       </c>
       <c r="N15" s="10">
         <v>5153</v>
       </c>
-      <c r="O15" s="47">
+      <c r="O15" s="48">
         <v>3619</v>
       </c>
-      <c r="P15" s="32"/>
-      <c r="Q15" s="47">
+      <c r="P15" s="36"/>
+      <c r="Q15" s="48">
         <v>5542</v>
       </c>
-      <c r="R15" s="31"/>
-      <c r="S15" s="32"/>
+      <c r="R15" s="35"/>
+      <c r="S15" s="36"/>
       <c r="T15" s="10">
         <v>3759</v>
       </c>
       <c r="U15" s="10">
         <v>5743</v>
       </c>
       <c r="V15" s="10">
         <v>3919</v>
       </c>
       <c r="W15" s="10">
         <v>5946</v>
       </c>
       <c r="X15" s="10">
         <v>3318</v>
       </c>
       <c r="Y15" s="10">
         <v>5102</v>
       </c>
       <c r="Z15" s="10">
         <v>3473</v>
       </c>
       <c r="AA15" s="10">
         <v>5290</v>
       </c>
       <c r="AB15" s="10">
         <v>2797</v>
       </c>
       <c r="AC15" s="10">
-        <v>4264</v>
+        <v>4266</v>
       </c>
       <c r="AD15" s="10">
-        <v>3292</v>
+        <v>3280</v>
       </c>
       <c r="AE15" s="10">
-        <v>4959</v>
+        <v>4946</v>
       </c>
     </row>
     <row r="16" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="49" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="32"/>
+      <c r="B16" s="36"/>
       <c r="C16" s="12">
         <v>2897</v>
       </c>
       <c r="D16" s="12">
         <v>4429</v>
       </c>
       <c r="E16" s="12">
         <v>3463</v>
       </c>
-      <c r="F16" s="43">
+      <c r="F16" s="50">
         <v>5215</v>
       </c>
-      <c r="G16" s="32"/>
+      <c r="G16" s="36"/>
       <c r="H16" s="12">
         <v>3372</v>
       </c>
-      <c r="I16" s="43">
+      <c r="I16" s="50">
         <v>5070</v>
       </c>
-      <c r="J16" s="32"/>
+      <c r="J16" s="36"/>
       <c r="K16" s="12">
         <v>3615</v>
       </c>
       <c r="L16" s="12">
         <v>5432</v>
       </c>
       <c r="M16" s="12">
         <v>3683</v>
       </c>
       <c r="N16" s="12">
         <v>5715</v>
       </c>
-      <c r="O16" s="43">
+      <c r="O16" s="50">
         <v>4265</v>
       </c>
-      <c r="P16" s="32"/>
-      <c r="Q16" s="43">
+      <c r="P16" s="36"/>
+      <c r="Q16" s="50">
         <v>6491</v>
       </c>
-      <c r="R16" s="31"/>
-      <c r="S16" s="32"/>
+      <c r="R16" s="35"/>
+      <c r="S16" s="36"/>
       <c r="T16" s="12">
         <v>4514</v>
       </c>
       <c r="U16" s="12">
         <v>6886</v>
       </c>
       <c r="V16" s="12">
         <v>3686</v>
       </c>
       <c r="W16" s="12">
         <v>5710</v>
       </c>
       <c r="X16" s="12">
-        <v>3350</v>
+        <v>3349</v>
       </c>
       <c r="Y16" s="12">
-        <v>5181</v>
+        <v>5179</v>
       </c>
       <c r="Z16" s="12">
         <v>3327</v>
       </c>
       <c r="AA16" s="12">
-        <v>5063</v>
+        <v>5062</v>
       </c>
       <c r="AB16" s="12">
-        <v>3476</v>
+        <v>3475</v>
       </c>
       <c r="AC16" s="12">
-        <v>5259</v>
+        <v>5256</v>
       </c>
       <c r="AD16" s="12">
-        <v>3496</v>
+        <v>3478</v>
       </c>
       <c r="AE16" s="12">
-        <v>5275</v>
+        <v>5245</v>
       </c>
     </row>
     <row r="17" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A17" s="46" t="s">
+      <c r="A17" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="10">
         <v>2506</v>
       </c>
       <c r="D17" s="10">
         <v>3810</v>
       </c>
       <c r="E17" s="10">
         <v>2869</v>
       </c>
-      <c r="F17" s="47">
+      <c r="F17" s="48">
         <v>4258</v>
       </c>
-      <c r="G17" s="32"/>
+      <c r="G17" s="36"/>
       <c r="H17" s="10">
         <v>3437</v>
       </c>
-      <c r="I17" s="47">
+      <c r="I17" s="48">
         <v>5219</v>
       </c>
-      <c r="J17" s="32"/>
+      <c r="J17" s="36"/>
       <c r="K17" s="10">
         <v>3640</v>
       </c>
       <c r="L17" s="10">
         <v>5485</v>
       </c>
       <c r="M17" s="10">
         <v>3947</v>
       </c>
       <c r="N17" s="10">
         <v>6001</v>
       </c>
-      <c r="O17" s="47">
+      <c r="O17" s="48">
         <v>3731</v>
       </c>
-      <c r="P17" s="32"/>
-      <c r="Q17" s="47">
+      <c r="P17" s="36"/>
+      <c r="Q17" s="48">
         <v>5721</v>
       </c>
-      <c r="R17" s="31"/>
-      <c r="S17" s="32"/>
+      <c r="R17" s="35"/>
+      <c r="S17" s="36"/>
       <c r="T17" s="10">
         <v>3671</v>
       </c>
       <c r="U17" s="10">
         <v>5530</v>
       </c>
       <c r="V17" s="10">
         <v>3305</v>
       </c>
       <c r="W17" s="10">
         <v>5012</v>
       </c>
       <c r="X17" s="10">
         <v>3473</v>
       </c>
       <c r="Y17" s="10">
         <v>5348</v>
       </c>
       <c r="Z17" s="10">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="AA17" s="10">
-        <v>5212</v>
+        <v>5213</v>
       </c>
       <c r="AB17" s="10">
-        <v>3157</v>
+        <v>3155</v>
       </c>
       <c r="AC17" s="10">
-        <v>4757</v>
+        <v>4758</v>
       </c>
       <c r="AD17" s="10">
-        <v>3213</v>
+        <v>3195</v>
       </c>
       <c r="AE17" s="10">
-        <v>4836</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="18" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A18" s="42" t="s">
+      <c r="A18" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="12">
         <v>2820</v>
       </c>
       <c r="D18" s="12">
         <v>4320</v>
       </c>
       <c r="E18" s="12">
         <v>3016</v>
       </c>
-      <c r="F18" s="43">
+      <c r="F18" s="50">
         <v>4534</v>
       </c>
-      <c r="G18" s="32"/>
+      <c r="G18" s="36"/>
       <c r="H18" s="12">
         <v>3495</v>
       </c>
-      <c r="I18" s="43">
+      <c r="I18" s="50">
         <v>5237</v>
       </c>
-      <c r="J18" s="32"/>
+      <c r="J18" s="36"/>
       <c r="K18" s="12">
         <v>3549</v>
       </c>
       <c r="L18" s="12">
         <v>5496</v>
       </c>
       <c r="M18" s="12">
         <v>3425</v>
       </c>
       <c r="N18" s="12">
         <v>5207</v>
       </c>
-      <c r="O18" s="43">
+      <c r="O18" s="50">
         <v>3717</v>
       </c>
-      <c r="P18" s="32"/>
-      <c r="Q18" s="43">
+      <c r="P18" s="36"/>
+      <c r="Q18" s="50">
         <v>5727</v>
       </c>
-      <c r="R18" s="31"/>
-      <c r="S18" s="32"/>
+      <c r="R18" s="35"/>
+      <c r="S18" s="36"/>
       <c r="T18" s="12">
         <v>4160</v>
       </c>
       <c r="U18" s="12">
         <v>6429</v>
       </c>
       <c r="V18" s="12">
-        <v>3528</v>
+        <v>3527</v>
       </c>
       <c r="W18" s="12">
-        <v>5464</v>
+        <v>5463</v>
       </c>
       <c r="X18" s="12">
-        <v>3316</v>
+        <v>3315</v>
       </c>
       <c r="Y18" s="12">
-        <v>4991</v>
+        <v>4990</v>
       </c>
       <c r="Z18" s="12">
         <v>2950</v>
       </c>
       <c r="AA18" s="12">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="AB18" s="12">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="AC18" s="12">
-        <v>4990</v>
-[...2 lines deleted...]
-      <c r="AE18" s="11"/>
+        <v>4991</v>
+      </c>
+      <c r="AD18" s="12">
+        <v>3730</v>
+      </c>
+      <c r="AE18" s="12">
+        <v>5438</v>
+      </c>
     </row>
     <row r="19" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A19" s="46" t="s">
+      <c r="A19" s="47" t="s">
         <v>65</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="10">
         <v>3372</v>
       </c>
       <c r="D19" s="10">
         <v>5050</v>
       </c>
       <c r="E19" s="10">
         <v>3223</v>
       </c>
-      <c r="F19" s="47">
+      <c r="F19" s="48">
         <v>4795</v>
       </c>
-      <c r="G19" s="32"/>
+      <c r="G19" s="36"/>
       <c r="H19" s="10">
         <v>3378</v>
       </c>
-      <c r="I19" s="47">
+      <c r="I19" s="48">
         <v>5103</v>
       </c>
-      <c r="J19" s="32"/>
+      <c r="J19" s="36"/>
       <c r="K19" s="10">
         <v>3814</v>
       </c>
       <c r="L19" s="10">
         <v>5802</v>
       </c>
       <c r="M19" s="10">
         <v>3978</v>
       </c>
       <c r="N19" s="10">
         <v>6020</v>
       </c>
-      <c r="O19" s="47">
+      <c r="O19" s="48">
         <v>4282</v>
       </c>
-      <c r="P19" s="32"/>
-      <c r="Q19" s="47">
+      <c r="P19" s="36"/>
+      <c r="Q19" s="48">
         <v>6532</v>
       </c>
-      <c r="R19" s="31"/>
-      <c r="S19" s="32"/>
+      <c r="R19" s="35"/>
+      <c r="S19" s="36"/>
       <c r="T19" s="10">
-        <v>4147</v>
+        <v>4146</v>
       </c>
       <c r="U19" s="10">
-        <v>6364</v>
+        <v>6363</v>
       </c>
       <c r="V19" s="10">
         <v>3410</v>
       </c>
       <c r="W19" s="10">
         <v>5291</v>
       </c>
       <c r="X19" s="10">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="Y19" s="10">
-        <v>5382</v>
+        <v>5384</v>
       </c>
       <c r="Z19" s="10">
         <v>3631</v>
       </c>
       <c r="AA19" s="10">
         <v>5528</v>
       </c>
       <c r="AB19" s="10">
-        <v>3587</v>
+        <v>3588</v>
       </c>
       <c r="AC19" s="10">
-        <v>5535</v>
+        <v>5534</v>
       </c>
       <c r="AD19" s="9"/>
       <c r="AE19" s="9"/>
     </row>
     <row r="20" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A20" s="42" t="s">
+      <c r="A20" s="49" t="s">
         <v>66</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="12">
         <v>3093</v>
       </c>
       <c r="D20" s="12">
         <v>4645</v>
       </c>
       <c r="E20" s="12">
         <v>3350</v>
       </c>
-      <c r="F20" s="43">
+      <c r="F20" s="50">
         <v>5029</v>
       </c>
-      <c r="G20" s="32"/>
+      <c r="G20" s="36"/>
       <c r="H20" s="12">
         <v>3492</v>
       </c>
-      <c r="I20" s="43">
+      <c r="I20" s="50">
         <v>5242</v>
       </c>
-      <c r="J20" s="32"/>
+      <c r="J20" s="36"/>
       <c r="K20" s="12">
         <v>3746</v>
       </c>
       <c r="L20" s="12">
         <v>5718</v>
       </c>
       <c r="M20" s="12">
         <v>4014</v>
       </c>
       <c r="N20" s="12">
         <v>6051</v>
       </c>
-      <c r="O20" s="43">
+      <c r="O20" s="50">
         <v>3944</v>
       </c>
-      <c r="P20" s="32"/>
-      <c r="Q20" s="43">
+      <c r="P20" s="36"/>
+      <c r="Q20" s="50">
         <v>6059</v>
       </c>
-      <c r="R20" s="31"/>
-      <c r="S20" s="32"/>
+      <c r="R20" s="35"/>
+      <c r="S20" s="36"/>
       <c r="T20" s="12">
         <v>4006</v>
       </c>
       <c r="U20" s="12">
         <v>6013</v>
       </c>
       <c r="V20" s="12">
-        <v>3613</v>
+        <v>3612</v>
       </c>
       <c r="W20" s="12">
-        <v>5488</v>
+        <v>5487</v>
       </c>
       <c r="X20" s="12">
-        <v>3584</v>
+        <v>3583</v>
       </c>
       <c r="Y20" s="12">
-        <v>5475</v>
+        <v>5474</v>
       </c>
       <c r="Z20" s="12">
         <v>3411</v>
       </c>
       <c r="AA20" s="12">
-        <v>5245</v>
+        <v>5246</v>
       </c>
       <c r="AB20" s="12">
-        <v>3115</v>
+        <v>3112</v>
       </c>
       <c r="AC20" s="12">
-        <v>4688</v>
+        <v>4681</v>
       </c>
       <c r="AD20" s="11"/>
       <c r="AE20" s="11"/>
     </row>
     <row r="21" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A21" s="46" t="s">
+      <c r="A21" s="47" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="10">
         <v>2659</v>
       </c>
       <c r="D21" s="10">
         <v>4046</v>
       </c>
       <c r="E21" s="10">
         <v>2911</v>
       </c>
-      <c r="F21" s="47">
+      <c r="F21" s="48">
         <v>4425</v>
       </c>
-      <c r="G21" s="32"/>
+      <c r="G21" s="36"/>
       <c r="H21" s="10">
         <v>2842</v>
       </c>
-      <c r="I21" s="47">
+      <c r="I21" s="48">
         <v>4302</v>
       </c>
-      <c r="J21" s="32"/>
+      <c r="J21" s="36"/>
       <c r="K21" s="10">
         <v>2742</v>
       </c>
       <c r="L21" s="10">
         <v>4146</v>
       </c>
       <c r="M21" s="10">
         <v>3041</v>
       </c>
       <c r="N21" s="10">
         <v>4725</v>
       </c>
-      <c r="O21" s="47">
+      <c r="O21" s="48">
         <v>3204</v>
       </c>
-      <c r="P21" s="32"/>
-      <c r="Q21" s="47">
+      <c r="P21" s="36"/>
+      <c r="Q21" s="48">
         <v>4892</v>
       </c>
-      <c r="R21" s="31"/>
-      <c r="S21" s="32"/>
+      <c r="R21" s="35"/>
+      <c r="S21" s="36"/>
       <c r="T21" s="10">
         <v>3430</v>
       </c>
       <c r="U21" s="10">
         <v>5262</v>
       </c>
       <c r="V21" s="10">
-        <v>2843</v>
+        <v>2842</v>
       </c>
       <c r="W21" s="10">
-        <v>4322</v>
+        <v>4318</v>
       </c>
       <c r="X21" s="10">
         <v>2827</v>
       </c>
       <c r="Y21" s="10">
         <v>4339</v>
       </c>
       <c r="Z21" s="10">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="AA21" s="10">
-        <v>3952</v>
+        <v>3953</v>
       </c>
       <c r="AB21" s="10">
-        <v>2737</v>
+        <v>2736</v>
       </c>
       <c r="AC21" s="10">
-        <v>4156</v>
+        <v>4154</v>
       </c>
       <c r="AD21" s="9"/>
       <c r="AE21" s="9"/>
     </row>
     <row r="22" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A22" s="42" t="s">
+      <c r="A22" s="49" t="s">
         <v>68</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="12">
         <v>2760</v>
       </c>
       <c r="D22" s="12">
         <v>4098</v>
       </c>
       <c r="E22" s="12">
         <v>2877</v>
       </c>
-      <c r="F22" s="43">
+      <c r="F22" s="50">
         <v>4388</v>
       </c>
-      <c r="G22" s="32"/>
+      <c r="G22" s="36"/>
       <c r="H22" s="12">
         <v>3239</v>
       </c>
-      <c r="I22" s="43">
+      <c r="I22" s="50">
         <v>4894</v>
       </c>
-      <c r="J22" s="32"/>
+      <c r="J22" s="36"/>
       <c r="K22" s="12">
         <v>3508</v>
       </c>
       <c r="L22" s="12">
         <v>5288</v>
       </c>
       <c r="M22" s="12">
         <v>3560</v>
       </c>
       <c r="N22" s="12">
         <v>5453</v>
       </c>
-      <c r="O22" s="43">
+      <c r="O22" s="50">
         <v>4008</v>
       </c>
-      <c r="P22" s="32"/>
-      <c r="Q22" s="43">
+      <c r="P22" s="36"/>
+      <c r="Q22" s="50">
         <v>6063</v>
       </c>
-      <c r="R22" s="31"/>
-      <c r="S22" s="32"/>
+      <c r="R22" s="35"/>
+      <c r="S22" s="36"/>
       <c r="T22" s="12">
         <v>3538</v>
       </c>
       <c r="U22" s="12">
         <v>5387</v>
       </c>
       <c r="V22" s="12">
-        <v>3282</v>
+        <v>3281</v>
       </c>
       <c r="W22" s="12">
-        <v>5065</v>
+        <v>5064</v>
       </c>
       <c r="X22" s="12">
         <v>3312</v>
       </c>
       <c r="Y22" s="12">
         <v>5076</v>
       </c>
       <c r="Z22" s="12">
-        <v>3694</v>
+        <v>3692</v>
       </c>
       <c r="AA22" s="12">
-        <v>5687</v>
+        <v>5684</v>
       </c>
       <c r="AB22" s="12">
-        <v>3412</v>
+        <v>3409</v>
       </c>
       <c r="AC22" s="12">
-        <v>5111</v>
+        <v>5106</v>
       </c>
       <c r="AD22" s="11"/>
       <c r="AE22" s="11"/>
     </row>
     <row r="23" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A23" s="46" t="s">
+      <c r="A23" s="47" t="s">
         <v>69</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="10">
         <v>2933</v>
       </c>
       <c r="D23" s="10">
         <v>4440</v>
       </c>
       <c r="E23" s="10">
         <v>3303</v>
       </c>
-      <c r="F23" s="47">
+      <c r="F23" s="48">
         <v>4990</v>
       </c>
-      <c r="G23" s="32"/>
+      <c r="G23" s="36"/>
       <c r="H23" s="10">
         <v>3329</v>
       </c>
-      <c r="I23" s="47">
+      <c r="I23" s="48">
         <v>4995</v>
       </c>
-      <c r="J23" s="32"/>
+      <c r="J23" s="36"/>
       <c r="K23" s="10">
         <v>3090</v>
       </c>
       <c r="L23" s="10">
         <v>4721</v>
       </c>
       <c r="M23" s="10">
         <v>3631</v>
       </c>
       <c r="N23" s="10">
         <v>5557</v>
       </c>
-      <c r="O23" s="47">
+      <c r="O23" s="48">
         <v>3806</v>
       </c>
-      <c r="P23" s="32"/>
-      <c r="Q23" s="47">
+      <c r="P23" s="36"/>
+      <c r="Q23" s="48">
         <v>5799</v>
       </c>
-      <c r="R23" s="31"/>
-      <c r="S23" s="32"/>
+      <c r="R23" s="35"/>
+      <c r="S23" s="36"/>
       <c r="T23" s="10">
         <v>3714</v>
       </c>
       <c r="U23" s="10">
         <v>5644</v>
       </c>
       <c r="V23" s="10">
         <v>3274</v>
       </c>
       <c r="W23" s="10">
         <v>4925</v>
       </c>
       <c r="X23" s="10">
-        <v>3311</v>
+        <v>3309</v>
       </c>
       <c r="Y23" s="10">
-        <v>4982</v>
+        <v>4978</v>
       </c>
       <c r="Z23" s="10">
         <v>3474</v>
       </c>
       <c r="AA23" s="10">
-        <v>5299</v>
+        <v>5298</v>
       </c>
       <c r="AB23" s="10">
-        <v>3243</v>
+        <v>3241</v>
       </c>
       <c r="AC23" s="10">
-        <v>4982</v>
+        <v>4978</v>
       </c>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
     </row>
     <row r="24" spans="1:31" x14ac:dyDescent="0.35">
-      <c r="A24" s="42" t="s">
+      <c r="A24" s="49" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="12">
         <v>3166</v>
       </c>
       <c r="D24" s="12">
         <v>4790</v>
       </c>
       <c r="E24" s="12">
         <v>3364</v>
       </c>
-      <c r="F24" s="43">
+      <c r="F24" s="50">
         <v>4981</v>
       </c>
-      <c r="G24" s="32"/>
+      <c r="G24" s="36"/>
       <c r="H24" s="12">
         <v>3810</v>
       </c>
-      <c r="I24" s="43">
+      <c r="I24" s="50">
         <v>5691</v>
       </c>
-      <c r="J24" s="32"/>
+      <c r="J24" s="36"/>
       <c r="K24" s="12">
         <v>3528</v>
       </c>
       <c r="L24" s="12">
         <v>5400</v>
       </c>
       <c r="M24" s="12">
         <v>4060</v>
       </c>
       <c r="N24" s="12">
         <v>6125</v>
       </c>
-      <c r="O24" s="43">
+      <c r="O24" s="50">
         <v>3374</v>
       </c>
-      <c r="P24" s="32"/>
-      <c r="Q24" s="43">
+      <c r="P24" s="36"/>
+      <c r="Q24" s="50">
         <v>5131</v>
       </c>
-      <c r="R24" s="31"/>
-      <c r="S24" s="32"/>
+      <c r="R24" s="35"/>
+      <c r="S24" s="36"/>
       <c r="T24" s="12">
         <v>4546</v>
       </c>
       <c r="U24" s="12">
         <v>7002</v>
       </c>
       <c r="V24" s="12">
-        <v>3766</v>
+        <v>3765</v>
       </c>
       <c r="W24" s="12">
-        <v>5719</v>
+        <v>5718</v>
       </c>
       <c r="X24" s="12">
         <v>3795</v>
       </c>
       <c r="Y24" s="12">
         <v>5772</v>
       </c>
       <c r="Z24" s="12">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="AA24" s="12">
-        <v>5000</v>
+        <v>5001</v>
       </c>
       <c r="AB24" s="12">
-        <v>3475</v>
+        <v>3476</v>
       </c>
       <c r="AC24" s="12">
-        <v>5250</v>
+        <v>5244</v>
       </c>
       <c r="AD24" s="11"/>
       <c r="AE24" s="11"/>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="13">
         <v>34114</v>
       </c>
       <c r="D25" s="13">
         <v>51575</v>
       </c>
       <c r="E25" s="13">
         <v>37410</v>
       </c>
-      <c r="F25" s="45">
+      <c r="F25" s="51">
         <v>56168</v>
       </c>
-      <c r="G25" s="32"/>
+      <c r="G25" s="36"/>
       <c r="H25" s="13">
         <v>40508</v>
       </c>
-      <c r="I25" s="45">
+      <c r="I25" s="51">
         <v>60949</v>
       </c>
-      <c r="J25" s="32"/>
+      <c r="J25" s="36"/>
       <c r="K25" s="13">
         <v>41808</v>
       </c>
       <c r="L25" s="13">
         <v>63500</v>
       </c>
       <c r="M25" s="13">
         <v>43830</v>
       </c>
       <c r="N25" s="13">
         <v>66843</v>
       </c>
-      <c r="O25" s="45">
+      <c r="O25" s="51">
         <v>45412</v>
       </c>
-      <c r="P25" s="32"/>
-      <c r="Q25" s="45">
+      <c r="P25" s="36"/>
+      <c r="Q25" s="51">
         <v>69325</v>
       </c>
-      <c r="R25" s="31"/>
-      <c r="S25" s="32"/>
+      <c r="R25" s="35"/>
+      <c r="S25" s="36"/>
       <c r="T25" s="13">
-        <v>45374</v>
+        <v>45373</v>
       </c>
       <c r="U25" s="13">
-        <v>69276</v>
+        <v>69275</v>
       </c>
       <c r="V25" s="13">
-        <v>41675</v>
+        <v>41670</v>
       </c>
       <c r="W25" s="13">
-        <v>63719</v>
+        <v>63711</v>
       </c>
       <c r="X25" s="13">
-        <v>39956</v>
+        <v>39953</v>
       </c>
       <c r="Y25" s="13">
-        <v>60979</v>
+        <v>60973</v>
       </c>
       <c r="Z25" s="13">
         <v>39456</v>
       </c>
       <c r="AA25" s="13">
-        <v>60128</v>
+        <v>60126</v>
       </c>
       <c r="AB25" s="13">
-        <v>38982</v>
+        <v>38978</v>
       </c>
       <c r="AC25" s="13">
-        <v>59204</v>
+        <v>59188</v>
       </c>
       <c r="AD25" s="13">
-        <v>16448</v>
+        <v>20120</v>
       </c>
       <c r="AE25" s="13">
-        <v>24916</v>
+        <v>30311</v>
       </c>
     </row>
     <row r="26" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="90">
-    <mergeCell ref="G2:I2"/>
-[...12 lines deleted...]
-    <mergeCell ref="O11:S11"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="O25:P25"/>
+    <mergeCell ref="Q25:S25"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="O24:P24"/>
+    <mergeCell ref="Q24:S24"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="Q23:S23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="F22:G22"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="O22:P22"/>
+    <mergeCell ref="Q22:S22"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="O21:P21"/>
+    <mergeCell ref="Q21:S21"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="I20:J20"/>
+    <mergeCell ref="O20:P20"/>
+    <mergeCell ref="Q20:S20"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="Q19:S19"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="Q18:S18"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="O17:P17"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="O16:P16"/>
+    <mergeCell ref="Q16:S16"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="O15:P15"/>
+    <mergeCell ref="Q15:S15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="O13:P13"/>
+    <mergeCell ref="Q13:S13"/>
     <mergeCell ref="AD11:AE11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="I12:J12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="Q12:S12"/>
     <mergeCell ref="T11:U11"/>
     <mergeCell ref="V11:W11"/>
     <mergeCell ref="X11:Y11"/>
     <mergeCell ref="Z11:AA11"/>
     <mergeCell ref="AB11:AC11"/>
-    <mergeCell ref="A13:B13"/>
-[...63 lines deleted...]
-    <mergeCell ref="Q25:S25"/>
+    <mergeCell ref="A8:Q8"/>
+    <mergeCell ref="A10:O10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="M11:N11"/>
+    <mergeCell ref="O11:S11"/>
+    <mergeCell ref="G2:I2"/>
+    <mergeCell ref="B3:R3"/>
+    <mergeCell ref="B5:R5"/>
+    <mergeCell ref="B6:R6"/>
+    <mergeCell ref="A7:Q7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="18.26953125" customWidth="1"/>
     <col min="3" max="5" width="17.1796875" customWidth="1"/>
     <col min="6" max="6" width="6.54296875" customWidth="1"/>
     <col min="7" max="7" width="27" customWidth="1"/>
     <col min="8" max="8" width="75.81640625" customWidth="1"/>
     <col min="9" max="9" width="0.1796875" customWidth="1"/>
     <col min="10" max="10" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:9" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:9" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...5 lines deleted...]
-      <c r="I3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
     </row>
     <row r="4" spans="1:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:9" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...5 lines deleted...]
-      <c r="I5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
     </row>
     <row r="6" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...8 lines deleted...]
-      <c r="A7" s="49" t="s">
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+    </row>
+    <row r="7" spans="1:9" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="45" t="s">
         <v>89</v>
       </c>
-      <c r="B7" s="31"/>
-[...8 lines deleted...]
-      <c r="A8" s="40" t="s">
+      <c r="B7" s="35"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
+      <c r="G7" s="35"/>
+      <c r="H7" s="36"/>
+    </row>
+    <row r="8" spans="1:9" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="33" t="s">
         <v>90</v>
       </c>
-      <c r="B8" s="35"/>
-[...5 lines deleted...]
-      <c r="H8" s="35"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="32"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
     </row>
     <row r="9" spans="1:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="34"/>
-[...6 lines deleted...]
-      <c r="H9" s="35"/>
+      <c r="A9" s="42"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32"/>
     </row>
     <row r="10" spans="1:9" ht="286.89999999999998" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="34"/>
-[...8 lines deleted...]
-    <row r="11" spans="1:9" ht="0.65" customHeight="1" x14ac:dyDescent="0.35"/>
+      <c r="A10" s="42"/>
+      <c r="B10" s="32"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="32"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+    </row>
+    <row r="11" spans="1:9" ht="0.4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:9" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="44" t="s">
         <v>58</v>
       </c>
-      <c r="B12" s="32"/>
+      <c r="B12" s="36"/>
       <c r="C12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.35">
-      <c r="A13" s="46" t="s">
+      <c r="A13" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" s="36"/>
+      <c r="C13" s="14">
+        <v>3588</v>
+      </c>
+      <c r="D13" s="14">
+        <v>1490</v>
+      </c>
+      <c r="E13" s="14">
+        <v>5078</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A14" s="49" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="36"/>
+      <c r="C14" s="16">
+        <v>3112</v>
+      </c>
+      <c r="D14" s="16">
+        <v>1353</v>
+      </c>
+      <c r="E14" s="16">
+        <v>4465</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A15" s="47" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="14">
+        <v>2736</v>
+      </c>
+      <c r="D15" s="14">
+        <v>1237</v>
+      </c>
+      <c r="E15" s="14">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A16" s="49" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="36"/>
+      <c r="C16" s="16">
+        <v>3409</v>
+      </c>
+      <c r="D16" s="16">
+        <v>1333</v>
+      </c>
+      <c r="E16" s="16">
+        <v>4742</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A17" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="36"/>
+      <c r="C17" s="14">
+        <v>3241</v>
+      </c>
+      <c r="D17" s="14">
+        <v>1318</v>
+      </c>
+      <c r="E17" s="14">
+        <v>4559</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A18" s="49" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" s="36"/>
+      <c r="C18" s="16">
+        <v>3476</v>
+      </c>
+      <c r="D18" s="16">
+        <v>1356</v>
+      </c>
+      <c r="E18" s="16">
+        <v>4832</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A19" s="47" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" s="36"/>
+      <c r="C19" s="14">
+        <v>3198</v>
+      </c>
+      <c r="D19" s="14">
+        <v>1373</v>
+      </c>
+      <c r="E19" s="14">
+        <v>4571</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A20" s="49" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="36"/>
+      <c r="C20" s="16">
+        <v>3239</v>
+      </c>
+      <c r="D20" s="16">
+        <v>1478</v>
+      </c>
+      <c r="E20" s="16">
+        <v>4717</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A21" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" s="36"/>
+      <c r="C21" s="14">
+        <v>3280</v>
+      </c>
+      <c r="D21" s="14">
+        <v>1442</v>
+      </c>
+      <c r="E21" s="14">
+        <v>4722</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A22" s="49" t="s">
+        <v>62</v>
+      </c>
+      <c r="B22" s="36"/>
+      <c r="C22" s="16">
+        <v>3478</v>
+      </c>
+      <c r="D22" s="16">
+        <v>1636</v>
+      </c>
+      <c r="E22" s="16">
+        <v>5114</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A23" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="36"/>
+      <c r="C23" s="14">
+        <v>3195</v>
+      </c>
+      <c r="D23" s="14">
+        <v>1289</v>
+      </c>
+      <c r="E23" s="14">
+        <v>4484</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.35">
+      <c r="A24" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="B13" s="32"/>
-[...164 lines deleted...]
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="16">
-        <v>3213</v>
+        <v>3730</v>
       </c>
       <c r="D24" s="16">
-        <v>1289</v>
+        <v>1338</v>
       </c>
       <c r="E24" s="16">
-        <v>4502</v>
+        <v>5068</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="18">
-        <v>39320</v>
+        <v>39682</v>
       </c>
       <c r="D25" s="18">
-        <v>16568</v>
+        <v>16643</v>
       </c>
       <c r="E25" s="18">
-        <v>55888</v>
+        <v>56325</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A9:H10"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
-    <mergeCell ref="A9:H10"/>
-[...13 lines deleted...]
-    <mergeCell ref="A25:B25"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="A1:AM52"/>
+  <dimension ref="A1:AO52"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="30.7265625" customWidth="1"/>
     <col min="3" max="7" width="8.1796875" customWidth="1"/>
     <col min="8" max="8" width="5.1796875" customWidth="1"/>
     <col min="9" max="9" width="3" customWidth="1"/>
     <col min="10" max="11" width="8.1796875" customWidth="1"/>
     <col min="12" max="12" width="7.7265625" customWidth="1"/>
     <col min="13" max="13" width="0.26953125" customWidth="1"/>
     <col min="14" max="22" width="8.1796875" customWidth="1"/>
     <col min="23" max="23" width="2.7265625" customWidth="1"/>
     <col min="24" max="24" width="5.26953125" customWidth="1"/>
-    <col min="25" max="39" width="8.1796875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="41" max="41" width="146.7265625" customWidth="1"/>
+    <col min="25" max="41" width="8.1796875" customWidth="1"/>
+    <col min="42" max="42" width="0" hidden="1" customWidth="1"/>
+    <col min="43" max="43" width="146.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-[...7 lines deleted...]
-      <c r="B3" s="39" t="s">
+    <row r="1" spans="1:41" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:41" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="I2" s="32"/>
+      <c r="J2" s="32"/>
+      <c r="K2" s="32"/>
+      <c r="L2" s="32"/>
+    </row>
+    <row r="3" spans="1:41" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...23 lines deleted...]
-      <c r="B5" s="40" t="s">
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
+      <c r="Q3" s="32"/>
+      <c r="R3" s="32"/>
+      <c r="S3" s="32"/>
+      <c r="T3" s="32"/>
+      <c r="U3" s="32"/>
+      <c r="V3" s="32"/>
+      <c r="W3" s="32"/>
+    </row>
+    <row r="4" spans="1:41" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="5" spans="1:41" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...22 lines deleted...]
-      <c r="B6" s="40" t="s">
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
+      <c r="P5" s="32"/>
+      <c r="Q5" s="32"/>
+      <c r="R5" s="32"/>
+      <c r="S5" s="32"/>
+      <c r="T5" s="32"/>
+      <c r="U5" s="32"/>
+      <c r="V5" s="32"/>
+      <c r="W5" s="32"/>
+    </row>
+    <row r="6" spans="1:41" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...21 lines deleted...]
-    <row r="7" spans="1:39" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="32"/>
+      <c r="J6" s="32"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="32"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="32"/>
+      <c r="O6" s="32"/>
+      <c r="P6" s="32"/>
+      <c r="Q6" s="32"/>
+      <c r="R6" s="32"/>
+      <c r="S6" s="32"/>
+      <c r="T6" s="32"/>
+      <c r="U6" s="32"/>
+      <c r="V6" s="32"/>
+      <c r="W6" s="32"/>
+    </row>
+    <row r="7" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="32"/>
-      <c r="C7" s="49" t="s">
+      <c r="B7" s="36"/>
+      <c r="C7" s="45" t="s">
         <v>22</v>
       </c>
-      <c r="D7" s="31"/>
-[...17 lines deleted...]
-      <c r="V7" s="49" t="s">
+      <c r="D7" s="35"/>
+      <c r="E7" s="35"/>
+      <c r="F7" s="35"/>
+      <c r="G7" s="35"/>
+      <c r="H7" s="35"/>
+      <c r="I7" s="35"/>
+      <c r="J7" s="35"/>
+      <c r="K7" s="35"/>
+      <c r="L7" s="35"/>
+      <c r="M7" s="35"/>
+      <c r="N7" s="35"/>
+      <c r="O7" s="35"/>
+      <c r="P7" s="35"/>
+      <c r="Q7" s="35"/>
+      <c r="R7" s="35"/>
+      <c r="S7" s="35"/>
+      <c r="T7" s="35"/>
+      <c r="U7" s="35"/>
+      <c r="V7" s="36"/>
+      <c r="W7" s="45" t="s">
         <v>91</v>
       </c>
-      <c r="W7" s="31"/>
-[...17 lines deleted...]
-    <row r="8" spans="1:39" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="X7" s="35"/>
+      <c r="Y7" s="35"/>
+      <c r="Z7" s="35"/>
+      <c r="AA7" s="35"/>
+      <c r="AB7" s="35"/>
+      <c r="AC7" s="35"/>
+      <c r="AD7" s="35"/>
+      <c r="AE7" s="35"/>
+      <c r="AF7" s="35"/>
+      <c r="AG7" s="35"/>
+      <c r="AH7" s="35"/>
+      <c r="AI7" s="35"/>
+      <c r="AJ7" s="35"/>
+      <c r="AK7" s="35"/>
+      <c r="AL7" s="35"/>
+      <c r="AM7" s="35"/>
+      <c r="AN7" s="35"/>
+      <c r="AO7" s="36"/>
+    </row>
+    <row r="8" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="44" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="32"/>
-      <c r="C8" s="49" t="s">
+      <c r="B8" s="36"/>
+      <c r="C8" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="D8" s="31"/>
-[...3 lines deleted...]
-      <c r="H8" s="49" t="s">
+      <c r="D8" s="35"/>
+      <c r="E8" s="35"/>
+      <c r="F8" s="35"/>
+      <c r="G8" s="36"/>
+      <c r="H8" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="I8" s="31"/>
-[...5 lines deleted...]
-      <c r="O8" s="49" t="s">
+      <c r="I8" s="35"/>
+      <c r="J8" s="35"/>
+      <c r="K8" s="35"/>
+      <c r="L8" s="35"/>
+      <c r="M8" s="35"/>
+      <c r="N8" s="36"/>
+      <c r="O8" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="P8" s="31"/>
-[...3 lines deleted...]
-      <c r="T8" s="49" t="s">
+      <c r="P8" s="35"/>
+      <c r="Q8" s="35"/>
+      <c r="R8" s="35"/>
+      <c r="S8" s="36"/>
+      <c r="T8" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="U8" s="32"/>
-      <c r="V8" s="49" t="s">
+      <c r="U8" s="35"/>
+      <c r="V8" s="36"/>
+      <c r="W8" s="45" t="s">
         <v>56</v>
       </c>
-      <c r="W8" s="31"/>
-[...4 lines deleted...]
-      <c r="AB8" s="49" t="s">
+      <c r="X8" s="35"/>
+      <c r="Y8" s="35"/>
+      <c r="Z8" s="35"/>
+      <c r="AA8" s="35"/>
+      <c r="AB8" s="36"/>
+      <c r="AC8" s="45" t="s">
         <v>57</v>
       </c>
-      <c r="AC8" s="31"/>
-[...3 lines deleted...]
-      <c r="AG8" s="49" t="s">
+      <c r="AD8" s="35"/>
+      <c r="AE8" s="35"/>
+      <c r="AF8" s="35"/>
+      <c r="AG8" s="36"/>
+      <c r="AH8" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="AH8" s="31"/>
-[...3 lines deleted...]
-      <c r="AL8" s="49" t="s">
+      <c r="AI8" s="35"/>
+      <c r="AJ8" s="35"/>
+      <c r="AK8" s="35"/>
+      <c r="AL8" s="36"/>
+      <c r="AM8" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="AM8" s="32"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:39" x14ac:dyDescent="0.35">
+      <c r="AN8" s="35"/>
+      <c r="AO8" s="36"/>
+    </row>
+    <row r="9" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A9" s="44" t="s">
         <v>92</v>
       </c>
-      <c r="B9" s="32"/>
+      <c r="B9" s="36"/>
       <c r="C9" s="8" t="s">
         <v>93</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>95</v>
       </c>
       <c r="F9" s="8" t="s">
         <v>96</v>
       </c>
       <c r="G9" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="H9" s="48" t="s">
+      <c r="H9" s="46" t="s">
         <v>93</v>
       </c>
-      <c r="I9" s="32"/>
+      <c r="I9" s="36"/>
       <c r="J9" s="8" t="s">
         <v>94</v>
       </c>
       <c r="K9" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="L9" s="48" t="s">
+      <c r="L9" s="46" t="s">
         <v>96</v>
       </c>
-      <c r="M9" s="32"/>
+      <c r="M9" s="36"/>
       <c r="N9" s="8" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="8" t="s">
         <v>93</v>
       </c>
       <c r="P9" s="8" t="s">
         <v>94</v>
       </c>
       <c r="Q9" s="8" t="s">
         <v>95</v>
       </c>
       <c r="R9" s="8" t="s">
         <v>96</v>
       </c>
       <c r="S9" s="8" t="s">
         <v>71</v>
       </c>
       <c r="T9" s="8" t="s">
         <v>93</v>
       </c>
       <c r="U9" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="V9" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="V9" s="8" t="s">
+      <c r="W9" s="46" t="s">
         <v>93</v>
       </c>
-      <c r="W9" s="48" t="s">
+      <c r="X9" s="36"/>
+      <c r="Y9" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="X9" s="32"/>
-      <c r="Y9" s="8" t="s">
+      <c r="Z9" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="Z9" s="8" t="s">
+      <c r="AA9" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="AA9" s="8" t="s">
+      <c r="AB9" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="AB9" s="8" t="s">
+      <c r="AC9" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="AC9" s="8" t="s">
+      <c r="AD9" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="AD9" s="8" t="s">
+      <c r="AE9" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="AE9" s="8" t="s">
+      <c r="AF9" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="AF9" s="8" t="s">
+      <c r="AG9" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="AG9" s="8" t="s">
+      <c r="AH9" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="AH9" s="8" t="s">
+      <c r="AI9" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="AI9" s="8" t="s">
+      <c r="AJ9" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="AJ9" s="8" t="s">
+      <c r="AK9" s="8" t="s">
         <v>96</v>
       </c>
-      <c r="AK9" s="8" t="s">
+      <c r="AL9" s="8" t="s">
         <v>71</v>
       </c>
-      <c r="AL9" s="8" t="s">
+      <c r="AM9" s="8" t="s">
         <v>93</v>
       </c>
-      <c r="AM9" s="8" t="s">
+      <c r="AN9" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="AO9" s="8" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="10" spans="1:39" x14ac:dyDescent="0.35">
-      <c r="A10" s="33" t="s">
+    <row r="10" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A10" s="39" t="s">
         <v>97</v>
       </c>
-      <c r="B10" s="32"/>
+      <c r="B10" s="36"/>
       <c r="C10" s="19">
         <v>291</v>
       </c>
       <c r="D10" s="19">
         <v>336</v>
       </c>
       <c r="E10" s="19">
         <v>268</v>
       </c>
       <c r="F10" s="19">
         <v>270</v>
       </c>
       <c r="G10" s="20">
         <v>1165</v>
       </c>
-      <c r="H10" s="53">
+      <c r="H10" s="54">
         <v>277</v>
       </c>
-      <c r="I10" s="32"/>
+      <c r="I10" s="36"/>
       <c r="J10" s="19">
         <v>257</v>
       </c>
       <c r="K10" s="19">
         <v>207</v>
       </c>
-      <c r="L10" s="53">
+      <c r="L10" s="54">
         <v>381</v>
       </c>
-      <c r="M10" s="32"/>
+      <c r="M10" s="36"/>
       <c r="N10" s="20">
         <v>1122</v>
       </c>
       <c r="O10" s="19">
         <v>335</v>
       </c>
       <c r="P10" s="19">
         <v>224</v>
       </c>
       <c r="Q10" s="19">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="R10" s="19">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="S10" s="20">
         <v>1064</v>
       </c>
       <c r="T10" s="19">
-        <v>236</v>
-[...4 lines deleted...]
-      <c r="V10" s="19">
+        <v>234</v>
+      </c>
+      <c r="U10" s="19">
+        <v>296</v>
+      </c>
+      <c r="V10" s="20">
+        <v>530</v>
+      </c>
+      <c r="W10" s="54">
         <v>462</v>
       </c>
-      <c r="W10" s="53">
+      <c r="X10" s="36"/>
+      <c r="Y10" s="19">
         <v>533</v>
       </c>
-      <c r="X10" s="32"/>
-      <c r="Y10" s="19">
+      <c r="Z10" s="19">
         <v>433</v>
       </c>
-      <c r="Z10" s="19">
+      <c r="AA10" s="19">
         <v>421</v>
       </c>
-      <c r="AA10" s="20">
+      <c r="AB10" s="20">
         <v>1849</v>
       </c>
-      <c r="AB10" s="19">
+      <c r="AC10" s="19">
         <v>424</v>
       </c>
-      <c r="AC10" s="19">
+      <c r="AD10" s="19">
         <v>411</v>
       </c>
-      <c r="AD10" s="19">
+      <c r="AE10" s="19">
         <v>352</v>
       </c>
-      <c r="AE10" s="19">
+      <c r="AF10" s="19">
         <v>628</v>
       </c>
-      <c r="AF10" s="20">
+      <c r="AG10" s="20">
         <v>1815</v>
       </c>
-      <c r="AG10" s="19">
+      <c r="AH10" s="19">
         <v>532</v>
       </c>
-      <c r="AH10" s="19">
+      <c r="AI10" s="19">
         <v>330</v>
       </c>
-      <c r="AI10" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ10" s="19">
-        <v>391</v>
-[...12 lines deleted...]
-      <c r="A11" s="33" t="s">
+        <v>412</v>
+      </c>
+      <c r="AK10" s="19">
+        <v>389</v>
+      </c>
+      <c r="AL10" s="20">
+        <v>1663</v>
+      </c>
+      <c r="AM10" s="19">
+        <v>380</v>
+      </c>
+      <c r="AN10" s="19">
+        <v>463</v>
+      </c>
+      <c r="AO10" s="20">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="11" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A11" s="39" t="s">
         <v>98</v>
       </c>
-      <c r="B11" s="32"/>
+      <c r="B11" s="36"/>
       <c r="C11" s="19">
         <v>307</v>
       </c>
       <c r="D11" s="19">
         <v>382</v>
       </c>
       <c r="E11" s="19">
         <v>319</v>
       </c>
       <c r="F11" s="19">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="G11" s="20">
-        <v>1377</v>
-[...1 lines deleted...]
-      <c r="H11" s="53">
+        <v>1376</v>
+      </c>
+      <c r="H11" s="54">
         <v>298</v>
       </c>
-      <c r="I11" s="32"/>
+      <c r="I11" s="36"/>
       <c r="J11" s="19">
         <v>310</v>
       </c>
       <c r="K11" s="19">
         <v>372</v>
       </c>
-      <c r="L11" s="53">
+      <c r="L11" s="54">
         <v>321</v>
       </c>
-      <c r="M11" s="32"/>
+      <c r="M11" s="36"/>
       <c r="N11" s="20">
         <v>1301</v>
       </c>
       <c r="O11" s="19">
         <v>299</v>
       </c>
       <c r="P11" s="19">
         <v>362</v>
       </c>
       <c r="Q11" s="19">
         <v>343</v>
       </c>
       <c r="R11" s="19">
         <v>327</v>
       </c>
       <c r="S11" s="20">
         <v>1331</v>
       </c>
       <c r="T11" s="19">
         <v>308</v>
       </c>
-      <c r="U11" s="20">
-[...2 lines deleted...]
-      <c r="V11" s="19">
+      <c r="U11" s="19">
+        <v>317</v>
+      </c>
+      <c r="V11" s="20">
+        <v>625</v>
+      </c>
+      <c r="W11" s="54">
         <v>471</v>
       </c>
-      <c r="W11" s="53">
+      <c r="X11" s="36"/>
+      <c r="Y11" s="19">
         <v>581</v>
       </c>
-      <c r="X11" s="32"/>
-      <c r="Y11" s="19">
+      <c r="Z11" s="19">
         <v>482</v>
       </c>
-      <c r="Z11" s="19">
-[...5 lines deleted...]
-      <c r="AB11" s="19">
+      <c r="AA11" s="19">
+        <v>557</v>
+      </c>
+      <c r="AB11" s="20">
+        <v>2091</v>
+      </c>
+      <c r="AC11" s="19">
         <v>474</v>
       </c>
-      <c r="AC11" s="19">
+      <c r="AD11" s="19">
         <v>485</v>
       </c>
-      <c r="AD11" s="19">
+      <c r="AE11" s="19">
         <v>561</v>
       </c>
-      <c r="AE11" s="19">
+      <c r="AF11" s="19">
         <v>497</v>
       </c>
-      <c r="AF11" s="20">
+      <c r="AG11" s="20">
         <v>2017</v>
       </c>
-      <c r="AG11" s="19">
+      <c r="AH11" s="19">
         <v>462</v>
       </c>
-      <c r="AH11" s="19">
+      <c r="AI11" s="19">
         <v>547</v>
       </c>
-      <c r="AI11" s="19">
+      <c r="AJ11" s="19">
         <v>530</v>
       </c>
-      <c r="AJ11" s="19">
+      <c r="AK11" s="19">
         <v>486</v>
       </c>
-      <c r="AK11" s="20">
+      <c r="AL11" s="20">
         <v>2025</v>
       </c>
-      <c r="AL11" s="19">
+      <c r="AM11" s="19">
         <v>454</v>
       </c>
-      <c r="AM11" s="20">
-[...4 lines deleted...]
-      <c r="A12" s="33" t="s">
+      <c r="AN11" s="19">
+        <v>481</v>
+      </c>
+      <c r="AO11" s="20">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="12" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A12" s="39" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="32"/>
+      <c r="B12" s="36"/>
       <c r="C12" s="19">
         <v>114</v>
       </c>
       <c r="D12" s="19">
         <v>128</v>
       </c>
       <c r="E12" s="19">
         <v>119</v>
       </c>
       <c r="F12" s="19">
         <v>109</v>
       </c>
       <c r="G12" s="20">
         <v>470</v>
       </c>
-      <c r="H12" s="53">
+      <c r="H12" s="54">
         <v>92</v>
       </c>
-      <c r="I12" s="32"/>
+      <c r="I12" s="36"/>
       <c r="J12" s="19">
         <v>150</v>
       </c>
       <c r="K12" s="19">
         <v>128</v>
       </c>
-      <c r="L12" s="53">
+      <c r="L12" s="54">
         <v>140</v>
       </c>
-      <c r="M12" s="32"/>
+      <c r="M12" s="36"/>
       <c r="N12" s="20">
         <v>510</v>
       </c>
       <c r="O12" s="19">
         <v>124</v>
       </c>
       <c r="P12" s="19">
         <v>138</v>
       </c>
       <c r="Q12" s="19">
         <v>116</v>
       </c>
       <c r="R12" s="19">
         <v>106</v>
       </c>
       <c r="S12" s="20">
         <v>484</v>
       </c>
       <c r="T12" s="19">
         <v>97</v>
       </c>
-      <c r="U12" s="20">
-[...2 lines deleted...]
-      <c r="V12" s="19">
+      <c r="U12" s="19">
+        <v>104</v>
+      </c>
+      <c r="V12" s="20">
+        <v>201</v>
+      </c>
+      <c r="W12" s="54">
         <v>187</v>
       </c>
-      <c r="W12" s="53">
+      <c r="X12" s="36"/>
+      <c r="Y12" s="19">
         <v>213</v>
       </c>
-      <c r="X12" s="32"/>
-      <c r="Y12" s="19">
+      <c r="Z12" s="19">
         <v>193</v>
       </c>
-      <c r="Z12" s="19">
+      <c r="AA12" s="19">
         <v>167</v>
       </c>
-      <c r="AA12" s="20">
+      <c r="AB12" s="20">
         <v>760</v>
       </c>
-      <c r="AB12" s="19">
+      <c r="AC12" s="19">
         <v>133</v>
       </c>
-      <c r="AC12" s="19">
+      <c r="AD12" s="19">
         <v>225</v>
       </c>
-      <c r="AD12" s="19">
+      <c r="AE12" s="19">
         <v>192</v>
       </c>
-      <c r="AE12" s="19">
+      <c r="AF12" s="19">
         <v>217</v>
       </c>
-      <c r="AF12" s="20">
+      <c r="AG12" s="20">
         <v>767</v>
       </c>
-      <c r="AG12" s="19">
+      <c r="AH12" s="19">
         <v>194</v>
       </c>
-      <c r="AH12" s="19">
+      <c r="AI12" s="19">
         <v>214</v>
       </c>
-      <c r="AI12" s="19">
+      <c r="AJ12" s="19">
         <v>174</v>
       </c>
-      <c r="AJ12" s="19">
+      <c r="AK12" s="19">
         <v>171</v>
       </c>
-      <c r="AK12" s="20">
+      <c r="AL12" s="20">
         <v>753</v>
       </c>
-      <c r="AL12" s="19">
+      <c r="AM12" s="19">
         <v>139</v>
       </c>
-      <c r="AM12" s="20">
-[...4 lines deleted...]
-      <c r="A13" s="33" t="s">
+      <c r="AN12" s="19">
+        <v>157</v>
+      </c>
+      <c r="AO12" s="20">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="13" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A13" s="39" t="s">
         <v>100</v>
       </c>
-      <c r="B13" s="32"/>
+      <c r="B13" s="36"/>
       <c r="C13" s="19">
         <v>215</v>
       </c>
       <c r="D13" s="19">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E13" s="19">
         <v>200</v>
       </c>
       <c r="F13" s="19">
         <v>366</v>
       </c>
       <c r="G13" s="20">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="H13" s="53">
+        <v>973</v>
+      </c>
+      <c r="H13" s="54">
         <v>248</v>
       </c>
-      <c r="I13" s="32"/>
+      <c r="I13" s="36"/>
       <c r="J13" s="19">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K13" s="19">
         <v>181</v>
       </c>
-      <c r="L13" s="53">
+      <c r="L13" s="54">
         <v>251</v>
       </c>
-      <c r="M13" s="32"/>
+      <c r="M13" s="36"/>
       <c r="N13" s="20">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="O13" s="19">
         <v>209</v>
       </c>
       <c r="P13" s="19">
         <v>225</v>
       </c>
       <c r="Q13" s="19">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="R13" s="19">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="S13" s="20">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="T13" s="19">
-        <v>230</v>
-[...4 lines deleted...]
-      <c r="V13" s="19">
+        <v>231</v>
+      </c>
+      <c r="U13" s="19">
+        <v>290</v>
+      </c>
+      <c r="V13" s="20">
+        <v>521</v>
+      </c>
+      <c r="W13" s="54">
         <v>321</v>
       </c>
-      <c r="W13" s="53">
-[...2 lines deleted...]
-      <c r="X13" s="32"/>
+      <c r="X13" s="36"/>
       <c r="Y13" s="19">
+        <v>286</v>
+      </c>
+      <c r="Z13" s="19">
         <v>311</v>
       </c>
-      <c r="Z13" s="19">
+      <c r="AA13" s="19">
         <v>548</v>
       </c>
-      <c r="AA13" s="20">
-[...2 lines deleted...]
-      <c r="AB13" s="19">
+      <c r="AB13" s="20">
+        <v>1466</v>
+      </c>
+      <c r="AC13" s="19">
         <v>367</v>
       </c>
-      <c r="AC13" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AD13" s="19">
+        <v>363</v>
+      </c>
+      <c r="AE13" s="19">
         <v>288</v>
       </c>
-      <c r="AE13" s="19">
+      <c r="AF13" s="19">
         <v>393</v>
       </c>
-      <c r="AF13" s="20">
-[...2 lines deleted...]
-      <c r="AG13" s="19">
+      <c r="AG13" s="20">
+        <v>1411</v>
+      </c>
+      <c r="AH13" s="19">
         <v>306</v>
       </c>
-      <c r="AH13" s="19">
+      <c r="AI13" s="19">
         <v>336</v>
       </c>
-      <c r="AI13" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ13" s="19">
-        <v>564</v>
-[...4 lines deleted...]
-      <c r="AL13" s="19">
+        <v>236</v>
+      </c>
+      <c r="AK13" s="19">
+        <v>563</v>
+      </c>
+      <c r="AL13" s="20">
+        <v>1441</v>
+      </c>
+      <c r="AM13" s="19">
         <v>348</v>
       </c>
-      <c r="AM13" s="20">
-[...4 lines deleted...]
-      <c r="A14" s="33" t="s">
+      <c r="AN13" s="19">
+        <v>438</v>
+      </c>
+      <c r="AO13" s="20">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="14" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A14" s="39" t="s">
         <v>101</v>
       </c>
-      <c r="B14" s="32"/>
+      <c r="B14" s="36"/>
       <c r="C14" s="19">
         <v>287</v>
       </c>
       <c r="D14" s="19">
         <v>259</v>
       </c>
       <c r="E14" s="19">
         <v>272</v>
       </c>
       <c r="F14" s="19">
         <v>300</v>
       </c>
       <c r="G14" s="20">
         <v>1118</v>
       </c>
-      <c r="H14" s="53">
+      <c r="H14" s="54">
         <v>273</v>
       </c>
-      <c r="I14" s="32"/>
+      <c r="I14" s="36"/>
       <c r="J14" s="19">
         <v>264</v>
       </c>
       <c r="K14" s="19">
         <v>267</v>
       </c>
-      <c r="L14" s="53">
+      <c r="L14" s="54">
         <v>329</v>
       </c>
-      <c r="M14" s="32"/>
+      <c r="M14" s="36"/>
       <c r="N14" s="20">
         <v>1133</v>
       </c>
       <c r="O14" s="19">
         <v>261</v>
       </c>
       <c r="P14" s="19">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="Q14" s="19">
         <v>252</v>
       </c>
       <c r="R14" s="19">
         <v>291</v>
       </c>
       <c r="S14" s="20">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="T14" s="19">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="V14" s="19">
+        <v>313</v>
+      </c>
+      <c r="U14" s="19">
+        <v>273</v>
+      </c>
+      <c r="V14" s="20">
+        <v>586</v>
+      </c>
+      <c r="W14" s="54">
         <v>446</v>
       </c>
-      <c r="W14" s="53">
+      <c r="X14" s="36"/>
+      <c r="Y14" s="19">
         <v>403</v>
       </c>
-      <c r="X14" s="32"/>
-      <c r="Y14" s="19">
+      <c r="Z14" s="19">
         <v>400</v>
       </c>
-      <c r="Z14" s="19">
+      <c r="AA14" s="19">
         <v>492</v>
       </c>
-      <c r="AA14" s="20">
+      <c r="AB14" s="20">
         <v>1741</v>
       </c>
-      <c r="AB14" s="19">
+      <c r="AC14" s="19">
         <v>406</v>
       </c>
-      <c r="AC14" s="19">
+      <c r="AD14" s="19">
         <v>401</v>
       </c>
-      <c r="AD14" s="19">
+      <c r="AE14" s="19">
         <v>422</v>
       </c>
-      <c r="AE14" s="19">
-[...5 lines deleted...]
-      <c r="AG14" s="19">
+      <c r="AF14" s="19">
+        <v>493</v>
+      </c>
+      <c r="AG14" s="20">
+        <v>1722</v>
+      </c>
+      <c r="AH14" s="19">
         <v>401</v>
       </c>
-      <c r="AH14" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI14" s="19">
+        <v>382</v>
+      </c>
+      <c r="AJ14" s="19">
         <v>373</v>
       </c>
-      <c r="AJ14" s="19">
+      <c r="AK14" s="19">
         <v>451</v>
       </c>
-      <c r="AK14" s="20">
-[...10 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="AL14" s="20">
+        <v>1607</v>
+      </c>
+      <c r="AM14" s="19">
+        <v>488</v>
+      </c>
+      <c r="AN14" s="19">
+        <v>412</v>
+      </c>
+      <c r="AO14" s="20">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="15" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A15" s="39" t="s">
         <v>102</v>
       </c>
-      <c r="B15" s="32"/>
+      <c r="B15" s="36"/>
       <c r="C15" s="19">
         <v>81</v>
       </c>
       <c r="D15" s="19">
         <v>88</v>
       </c>
       <c r="E15" s="19">
         <v>98</v>
       </c>
       <c r="F15" s="19">
         <v>85</v>
       </c>
       <c r="G15" s="20">
         <v>352</v>
       </c>
-      <c r="H15" s="53">
+      <c r="H15" s="54">
         <v>91</v>
       </c>
-      <c r="I15" s="32"/>
+      <c r="I15" s="36"/>
       <c r="J15" s="19">
         <v>79</v>
       </c>
       <c r="K15" s="19">
         <v>90</v>
       </c>
-      <c r="L15" s="53">
+      <c r="L15" s="54">
         <v>111</v>
       </c>
-      <c r="M15" s="32"/>
+      <c r="M15" s="36"/>
       <c r="N15" s="20">
         <v>371</v>
       </c>
       <c r="O15" s="19">
         <v>82</v>
       </c>
       <c r="P15" s="19">
         <v>88</v>
       </c>
       <c r="Q15" s="19">
         <v>95</v>
       </c>
       <c r="R15" s="19">
         <v>87</v>
       </c>
       <c r="S15" s="20">
         <v>352</v>
       </c>
       <c r="T15" s="19">
         <v>78</v>
       </c>
-      <c r="U15" s="20">
-[...2 lines deleted...]
-      <c r="V15" s="19">
+      <c r="U15" s="19">
+        <v>89</v>
+      </c>
+      <c r="V15" s="20">
+        <v>167</v>
+      </c>
+      <c r="W15" s="54">
         <v>112</v>
       </c>
-      <c r="W15" s="53">
+      <c r="X15" s="36"/>
+      <c r="Y15" s="19">
         <v>139</v>
       </c>
-      <c r="X15" s="32"/>
-      <c r="Y15" s="19">
+      <c r="Z15" s="19">
         <v>145</v>
       </c>
-      <c r="Z15" s="19">
+      <c r="AA15" s="19">
         <v>117</v>
       </c>
-      <c r="AA15" s="20">
+      <c r="AB15" s="20">
         <v>513</v>
       </c>
-      <c r="AB15" s="19">
+      <c r="AC15" s="19">
         <v>140</v>
       </c>
-      <c r="AC15" s="19">
+      <c r="AD15" s="19">
         <v>121</v>
       </c>
-      <c r="AD15" s="19">
+      <c r="AE15" s="19">
         <v>131</v>
       </c>
-      <c r="AE15" s="19">
+      <c r="AF15" s="19">
         <v>167</v>
       </c>
-      <c r="AF15" s="20">
+      <c r="AG15" s="20">
         <v>559</v>
       </c>
-      <c r="AG15" s="19">
+      <c r="AH15" s="19">
         <v>125</v>
       </c>
-      <c r="AH15" s="19">
+      <c r="AI15" s="19">
         <v>126</v>
       </c>
-      <c r="AI15" s="19">
+      <c r="AJ15" s="19">
         <v>144</v>
       </c>
-      <c r="AJ15" s="19">
+      <c r="AK15" s="19">
         <v>131</v>
       </c>
-      <c r="AK15" s="20">
+      <c r="AL15" s="20">
         <v>526</v>
       </c>
-      <c r="AL15" s="19">
+      <c r="AM15" s="19">
         <v>121</v>
       </c>
-      <c r="AM15" s="20">
-[...4 lines deleted...]
-      <c r="A16" s="33" t="s">
+      <c r="AN15" s="19">
+        <v>133</v>
+      </c>
+      <c r="AO15" s="20">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="16" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A16" s="39" t="s">
         <v>103</v>
       </c>
-      <c r="B16" s="32"/>
+      <c r="B16" s="36"/>
       <c r="C16" s="19">
         <v>299</v>
       </c>
       <c r="D16" s="19">
         <v>320</v>
       </c>
       <c r="E16" s="19">
         <v>278</v>
       </c>
       <c r="F16" s="19">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="G16" s="20">
-        <v>1318</v>
-[...1 lines deleted...]
-      <c r="H16" s="53">
+        <v>1317</v>
+      </c>
+      <c r="H16" s="54">
         <v>366</v>
       </c>
-      <c r="I16" s="32"/>
+      <c r="I16" s="36"/>
       <c r="J16" s="19">
         <v>328</v>
       </c>
       <c r="K16" s="19">
         <v>308</v>
       </c>
-      <c r="L16" s="53">
+      <c r="L16" s="54">
         <v>357</v>
       </c>
-      <c r="M16" s="32"/>
+      <c r="M16" s="36"/>
       <c r="N16" s="20">
         <v>1359</v>
       </c>
       <c r="O16" s="19">
         <v>326</v>
       </c>
       <c r="P16" s="19">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Q16" s="19">
         <v>383</v>
       </c>
       <c r="R16" s="19">
         <v>396</v>
       </c>
       <c r="S16" s="20">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="T16" s="19">
-        <v>397</v>
-[...4 lines deleted...]
-      <c r="V16" s="19">
+        <v>395</v>
+      </c>
+      <c r="U16" s="19">
+        <v>366</v>
+      </c>
+      <c r="V16" s="20">
+        <v>761</v>
+      </c>
+      <c r="W16" s="54">
         <v>432</v>
       </c>
-      <c r="W16" s="53">
+      <c r="X16" s="36"/>
+      <c r="Y16" s="19">
         <v>460</v>
       </c>
-      <c r="X16" s="32"/>
-      <c r="Y16" s="19">
+      <c r="Z16" s="19">
         <v>409</v>
       </c>
-      <c r="Z16" s="19">
-[...5 lines deleted...]
-      <c r="AB16" s="19">
+      <c r="AA16" s="19">
+        <v>623</v>
+      </c>
+      <c r="AB16" s="20">
+        <v>1924</v>
+      </c>
+      <c r="AC16" s="19">
         <v>548</v>
       </c>
-      <c r="AC16" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AD16" s="19">
+        <v>490</v>
+      </c>
+      <c r="AE16" s="19">
         <v>451</v>
       </c>
-      <c r="AE16" s="19">
+      <c r="AF16" s="19">
         <v>538</v>
       </c>
-      <c r="AF16" s="20">
-[...2 lines deleted...]
-      <c r="AG16" s="19">
+      <c r="AG16" s="20">
+        <v>2027</v>
+      </c>
+      <c r="AH16" s="19">
         <v>459</v>
       </c>
-      <c r="AH16" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI16" s="19">
+        <v>635</v>
+      </c>
+      <c r="AJ16" s="19">
         <v>578</v>
       </c>
-      <c r="AJ16" s="19">
-[...13 lines deleted...]
-      <c r="A17" s="33" t="s">
+      <c r="AK16" s="19">
+        <v>586</v>
+      </c>
+      <c r="AL16" s="20">
+        <v>2258</v>
+      </c>
+      <c r="AM16" s="19">
+        <v>588</v>
+      </c>
+      <c r="AN16" s="19">
+        <v>532</v>
+      </c>
+      <c r="AO16" s="20">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A17" s="39" t="s">
         <v>104</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="19">
         <v>211</v>
       </c>
       <c r="D17" s="19">
         <v>186</v>
       </c>
       <c r="E17" s="19">
         <v>193</v>
       </c>
       <c r="F17" s="19">
         <v>202</v>
       </c>
       <c r="G17" s="20">
         <v>792</v>
       </c>
-      <c r="H17" s="53">
+      <c r="H17" s="54">
         <v>209</v>
       </c>
-      <c r="I17" s="32"/>
+      <c r="I17" s="36"/>
       <c r="J17" s="19">
         <v>214</v>
       </c>
       <c r="K17" s="19">
         <v>200</v>
       </c>
-      <c r="L17" s="53">
+      <c r="L17" s="54">
         <v>229</v>
       </c>
-      <c r="M17" s="32"/>
+      <c r="M17" s="36"/>
       <c r="N17" s="20">
         <v>852</v>
       </c>
       <c r="O17" s="19">
         <v>175</v>
       </c>
       <c r="P17" s="19">
         <v>209</v>
       </c>
       <c r="Q17" s="19">
         <v>177</v>
       </c>
       <c r="R17" s="19">
         <v>186</v>
       </c>
       <c r="S17" s="20">
         <v>747</v>
       </c>
       <c r="T17" s="19">
         <v>178</v>
       </c>
-      <c r="U17" s="20">
-[...2 lines deleted...]
-      <c r="V17" s="19">
+      <c r="U17" s="19">
+        <v>203</v>
+      </c>
+      <c r="V17" s="20">
+        <v>381</v>
+      </c>
+      <c r="W17" s="54">
         <v>306</v>
       </c>
-      <c r="W17" s="53">
+      <c r="X17" s="36"/>
+      <c r="Y17" s="19">
         <v>271</v>
       </c>
-      <c r="X17" s="32"/>
-      <c r="Y17" s="19">
+      <c r="Z17" s="19">
         <v>284</v>
       </c>
-      <c r="Z17" s="19">
+      <c r="AA17" s="19">
         <v>293</v>
       </c>
-      <c r="AA17" s="20">
+      <c r="AB17" s="20">
         <v>1154</v>
       </c>
-      <c r="AB17" s="19">
+      <c r="AC17" s="19">
         <v>305</v>
       </c>
-      <c r="AC17" s="19">
+      <c r="AD17" s="19">
         <v>346</v>
       </c>
-      <c r="AD17" s="19">
+      <c r="AE17" s="19">
         <v>293</v>
       </c>
-      <c r="AE17" s="19">
+      <c r="AF17" s="19">
         <v>361</v>
       </c>
-      <c r="AF17" s="20">
+      <c r="AG17" s="20">
         <v>1305</v>
       </c>
-      <c r="AG17" s="19">
+      <c r="AH17" s="19">
         <v>257</v>
       </c>
-      <c r="AH17" s="19">
+      <c r="AI17" s="19">
         <v>316</v>
       </c>
-      <c r="AI17" s="19">
+      <c r="AJ17" s="19">
         <v>277</v>
       </c>
-      <c r="AJ17" s="19">
+      <c r="AK17" s="19">
         <v>281</v>
       </c>
-      <c r="AK17" s="20">
+      <c r="AL17" s="20">
         <v>1131</v>
       </c>
-      <c r="AL17" s="19">
+      <c r="AM17" s="19">
         <v>272</v>
       </c>
-      <c r="AM17" s="20">
-[...4 lines deleted...]
-      <c r="A18" s="33" t="s">
+      <c r="AN17" s="19">
+        <v>286</v>
+      </c>
+      <c r="AO17" s="20">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="18" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A18" s="39" t="s">
         <v>105</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="19">
         <v>181</v>
       </c>
       <c r="D18" s="19">
         <v>177</v>
       </c>
       <c r="E18" s="19">
         <v>159</v>
       </c>
       <c r="F18" s="19">
         <v>210</v>
       </c>
       <c r="G18" s="20">
         <v>727</v>
       </c>
-      <c r="H18" s="53">
+      <c r="H18" s="54">
         <v>197</v>
       </c>
-      <c r="I18" s="32"/>
+      <c r="I18" s="36"/>
       <c r="J18" s="19">
         <v>183</v>
       </c>
       <c r="K18" s="19">
         <v>194</v>
       </c>
-      <c r="L18" s="53">
+      <c r="L18" s="54">
         <v>200</v>
       </c>
-      <c r="M18" s="32"/>
+      <c r="M18" s="36"/>
       <c r="N18" s="20">
         <v>774</v>
       </c>
       <c r="O18" s="19">
         <v>185</v>
       </c>
       <c r="P18" s="19">
         <v>193</v>
       </c>
       <c r="Q18" s="19">
         <v>176</v>
       </c>
       <c r="R18" s="19">
         <v>169</v>
       </c>
       <c r="S18" s="20">
         <v>723</v>
       </c>
       <c r="T18" s="19">
         <v>174</v>
       </c>
-      <c r="U18" s="20">
-[...2 lines deleted...]
-      <c r="V18" s="19">
+      <c r="U18" s="19">
+        <v>187</v>
+      </c>
+      <c r="V18" s="20">
+        <v>361</v>
+      </c>
+      <c r="W18" s="54">
         <v>277</v>
       </c>
-      <c r="W18" s="53">
+      <c r="X18" s="36"/>
+      <c r="Y18" s="19">
         <v>282</v>
       </c>
-      <c r="X18" s="32"/>
-      <c r="Y18" s="19">
+      <c r="Z18" s="19">
         <v>242</v>
       </c>
-      <c r="Z18" s="19">
+      <c r="AA18" s="19">
         <v>305</v>
       </c>
-      <c r="AA18" s="20">
+      <c r="AB18" s="20">
         <v>1106</v>
       </c>
-      <c r="AB18" s="19">
+      <c r="AC18" s="19">
         <v>310</v>
       </c>
-      <c r="AC18" s="19">
+      <c r="AD18" s="19">
         <v>279</v>
       </c>
-      <c r="AD18" s="19">
+      <c r="AE18" s="19">
         <v>278</v>
       </c>
-      <c r="AE18" s="19">
+      <c r="AF18" s="19">
         <v>308</v>
       </c>
-      <c r="AF18" s="20">
+      <c r="AG18" s="20">
         <v>1175</v>
       </c>
-      <c r="AG18" s="19">
+      <c r="AH18" s="19">
         <v>303</v>
       </c>
-      <c r="AH18" s="19">
+      <c r="AI18" s="19">
         <v>287</v>
       </c>
-      <c r="AI18" s="19">
+      <c r="AJ18" s="19">
         <v>271</v>
       </c>
-      <c r="AJ18" s="19">
+      <c r="AK18" s="19">
         <v>258</v>
       </c>
-      <c r="AK18" s="20">
+      <c r="AL18" s="20">
         <v>1119</v>
       </c>
-      <c r="AL18" s="19">
+      <c r="AM18" s="19">
         <v>259</v>
       </c>
-      <c r="AM18" s="20">
-[...4 lines deleted...]
-      <c r="A19" s="33" t="s">
+      <c r="AN18" s="19">
+        <v>274</v>
+      </c>
+      <c r="AO18" s="20">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="19" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A19" s="39" t="s">
         <v>106</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="19">
         <v>188</v>
       </c>
       <c r="D19" s="19">
         <v>182</v>
       </c>
       <c r="E19" s="19">
         <v>176</v>
       </c>
       <c r="F19" s="19">
         <v>181</v>
       </c>
       <c r="G19" s="20">
         <v>727</v>
       </c>
-      <c r="H19" s="53">
+      <c r="H19" s="54">
         <v>186</v>
       </c>
-      <c r="I19" s="32"/>
+      <c r="I19" s="36"/>
       <c r="J19" s="19">
         <v>172</v>
       </c>
       <c r="K19" s="19">
         <v>248</v>
       </c>
-      <c r="L19" s="53">
+      <c r="L19" s="54">
         <v>175</v>
       </c>
-      <c r="M19" s="32"/>
+      <c r="M19" s="36"/>
       <c r="N19" s="20">
         <v>781</v>
       </c>
       <c r="O19" s="19">
         <v>236</v>
       </c>
       <c r="P19" s="19">
         <v>182</v>
       </c>
       <c r="Q19" s="19">
         <v>165</v>
       </c>
       <c r="R19" s="19">
         <v>167</v>
       </c>
       <c r="S19" s="20">
         <v>750</v>
       </c>
       <c r="T19" s="19">
-        <v>173</v>
-[...4 lines deleted...]
-      <c r="V19" s="19">
+        <v>172</v>
+      </c>
+      <c r="U19" s="19">
+        <v>192</v>
+      </c>
+      <c r="V19" s="20">
+        <v>364</v>
+      </c>
+      <c r="W19" s="54">
         <v>285</v>
       </c>
-      <c r="W19" s="53">
+      <c r="X19" s="36"/>
+      <c r="Y19" s="19">
         <v>279</v>
       </c>
-      <c r="X19" s="32"/>
-      <c r="Y19" s="19">
+      <c r="Z19" s="19">
         <v>244</v>
       </c>
-      <c r="Z19" s="19">
+      <c r="AA19" s="19">
         <v>275</v>
       </c>
-      <c r="AA19" s="20">
+      <c r="AB19" s="20">
         <v>1083</v>
       </c>
-      <c r="AB19" s="19">
+      <c r="AC19" s="19">
         <v>286</v>
       </c>
-      <c r="AC19" s="19">
+      <c r="AD19" s="19">
         <v>259</v>
       </c>
-      <c r="AD19" s="19">
+      <c r="AE19" s="19">
         <v>357</v>
       </c>
-      <c r="AE19" s="19">
+      <c r="AF19" s="19">
         <v>265</v>
       </c>
-      <c r="AF19" s="20">
+      <c r="AG19" s="20">
         <v>1167</v>
       </c>
-      <c r="AG19" s="19">
+      <c r="AH19" s="19">
         <v>351</v>
       </c>
-      <c r="AH19" s="19">
+      <c r="AI19" s="19">
         <v>260</v>
       </c>
-      <c r="AI19" s="19">
+      <c r="AJ19" s="19">
         <v>247</v>
       </c>
-      <c r="AJ19" s="19">
+      <c r="AK19" s="19">
         <v>255</v>
       </c>
-      <c r="AK19" s="20">
+      <c r="AL19" s="20">
         <v>1113</v>
       </c>
-      <c r="AL19" s="19">
-[...7 lines deleted...]
-      <c r="A20" s="33" t="s">
+      <c r="AM19" s="19">
+        <v>256</v>
+      </c>
+      <c r="AN19" s="19">
+        <v>277</v>
+      </c>
+      <c r="AO19" s="20">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="20" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A20" s="39" t="s">
         <v>107</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="19">
         <v>236</v>
       </c>
       <c r="D20" s="19">
         <v>220</v>
       </c>
       <c r="E20" s="19">
         <v>224</v>
       </c>
       <c r="F20" s="19">
         <v>208</v>
       </c>
       <c r="G20" s="20">
         <v>888</v>
       </c>
-      <c r="H20" s="53">
-[...2 lines deleted...]
-      <c r="I20" s="32"/>
+      <c r="H20" s="54">
+        <v>188</v>
+      </c>
+      <c r="I20" s="36"/>
       <c r="J20" s="19">
         <v>171</v>
       </c>
       <c r="K20" s="19">
         <v>201</v>
       </c>
-      <c r="L20" s="53">
+      <c r="L20" s="54">
         <v>265</v>
       </c>
-      <c r="M20" s="32"/>
+      <c r="M20" s="36"/>
       <c r="N20" s="20">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="O20" s="19">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P20" s="19">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="Q20" s="19">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="R20" s="19">
         <v>226</v>
       </c>
       <c r="S20" s="20">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="T20" s="19">
-        <v>234</v>
-[...4 lines deleted...]
-      <c r="V20" s="19">
+        <v>233</v>
+      </c>
+      <c r="U20" s="19">
+        <v>264</v>
+      </c>
+      <c r="V20" s="20">
+        <v>497</v>
+      </c>
+      <c r="W20" s="54">
         <v>365</v>
       </c>
-      <c r="W20" s="53">
+      <c r="X20" s="36"/>
+      <c r="Y20" s="19">
         <v>346</v>
       </c>
-      <c r="X20" s="32"/>
-      <c r="Y20" s="19">
+      <c r="Z20" s="19">
         <v>347</v>
       </c>
-      <c r="Z20" s="19">
+      <c r="AA20" s="19">
         <v>302</v>
       </c>
-      <c r="AA20" s="20">
+      <c r="AB20" s="20">
         <v>1360</v>
       </c>
-      <c r="AB20" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AC20" s="19">
+        <v>295</v>
+      </c>
+      <c r="AD20" s="19">
         <v>275</v>
       </c>
-      <c r="AD20" s="19">
+      <c r="AE20" s="19">
         <v>302</v>
       </c>
-      <c r="AE20" s="19">
+      <c r="AF20" s="19">
         <v>417</v>
       </c>
-      <c r="AF20" s="20">
-[...3 lines deleted...]
-        <v>268</v>
+      <c r="AG20" s="20">
+        <v>1289</v>
       </c>
       <c r="AH20" s="19">
-        <v>307</v>
+        <v>269</v>
       </c>
       <c r="AI20" s="19">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="AJ20" s="19">
+        <v>319</v>
+      </c>
+      <c r="AK20" s="19">
         <v>334</v>
       </c>
-      <c r="AK20" s="20">
-[...10 lines deleted...]
-      <c r="A21" s="33" t="s">
+      <c r="AL20" s="20">
+        <v>1231</v>
+      </c>
+      <c r="AM20" s="19">
+        <v>349</v>
+      </c>
+      <c r="AN20" s="19">
+        <v>401</v>
+      </c>
+      <c r="AO20" s="20">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="21" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A21" s="39" t="s">
         <v>108</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="19">
         <v>374</v>
       </c>
       <c r="D21" s="19">
         <v>402</v>
       </c>
       <c r="E21" s="19">
         <v>519</v>
       </c>
       <c r="F21" s="19">
         <v>380</v>
       </c>
       <c r="G21" s="20">
         <v>1675</v>
       </c>
-      <c r="H21" s="53">
+      <c r="H21" s="54">
         <v>395</v>
       </c>
-      <c r="I21" s="32"/>
+      <c r="I21" s="36"/>
       <c r="J21" s="19">
         <v>371</v>
       </c>
       <c r="K21" s="19">
         <v>325</v>
       </c>
-      <c r="L21" s="53">
+      <c r="L21" s="54">
         <v>324</v>
       </c>
-      <c r="M21" s="32"/>
+      <c r="M21" s="36"/>
       <c r="N21" s="20">
         <v>1415</v>
       </c>
       <c r="O21" s="19">
         <v>324</v>
       </c>
       <c r="P21" s="19">
         <v>317</v>
       </c>
       <c r="Q21" s="19">
         <v>316</v>
       </c>
       <c r="R21" s="19">
         <v>417</v>
       </c>
       <c r="S21" s="20">
         <v>1374</v>
       </c>
       <c r="T21" s="19">
         <v>395</v>
       </c>
-      <c r="U21" s="20">
-[...2 lines deleted...]
-      <c r="V21" s="19">
+      <c r="U21" s="19">
+        <v>306</v>
+      </c>
+      <c r="V21" s="20">
+        <v>701</v>
+      </c>
+      <c r="W21" s="54">
         <v>577</v>
       </c>
-      <c r="W21" s="53">
+      <c r="X21" s="36"/>
+      <c r="Y21" s="19">
         <v>604</v>
       </c>
-      <c r="X21" s="32"/>
-      <c r="Y21" s="19">
+      <c r="Z21" s="19">
         <v>787</v>
       </c>
-      <c r="Z21" s="19">
+      <c r="AA21" s="19">
         <v>593</v>
       </c>
-      <c r="AA21" s="20">
+      <c r="AB21" s="20">
         <v>2561</v>
       </c>
-      <c r="AB21" s="19">
+      <c r="AC21" s="19">
         <v>597</v>
       </c>
-      <c r="AC21" s="19">
+      <c r="AD21" s="19">
         <v>574</v>
       </c>
-      <c r="AD21" s="19">
+      <c r="AE21" s="19">
         <v>516</v>
       </c>
-      <c r="AE21" s="19">
+      <c r="AF21" s="19">
         <v>494</v>
       </c>
-      <c r="AF21" s="20">
+      <c r="AG21" s="20">
         <v>2181</v>
       </c>
-      <c r="AG21" s="19">
+      <c r="AH21" s="19">
         <v>507</v>
       </c>
-      <c r="AH21" s="19">
+      <c r="AI21" s="19">
         <v>484</v>
       </c>
-      <c r="AI21" s="19">
+      <c r="AJ21" s="19">
         <v>489</v>
       </c>
-      <c r="AJ21" s="19">
+      <c r="AK21" s="19">
         <v>615</v>
       </c>
-      <c r="AK21" s="20">
+      <c r="AL21" s="20">
         <v>2095</v>
       </c>
-      <c r="AL21" s="19">
-[...7 lines deleted...]
-      <c r="A22" s="33" t="s">
+      <c r="AM21" s="19">
+        <v>604</v>
+      </c>
+      <c r="AN21" s="19">
+        <v>486</v>
+      </c>
+      <c r="AO21" s="20">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="22" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A22" s="39" t="s">
         <v>109</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="19">
         <v>481</v>
       </c>
       <c r="D22" s="19">
         <v>476</v>
       </c>
       <c r="E22" s="19">
         <v>456</v>
       </c>
       <c r="F22" s="19">
         <v>535</v>
       </c>
       <c r="G22" s="20">
         <v>1948</v>
       </c>
-      <c r="H22" s="53">
+      <c r="H22" s="54">
         <v>451</v>
       </c>
-      <c r="I22" s="32"/>
+      <c r="I22" s="36"/>
       <c r="J22" s="19">
         <v>464</v>
       </c>
       <c r="K22" s="19">
         <v>437</v>
       </c>
-      <c r="L22" s="53">
+      <c r="L22" s="54">
         <v>486</v>
       </c>
-      <c r="M22" s="32"/>
+      <c r="M22" s="36"/>
       <c r="N22" s="20">
         <v>1838</v>
       </c>
       <c r="O22" s="19">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="P22" s="19">
         <v>529</v>
       </c>
       <c r="Q22" s="19">
         <v>443</v>
       </c>
       <c r="R22" s="19">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="S22" s="20">
         <v>1906</v>
       </c>
       <c r="T22" s="19">
-        <v>497</v>
-[...4 lines deleted...]
-      <c r="V22" s="19">
+        <v>495</v>
+      </c>
+      <c r="U22" s="19">
+        <v>536</v>
+      </c>
+      <c r="V22" s="20">
+        <v>1031</v>
+      </c>
+      <c r="W22" s="54">
         <v>748</v>
       </c>
-      <c r="W22" s="53">
+      <c r="X22" s="36"/>
+      <c r="Y22" s="19">
         <v>754</v>
       </c>
-      <c r="X22" s="32"/>
-      <c r="Y22" s="19">
+      <c r="Z22" s="19">
         <v>687</v>
       </c>
-      <c r="Z22" s="19">
+      <c r="AA22" s="19">
         <v>784</v>
       </c>
-      <c r="AA22" s="20">
+      <c r="AB22" s="20">
         <v>2973</v>
       </c>
-      <c r="AB22" s="19">
+      <c r="AC22" s="19">
         <v>672</v>
       </c>
-      <c r="AC22" s="19">
+      <c r="AD22" s="19">
         <v>704</v>
       </c>
-      <c r="AD22" s="19">
+      <c r="AE22" s="19">
         <v>669</v>
       </c>
-      <c r="AE22" s="19">
+      <c r="AF22" s="19">
         <v>749</v>
       </c>
-      <c r="AF22" s="20">
+      <c r="AG22" s="20">
         <v>2794</v>
       </c>
-      <c r="AG22" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AH22" s="19">
+        <v>687</v>
+      </c>
+      <c r="AI22" s="19">
         <v>807</v>
       </c>
-      <c r="AI22" s="19">
+      <c r="AJ22" s="19">
         <v>681</v>
       </c>
-      <c r="AJ22" s="19">
-[...5 lines deleted...]
-      <c r="AL22" s="19">
+      <c r="AK22" s="19">
+        <v>740</v>
+      </c>
+      <c r="AL22" s="20">
+        <v>2915</v>
+      </c>
+      <c r="AM22" s="19">
         <v>758</v>
       </c>
-      <c r="AM22" s="20">
-[...4 lines deleted...]
-      <c r="A23" s="33" t="s">
+      <c r="AN22" s="19">
+        <v>799</v>
+      </c>
+      <c r="AO22" s="20">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="23" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A23" s="39" t="s">
         <v>110</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="19">
         <v>187</v>
       </c>
       <c r="D23" s="19">
         <v>205</v>
       </c>
       <c r="E23" s="19">
         <v>128</v>
       </c>
       <c r="F23" s="19">
         <v>189</v>
       </c>
       <c r="G23" s="20">
         <v>709</v>
       </c>
-      <c r="H23" s="53">
+      <c r="H23" s="54">
         <v>137</v>
       </c>
-      <c r="I23" s="32"/>
+      <c r="I23" s="36"/>
       <c r="J23" s="19">
         <v>163</v>
       </c>
       <c r="K23" s="19">
         <v>151</v>
       </c>
-      <c r="L23" s="53">
+      <c r="L23" s="54">
         <v>192</v>
       </c>
-      <c r="M23" s="32"/>
+      <c r="M23" s="36"/>
       <c r="N23" s="20">
         <v>643</v>
       </c>
       <c r="O23" s="19">
         <v>156</v>
       </c>
       <c r="P23" s="19">
         <v>134</v>
       </c>
       <c r="Q23" s="19">
         <v>185</v>
       </c>
       <c r="R23" s="19">
         <v>180</v>
       </c>
       <c r="S23" s="20">
         <v>655</v>
       </c>
       <c r="T23" s="19">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="V23" s="19">
+        <v>166</v>
+      </c>
+      <c r="U23" s="19">
+        <v>180</v>
+      </c>
+      <c r="V23" s="20">
+        <v>346</v>
+      </c>
+      <c r="W23" s="54">
         <v>284</v>
       </c>
-      <c r="W23" s="53">
+      <c r="X23" s="36"/>
+      <c r="Y23" s="19">
         <v>317</v>
       </c>
-      <c r="X23" s="32"/>
-      <c r="Y23" s="19">
+      <c r="Z23" s="19">
         <v>201</v>
       </c>
-      <c r="Z23" s="19">
+      <c r="AA23" s="19">
         <v>292</v>
       </c>
-      <c r="AA23" s="20">
+      <c r="AB23" s="20">
         <v>1094</v>
       </c>
-      <c r="AB23" s="19">
+      <c r="AC23" s="19">
         <v>215</v>
       </c>
-      <c r="AC23" s="19">
+      <c r="AD23" s="19">
         <v>252</v>
       </c>
-      <c r="AD23" s="19">
+      <c r="AE23" s="19">
         <v>237</v>
       </c>
-      <c r="AE23" s="19">
-[...5 lines deleted...]
-      <c r="AG23" s="19">
+      <c r="AF23" s="19">
+        <v>316</v>
+      </c>
+      <c r="AG23" s="20">
+        <v>1020</v>
+      </c>
+      <c r="AH23" s="19">
         <v>241</v>
       </c>
-      <c r="AH23" s="19">
+      <c r="AI23" s="19">
         <v>205</v>
       </c>
-      <c r="AI23" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ23" s="19">
+        <v>282</v>
+      </c>
+      <c r="AK23" s="19">
         <v>285</v>
       </c>
-      <c r="AK23" s="20">
-[...10 lines deleted...]
-      <c r="A24" s="33" t="s">
+      <c r="AL23" s="20">
+        <v>1013</v>
+      </c>
+      <c r="AM23" s="19">
+        <v>242</v>
+      </c>
+      <c r="AN23" s="19">
+        <v>276</v>
+      </c>
+      <c r="AO23" s="20">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="24" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A24" s="39" t="s">
         <v>111</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="19">
         <v>164</v>
       </c>
       <c r="D24" s="19">
         <v>123</v>
       </c>
       <c r="E24" s="19">
         <v>145</v>
       </c>
       <c r="F24" s="19">
         <v>125</v>
       </c>
       <c r="G24" s="20">
         <v>557</v>
       </c>
-      <c r="H24" s="53">
+      <c r="H24" s="54">
         <v>119</v>
       </c>
-      <c r="I24" s="32"/>
+      <c r="I24" s="36"/>
       <c r="J24" s="19">
         <v>117</v>
       </c>
       <c r="K24" s="19">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="L24" s="53">
+        <v>139</v>
+      </c>
+      <c r="L24" s="54">
         <v>141</v>
       </c>
-      <c r="M24" s="32"/>
+      <c r="M24" s="36"/>
       <c r="N24" s="20">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="O24" s="19">
         <v>162</v>
       </c>
       <c r="P24" s="19">
         <v>164</v>
       </c>
       <c r="Q24" s="19">
         <v>132</v>
       </c>
       <c r="R24" s="19">
         <v>184</v>
       </c>
       <c r="S24" s="20">
         <v>642</v>
       </c>
       <c r="T24" s="19">
         <v>182</v>
       </c>
-      <c r="U24" s="20">
+      <c r="U24" s="19">
+        <v>172</v>
+      </c>
+      <c r="V24" s="20">
+        <v>354</v>
+      </c>
+      <c r="W24" s="54">
+        <v>214</v>
+      </c>
+      <c r="X24" s="36"/>
+      <c r="Y24" s="19">
+        <v>168</v>
+      </c>
+      <c r="Z24" s="19">
+        <v>186</v>
+      </c>
+      <c r="AA24" s="19">
+        <v>169</v>
+      </c>
+      <c r="AB24" s="20">
+        <v>737</v>
+      </c>
+      <c r="AC24" s="19">
+        <v>162</v>
+      </c>
+      <c r="AD24" s="19">
+        <v>169</v>
+      </c>
+      <c r="AE24" s="19">
+        <v>192</v>
+      </c>
+      <c r="AF24" s="19">
         <v>182</v>
       </c>
-      <c r="V24" s="19">
-[...30 lines deleted...]
-      <c r="AG24" s="19">
+      <c r="AG24" s="20">
+        <v>705</v>
+      </c>
+      <c r="AH24" s="19">
         <v>221</v>
       </c>
-      <c r="AH24" s="19">
+      <c r="AI24" s="19">
         <v>213</v>
       </c>
-      <c r="AI24" s="19">
+      <c r="AJ24" s="19">
         <v>193</v>
       </c>
-      <c r="AJ24" s="19">
+      <c r="AK24" s="19">
         <v>232</v>
       </c>
-      <c r="AK24" s="20">
+      <c r="AL24" s="20">
         <v>859</v>
       </c>
-      <c r="AL24" s="19">
+      <c r="AM24" s="19">
         <v>230</v>
       </c>
-      <c r="AM24" s="20">
-[...4 lines deleted...]
-      <c r="A25" s="33" t="s">
+      <c r="AN24" s="19">
+        <v>219</v>
+      </c>
+      <c r="AO24" s="20">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="25" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A25" s="39" t="s">
         <v>112</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="19">
         <v>187</v>
       </c>
       <c r="D25" s="19">
         <v>195</v>
       </c>
       <c r="E25" s="19">
         <v>200</v>
       </c>
       <c r="F25" s="19">
         <v>200</v>
       </c>
       <c r="G25" s="20">
         <v>782</v>
       </c>
-      <c r="H25" s="53">
+      <c r="H25" s="54">
         <v>200</v>
       </c>
-      <c r="I25" s="32"/>
+      <c r="I25" s="36"/>
       <c r="J25" s="19">
         <v>217</v>
       </c>
       <c r="K25" s="19">
         <v>217</v>
       </c>
-      <c r="L25" s="53">
+      <c r="L25" s="54">
         <v>193</v>
       </c>
-      <c r="M25" s="32"/>
+      <c r="M25" s="36"/>
       <c r="N25" s="20">
         <v>827</v>
       </c>
       <c r="O25" s="19">
         <v>194</v>
       </c>
       <c r="P25" s="19">
         <v>200</v>
       </c>
       <c r="Q25" s="19">
         <v>218</v>
       </c>
       <c r="R25" s="19">
         <v>206</v>
       </c>
       <c r="S25" s="20">
         <v>818</v>
       </c>
       <c r="T25" s="19">
         <v>207</v>
       </c>
-      <c r="U25" s="20">
-[...2 lines deleted...]
-      <c r="V25" s="19">
+      <c r="U25" s="19">
+        <v>238</v>
+      </c>
+      <c r="V25" s="20">
+        <v>445</v>
+      </c>
+      <c r="W25" s="54">
         <v>280</v>
       </c>
-      <c r="W25" s="53">
+      <c r="X25" s="36"/>
+      <c r="Y25" s="19">
         <v>291</v>
       </c>
-      <c r="X25" s="32"/>
-      <c r="Y25" s="19">
+      <c r="Z25" s="19">
         <v>313</v>
       </c>
-      <c r="Z25" s="19">
+      <c r="AA25" s="19">
         <v>306</v>
       </c>
-      <c r="AA25" s="20">
+      <c r="AB25" s="20">
         <v>1190</v>
       </c>
-      <c r="AB25" s="19">
+      <c r="AC25" s="19">
         <v>291</v>
       </c>
-      <c r="AC25" s="19">
+      <c r="AD25" s="19">
         <v>330</v>
       </c>
-      <c r="AD25" s="19">
+      <c r="AE25" s="19">
         <v>324</v>
       </c>
-      <c r="AE25" s="19">
+      <c r="AF25" s="19">
         <v>281</v>
       </c>
-      <c r="AF25" s="20">
+      <c r="AG25" s="20">
         <v>1226</v>
       </c>
-      <c r="AG25" s="19">
+      <c r="AH25" s="19">
         <v>304</v>
       </c>
-      <c r="AH25" s="19">
+      <c r="AI25" s="19">
         <v>297</v>
       </c>
-      <c r="AI25" s="19">
+      <c r="AJ25" s="19">
         <v>325</v>
       </c>
-      <c r="AJ25" s="19">
-[...5 lines deleted...]
-      <c r="AL25" s="19">
+      <c r="AK25" s="19">
+        <v>323</v>
+      </c>
+      <c r="AL25" s="20">
+        <v>1249</v>
+      </c>
+      <c r="AM25" s="19">
         <v>314</v>
       </c>
-      <c r="AM25" s="20">
-[...4 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="AN25" s="19">
+        <v>355</v>
+      </c>
+      <c r="AO25" s="20">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="26" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A26" s="39" t="s">
         <v>113</v>
       </c>
-      <c r="B26" s="32"/>
+      <c r="B26" s="36"/>
       <c r="C26" s="19">
         <v>144</v>
       </c>
       <c r="D26" s="19">
         <v>168</v>
       </c>
       <c r="E26" s="19">
         <v>164</v>
       </c>
       <c r="F26" s="19">
         <v>192</v>
       </c>
       <c r="G26" s="20">
         <v>668</v>
       </c>
-      <c r="H26" s="53">
+      <c r="H26" s="54">
         <v>124</v>
       </c>
-      <c r="I26" s="32"/>
+      <c r="I26" s="36"/>
       <c r="J26" s="19">
         <v>168</v>
       </c>
       <c r="K26" s="19">
         <v>128</v>
       </c>
-      <c r="L26" s="53">
+      <c r="L26" s="54">
         <v>129</v>
       </c>
-      <c r="M26" s="32"/>
+      <c r="M26" s="36"/>
       <c r="N26" s="20">
         <v>549</v>
       </c>
       <c r="O26" s="19">
         <v>141</v>
       </c>
       <c r="P26" s="19">
         <v>206</v>
       </c>
       <c r="Q26" s="19">
         <v>154</v>
       </c>
       <c r="R26" s="19">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="S26" s="20">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="T26" s="19">
-        <v>159</v>
-[...4 lines deleted...]
-      <c r="V26" s="19">
+        <v>158</v>
+      </c>
+      <c r="U26" s="19">
+        <v>203</v>
+      </c>
+      <c r="V26" s="20">
+        <v>361</v>
+      </c>
+      <c r="W26" s="54">
         <v>216</v>
       </c>
-      <c r="W26" s="53">
+      <c r="X26" s="36"/>
+      <c r="Y26" s="19">
         <v>269</v>
       </c>
-      <c r="X26" s="32"/>
-      <c r="Y26" s="19">
+      <c r="Z26" s="19">
         <v>256</v>
       </c>
-      <c r="Z26" s="19">
+      <c r="AA26" s="19">
         <v>309</v>
       </c>
-      <c r="AA26" s="20">
+      <c r="AB26" s="20">
         <v>1050</v>
       </c>
-      <c r="AB26" s="19">
+      <c r="AC26" s="19">
         <v>193</v>
       </c>
-      <c r="AC26" s="19">
+      <c r="AD26" s="19">
         <v>263</v>
       </c>
-      <c r="AD26" s="19">
+      <c r="AE26" s="19">
         <v>196</v>
       </c>
-      <c r="AE26" s="19">
+      <c r="AF26" s="19">
         <v>195</v>
       </c>
-      <c r="AF26" s="20">
+      <c r="AG26" s="20">
         <v>847</v>
       </c>
-      <c r="AG26" s="19">
+      <c r="AH26" s="19">
         <v>220</v>
       </c>
-      <c r="AH26" s="19">
+      <c r="AI26" s="19">
         <v>323</v>
       </c>
-      <c r="AI26" s="19">
+      <c r="AJ26" s="19">
         <v>243</v>
       </c>
-      <c r="AJ26" s="19">
-[...13 lines deleted...]
-      <c r="A27" s="33" t="s">
+      <c r="AK26" s="19">
+        <v>248</v>
+      </c>
+      <c r="AL26" s="20">
+        <v>1034</v>
+      </c>
+      <c r="AM26" s="19">
+        <v>236</v>
+      </c>
+      <c r="AN26" s="19">
+        <v>299</v>
+      </c>
+      <c r="AO26" s="20">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="27" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A27" s="39" t="s">
         <v>114</v>
       </c>
-      <c r="B27" s="32"/>
+      <c r="B27" s="36"/>
       <c r="C27" s="19">
         <v>94</v>
       </c>
       <c r="D27" s="19">
         <v>104</v>
       </c>
       <c r="E27" s="19">
         <v>115</v>
       </c>
       <c r="F27" s="19">
         <v>123</v>
       </c>
       <c r="G27" s="20">
         <v>436</v>
       </c>
-      <c r="H27" s="53">
+      <c r="H27" s="54">
         <v>92</v>
       </c>
-      <c r="I27" s="32"/>
+      <c r="I27" s="36"/>
       <c r="J27" s="19">
         <v>141</v>
       </c>
       <c r="K27" s="19">
         <v>129</v>
       </c>
-      <c r="L27" s="53">
+      <c r="L27" s="54">
         <v>98</v>
       </c>
-      <c r="M27" s="32"/>
+      <c r="M27" s="36"/>
       <c r="N27" s="20">
         <v>460</v>
       </c>
       <c r="O27" s="19">
         <v>120</v>
       </c>
       <c r="P27" s="19">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q27" s="19">
         <v>103</v>
       </c>
       <c r="R27" s="19">
         <v>96</v>
       </c>
       <c r="S27" s="20">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="T27" s="19">
         <v>122</v>
       </c>
-      <c r="U27" s="20">
-[...2 lines deleted...]
-      <c r="V27" s="19">
+      <c r="U27" s="19">
+        <v>131</v>
+      </c>
+      <c r="V27" s="20">
+        <v>253</v>
+      </c>
+      <c r="W27" s="54">
         <v>140</v>
       </c>
-      <c r="W27" s="53">
+      <c r="X27" s="36"/>
+      <c r="Y27" s="19">
         <v>149</v>
       </c>
-      <c r="X27" s="32"/>
-      <c r="Y27" s="19">
+      <c r="Z27" s="19">
         <v>178</v>
       </c>
-      <c r="Z27" s="19">
+      <c r="AA27" s="19">
         <v>201</v>
       </c>
-      <c r="AA27" s="20">
+      <c r="AB27" s="20">
         <v>668</v>
       </c>
-      <c r="AB27" s="19">
+      <c r="AC27" s="19">
         <v>149</v>
       </c>
-      <c r="AC27" s="19">
+      <c r="AD27" s="19">
         <v>222</v>
       </c>
-      <c r="AD27" s="19">
+      <c r="AE27" s="19">
         <v>209</v>
       </c>
-      <c r="AE27" s="19">
+      <c r="AF27" s="19">
         <v>146</v>
       </c>
-      <c r="AF27" s="20">
+      <c r="AG27" s="20">
         <v>726</v>
       </c>
-      <c r="AG27" s="19">
+      <c r="AH27" s="19">
         <v>181</v>
       </c>
-      <c r="AH27" s="19">
+      <c r="AI27" s="19">
         <v>152</v>
       </c>
-      <c r="AI27" s="19">
+      <c r="AJ27" s="19">
         <v>173</v>
       </c>
-      <c r="AJ27" s="19">
+      <c r="AK27" s="19">
         <v>154</v>
       </c>
-      <c r="AK27" s="20">
+      <c r="AL27" s="20">
         <v>660</v>
       </c>
-      <c r="AL27" s="19">
+      <c r="AM27" s="19">
         <v>185</v>
       </c>
-      <c r="AM27" s="20">
-[...4 lines deleted...]
-      <c r="A28" s="33" t="s">
+      <c r="AN27" s="19">
+        <v>199</v>
+      </c>
+      <c r="AO27" s="20">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="28" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A28" s="39" t="s">
         <v>115</v>
       </c>
-      <c r="B28" s="32"/>
+      <c r="B28" s="36"/>
       <c r="C28" s="19">
         <v>439</v>
       </c>
       <c r="D28" s="19">
         <v>495</v>
       </c>
       <c r="E28" s="19">
         <v>499</v>
       </c>
       <c r="F28" s="19">
         <v>511</v>
       </c>
       <c r="G28" s="20">
         <v>1944</v>
       </c>
-      <c r="H28" s="53">
+      <c r="H28" s="54">
         <v>519</v>
       </c>
-      <c r="I28" s="32"/>
+      <c r="I28" s="36"/>
       <c r="J28" s="19">
         <v>452</v>
       </c>
       <c r="K28" s="19">
         <v>535</v>
       </c>
-      <c r="L28" s="53">
+      <c r="L28" s="54">
         <v>529</v>
       </c>
-      <c r="M28" s="32"/>
+      <c r="M28" s="36"/>
       <c r="N28" s="20">
         <v>2035</v>
       </c>
       <c r="O28" s="19">
         <v>459</v>
       </c>
       <c r="P28" s="19">
         <v>499</v>
       </c>
       <c r="Q28" s="19">
         <v>488</v>
       </c>
       <c r="R28" s="19">
         <v>487</v>
       </c>
       <c r="S28" s="20">
         <v>1933</v>
       </c>
       <c r="T28" s="19">
-        <v>413</v>
-[...4 lines deleted...]
-      <c r="V28" s="19">
+        <v>412</v>
+      </c>
+      <c r="U28" s="19">
+        <v>472</v>
+      </c>
+      <c r="V28" s="20">
+        <v>884</v>
+      </c>
+      <c r="W28" s="54">
         <v>649</v>
       </c>
-      <c r="W28" s="53">
+      <c r="X28" s="36"/>
+      <c r="Y28" s="19">
         <v>721</v>
       </c>
-      <c r="X28" s="32"/>
-      <c r="Y28" s="19">
+      <c r="Z28" s="19">
         <v>753</v>
       </c>
-      <c r="Z28" s="19">
+      <c r="AA28" s="19">
         <v>775</v>
       </c>
-      <c r="AA28" s="20">
+      <c r="AB28" s="20">
         <v>2898</v>
       </c>
-      <c r="AB28" s="19">
+      <c r="AC28" s="19">
         <v>788</v>
       </c>
-      <c r="AC28" s="19">
+      <c r="AD28" s="19">
         <v>654</v>
       </c>
-      <c r="AD28" s="19">
+      <c r="AE28" s="19">
         <v>807</v>
       </c>
-      <c r="AE28" s="19">
+      <c r="AF28" s="19">
         <v>777</v>
       </c>
-      <c r="AF28" s="20">
+      <c r="AG28" s="20">
         <v>3026</v>
       </c>
-      <c r="AG28" s="19">
+      <c r="AH28" s="19">
         <v>707</v>
       </c>
-      <c r="AH28" s="19">
+      <c r="AI28" s="19">
         <v>704</v>
       </c>
-      <c r="AI28" s="19">
+      <c r="AJ28" s="19">
         <v>722</v>
       </c>
-      <c r="AJ28" s="19">
-[...13 lines deleted...]
-      <c r="A29" s="33" t="s">
+      <c r="AK28" s="19">
+        <v>726</v>
+      </c>
+      <c r="AL28" s="20">
+        <v>2859</v>
+      </c>
+      <c r="AM28" s="19">
+        <v>608</v>
+      </c>
+      <c r="AN28" s="19">
+        <v>710</v>
+      </c>
+      <c r="AO28" s="20">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="29" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A29" s="39" t="s">
         <v>116</v>
       </c>
-      <c r="B29" s="32"/>
+      <c r="B29" s="36"/>
       <c r="C29" s="19">
         <v>125</v>
       </c>
       <c r="D29" s="19">
         <v>145</v>
       </c>
       <c r="E29" s="19">
         <v>116</v>
       </c>
       <c r="F29" s="19">
         <v>134</v>
       </c>
       <c r="G29" s="20">
         <v>520</v>
       </c>
-      <c r="H29" s="53">
+      <c r="H29" s="54">
         <v>147</v>
       </c>
-      <c r="I29" s="32"/>
+      <c r="I29" s="36"/>
       <c r="J29" s="19">
         <v>166</v>
       </c>
       <c r="K29" s="19">
         <v>131</v>
       </c>
-      <c r="L29" s="53">
+      <c r="L29" s="54">
         <v>134</v>
       </c>
-      <c r="M29" s="32"/>
+      <c r="M29" s="36"/>
       <c r="N29" s="20">
         <v>578</v>
       </c>
       <c r="O29" s="19">
         <v>131</v>
       </c>
       <c r="P29" s="19">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="Q29" s="19">
         <v>158</v>
       </c>
       <c r="R29" s="19">
         <v>146</v>
       </c>
       <c r="S29" s="20">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="T29" s="19">
         <v>103</v>
       </c>
-      <c r="U29" s="20">
-[...2 lines deleted...]
-      <c r="V29" s="19">
+      <c r="U29" s="19">
+        <v>150</v>
+      </c>
+      <c r="V29" s="20">
+        <v>253</v>
+      </c>
+      <c r="W29" s="54">
         <v>204</v>
       </c>
-      <c r="W29" s="53">
+      <c r="X29" s="36"/>
+      <c r="Y29" s="19">
         <v>230</v>
       </c>
-      <c r="X29" s="32"/>
-      <c r="Y29" s="19">
+      <c r="Z29" s="19">
         <v>165</v>
       </c>
-      <c r="Z29" s="19">
+      <c r="AA29" s="19">
         <v>220</v>
       </c>
-      <c r="AA29" s="20">
+      <c r="AB29" s="20">
         <v>819</v>
       </c>
-      <c r="AB29" s="19">
+      <c r="AC29" s="19">
         <v>220</v>
       </c>
-      <c r="AC29" s="19">
+      <c r="AD29" s="19">
         <v>266</v>
       </c>
-      <c r="AD29" s="19">
+      <c r="AE29" s="19">
         <v>210</v>
       </c>
-      <c r="AE29" s="19">
+      <c r="AF29" s="19">
         <v>219</v>
       </c>
-      <c r="AF29" s="20">
+      <c r="AG29" s="20">
         <v>915</v>
       </c>
-      <c r="AG29" s="19">
+      <c r="AH29" s="19">
         <v>197</v>
       </c>
-      <c r="AH29" s="19">
+      <c r="AI29" s="19">
+        <v>228</v>
+      </c>
+      <c r="AJ29" s="19">
+        <v>259</v>
+      </c>
+      <c r="AK29" s="19">
         <v>229</v>
       </c>
-      <c r="AI29" s="19">
-[...8 lines deleted...]
-      <c r="AL29" s="19">
+      <c r="AL29" s="20">
+        <v>913</v>
+      </c>
+      <c r="AM29" s="19">
         <v>161</v>
       </c>
-      <c r="AM29" s="20">
-[...4 lines deleted...]
-      <c r="A30" s="33" t="s">
+      <c r="AN29" s="19">
+        <v>224</v>
+      </c>
+      <c r="AO29" s="20">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="30" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A30" s="39" t="s">
         <v>117</v>
       </c>
-      <c r="B30" s="32"/>
+      <c r="B30" s="36"/>
       <c r="C30" s="19">
         <v>497</v>
       </c>
       <c r="D30" s="19">
         <v>558</v>
       </c>
       <c r="E30" s="19">
         <v>655</v>
       </c>
       <c r="F30" s="19">
         <v>591</v>
       </c>
       <c r="G30" s="20">
         <v>2301</v>
       </c>
-      <c r="H30" s="53">
+      <c r="H30" s="54">
         <v>442</v>
       </c>
-      <c r="I30" s="32"/>
+      <c r="I30" s="36"/>
       <c r="J30" s="19">
         <v>641</v>
       </c>
       <c r="K30" s="19">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="L30" s="53">
+        <v>676</v>
+      </c>
+      <c r="L30" s="54">
         <v>632</v>
       </c>
-      <c r="M30" s="32"/>
+      <c r="M30" s="36"/>
       <c r="N30" s="20">
-        <v>2392</v>
+        <v>2391</v>
       </c>
       <c r="O30" s="19">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P30" s="19">
         <v>653</v>
       </c>
       <c r="Q30" s="19">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="R30" s="19">
         <v>543</v>
       </c>
       <c r="S30" s="20">
         <v>2293</v>
       </c>
       <c r="T30" s="19">
         <v>456</v>
       </c>
-      <c r="U30" s="20">
-[...2 lines deleted...]
-      <c r="V30" s="19">
+      <c r="U30" s="19">
+        <v>510</v>
+      </c>
+      <c r="V30" s="20">
+        <v>966</v>
+      </c>
+      <c r="W30" s="54">
         <v>753</v>
       </c>
-      <c r="W30" s="53">
+      <c r="X30" s="36"/>
+      <c r="Y30" s="19">
         <v>835</v>
       </c>
-      <c r="X30" s="32"/>
-      <c r="Y30" s="19">
+      <c r="Z30" s="19">
         <v>1040</v>
       </c>
-      <c r="Z30" s="19">
+      <c r="AA30" s="19">
         <v>889</v>
       </c>
-      <c r="AA30" s="20">
+      <c r="AB30" s="20">
         <v>3517</v>
       </c>
-      <c r="AB30" s="19">
+      <c r="AC30" s="19">
         <v>668</v>
       </c>
-      <c r="AC30" s="19">
+      <c r="AD30" s="19">
         <v>994</v>
       </c>
-      <c r="AD30" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AE30" s="19">
+        <v>1015</v>
+      </c>
+      <c r="AF30" s="19">
         <v>938</v>
       </c>
-      <c r="AF30" s="20">
-[...3 lines deleted...]
-        <v>873</v>
+      <c r="AG30" s="20">
+        <v>3615</v>
       </c>
       <c r="AH30" s="19">
+        <v>875</v>
+      </c>
+      <c r="AI30" s="19">
         <v>952</v>
       </c>
-      <c r="AI30" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ30" s="19">
+        <v>790</v>
+      </c>
+      <c r="AK30" s="19">
         <v>804</v>
       </c>
-      <c r="AK30" s="20">
+      <c r="AL30" s="20">
         <v>3421</v>
       </c>
-      <c r="AL30" s="19">
+      <c r="AM30" s="19">
         <v>703</v>
       </c>
-      <c r="AM30" s="20">
-[...4 lines deleted...]
-      <c r="A31" s="33" t="s">
+      <c r="AN30" s="19">
+        <v>753</v>
+      </c>
+      <c r="AO30" s="20">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="31" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A31" s="39" t="s">
         <v>118</v>
       </c>
-      <c r="B31" s="32"/>
+      <c r="B31" s="36"/>
       <c r="C31" s="19">
         <v>342</v>
       </c>
       <c r="D31" s="19">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="E31" s="19">
         <v>395</v>
       </c>
       <c r="F31" s="19">
         <v>406</v>
       </c>
       <c r="G31" s="20">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="H31" s="53">
+        <v>1575</v>
+      </c>
+      <c r="H31" s="54">
         <v>324</v>
       </c>
-      <c r="I31" s="32"/>
+      <c r="I31" s="36"/>
       <c r="J31" s="19">
         <v>438</v>
       </c>
       <c r="K31" s="19">
-        <v>398</v>
-[...4 lines deleted...]
-      <c r="M31" s="32"/>
+        <v>399</v>
+      </c>
+      <c r="L31" s="54">
+        <v>424</v>
+      </c>
+      <c r="M31" s="36"/>
       <c r="N31" s="20">
         <v>1585</v>
       </c>
       <c r="O31" s="19">
         <v>338</v>
       </c>
       <c r="P31" s="19">
         <v>415</v>
       </c>
       <c r="Q31" s="19">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="R31" s="19">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="S31" s="20">
         <v>1470</v>
       </c>
       <c r="T31" s="19">
-        <v>405</v>
-[...4 lines deleted...]
-      <c r="V31" s="19">
+        <v>404</v>
+      </c>
+      <c r="U31" s="19">
+        <v>414</v>
+      </c>
+      <c r="V31" s="20">
+        <v>818</v>
+      </c>
+      <c r="W31" s="54">
         <v>499</v>
       </c>
-      <c r="W31" s="53">
-[...2 lines deleted...]
-      <c r="X31" s="32"/>
+      <c r="X31" s="36"/>
       <c r="Y31" s="19">
+        <v>686</v>
+      </c>
+      <c r="Z31" s="19">
         <v>630</v>
       </c>
-      <c r="Z31" s="19">
+      <c r="AA31" s="19">
         <v>627</v>
       </c>
-      <c r="AA31" s="20">
-[...2 lines deleted...]
-      <c r="AB31" s="19">
+      <c r="AB31" s="20">
+        <v>2442</v>
+      </c>
+      <c r="AC31" s="19">
         <v>515</v>
       </c>
-      <c r="AC31" s="19">
+      <c r="AD31" s="19">
         <v>688</v>
       </c>
-      <c r="AD31" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" s="19">
-        <v>657</v>
-[...1 lines deleted...]
-      <c r="AF31" s="20">
+        <v>621</v>
+      </c>
+      <c r="AF31" s="19">
+        <v>655</v>
+      </c>
+      <c r="AG31" s="20">
         <v>2479</v>
       </c>
-      <c r="AG31" s="19">
+      <c r="AH31" s="19">
         <v>544</v>
       </c>
-      <c r="AH31" s="19">
+      <c r="AI31" s="19">
         <v>639</v>
       </c>
-      <c r="AI31" s="19">
+      <c r="AJ31" s="19">
         <v>499</v>
       </c>
-      <c r="AJ31" s="19">
-[...13 lines deleted...]
-      <c r="A32" s="33" t="s">
+      <c r="AK31" s="19">
+        <v>631</v>
+      </c>
+      <c r="AL31" s="20">
+        <v>2313</v>
+      </c>
+      <c r="AM31" s="19">
+        <v>641</v>
+      </c>
+      <c r="AN31" s="19">
+        <v>644</v>
+      </c>
+      <c r="AO31" s="20">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="32" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A32" s="39" t="s">
         <v>119</v>
       </c>
-      <c r="B32" s="32"/>
+      <c r="B32" s="36"/>
       <c r="C32" s="19">
         <v>238</v>
       </c>
       <c r="D32" s="19">
         <v>178</v>
       </c>
       <c r="E32" s="19">
         <v>218</v>
       </c>
       <c r="F32" s="19">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G32" s="20">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="H32" s="53">
+        <v>860</v>
+      </c>
+      <c r="H32" s="54">
         <v>207</v>
       </c>
-      <c r="I32" s="32"/>
+      <c r="I32" s="36"/>
       <c r="J32" s="19">
         <v>187</v>
       </c>
       <c r="K32" s="19">
         <v>213</v>
       </c>
-      <c r="L32" s="53">
-[...2 lines deleted...]
-      <c r="M32" s="32"/>
+      <c r="L32" s="54">
+        <v>264</v>
+      </c>
+      <c r="M32" s="36"/>
       <c r="N32" s="20">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="O32" s="19">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="P32" s="19">
         <v>268</v>
       </c>
       <c r="Q32" s="19">
         <v>279</v>
       </c>
       <c r="R32" s="19">
         <v>287</v>
       </c>
       <c r="S32" s="20">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="T32" s="19">
         <v>327</v>
       </c>
-      <c r="U32" s="20">
-[...2 lines deleted...]
-      <c r="V32" s="19">
+      <c r="U32" s="19">
+        <v>331</v>
+      </c>
+      <c r="V32" s="20">
+        <v>658</v>
+      </c>
+      <c r="W32" s="54">
         <v>379</v>
       </c>
-      <c r="W32" s="53">
+      <c r="X32" s="36"/>
+      <c r="Y32" s="19">
         <v>271</v>
       </c>
-      <c r="X32" s="32"/>
-      <c r="Y32" s="19">
+      <c r="Z32" s="19">
         <v>337</v>
       </c>
-      <c r="Z32" s="19">
-[...5 lines deleted...]
-      <c r="AB32" s="19">
+      <c r="AA32" s="19">
+        <v>354</v>
+      </c>
+      <c r="AB32" s="20">
+        <v>1341</v>
+      </c>
+      <c r="AC32" s="19">
         <v>312</v>
       </c>
-      <c r="AC32" s="19">
+      <c r="AD32" s="19">
         <v>302</v>
       </c>
-      <c r="AD32" s="19">
+      <c r="AE32" s="19">
         <v>335</v>
       </c>
-      <c r="AE32" s="19">
-[...6 lines deleted...]
-        <v>452</v>
+      <c r="AF32" s="19">
+        <v>405</v>
+      </c>
+      <c r="AG32" s="20">
+        <v>1354</v>
       </c>
       <c r="AH32" s="19">
+        <v>451</v>
+      </c>
+      <c r="AI32" s="19">
         <v>417</v>
       </c>
-      <c r="AI32" s="19">
+      <c r="AJ32" s="19">
         <v>428</v>
       </c>
-      <c r="AJ32" s="19">
+      <c r="AK32" s="19">
         <v>436</v>
       </c>
-      <c r="AK32" s="20">
-[...2 lines deleted...]
-      <c r="AL32" s="19">
+      <c r="AL32" s="20">
+        <v>1732</v>
+      </c>
+      <c r="AM32" s="19">
         <v>498</v>
       </c>
-      <c r="AM32" s="20">
-[...4 lines deleted...]
-      <c r="A33" s="33" t="s">
+      <c r="AN32" s="19">
+        <v>489</v>
+      </c>
+      <c r="AO32" s="20">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="33" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A33" s="39" t="s">
         <v>120</v>
       </c>
-      <c r="B33" s="32"/>
+      <c r="B33" s="36"/>
       <c r="C33" s="19">
         <v>132</v>
       </c>
       <c r="D33" s="19">
         <v>122</v>
       </c>
       <c r="E33" s="19">
         <v>127</v>
       </c>
       <c r="F33" s="19">
         <v>126</v>
       </c>
       <c r="G33" s="20">
         <v>507</v>
       </c>
-      <c r="H33" s="53">
+      <c r="H33" s="54">
         <v>111</v>
       </c>
-      <c r="I33" s="32"/>
+      <c r="I33" s="36"/>
       <c r="J33" s="19">
         <v>109</v>
       </c>
       <c r="K33" s="19">
         <v>128</v>
       </c>
-      <c r="L33" s="53">
+      <c r="L33" s="54">
         <v>134</v>
       </c>
-      <c r="M33" s="32"/>
+      <c r="M33" s="36"/>
       <c r="N33" s="20">
         <v>482</v>
       </c>
       <c r="O33" s="19">
         <v>131</v>
       </c>
       <c r="P33" s="19">
         <v>117</v>
       </c>
       <c r="Q33" s="19">
         <v>109</v>
       </c>
       <c r="R33" s="19">
         <v>113</v>
       </c>
       <c r="S33" s="20">
         <v>470</v>
       </c>
       <c r="T33" s="19">
         <v>107</v>
       </c>
-      <c r="U33" s="20">
-[...2 lines deleted...]
-      <c r="V33" s="19">
+      <c r="U33" s="19">
+        <v>137</v>
+      </c>
+      <c r="V33" s="20">
+        <v>244</v>
+      </c>
+      <c r="W33" s="54">
         <v>204</v>
       </c>
-      <c r="W33" s="53">
+      <c r="X33" s="36"/>
+      <c r="Y33" s="19">
         <v>180</v>
       </c>
-      <c r="X33" s="32"/>
-      <c r="Y33" s="19">
+      <c r="Z33" s="19">
         <v>188</v>
       </c>
-      <c r="Z33" s="19">
+      <c r="AA33" s="19">
         <v>179</v>
       </c>
-      <c r="AA33" s="20">
+      <c r="AB33" s="20">
         <v>751</v>
       </c>
-      <c r="AB33" s="19">
+      <c r="AC33" s="19">
         <v>175</v>
       </c>
-      <c r="AC33" s="19">
+      <c r="AD33" s="19">
         <v>168</v>
       </c>
-      <c r="AD33" s="19">
+      <c r="AE33" s="19">
         <v>205</v>
       </c>
-      <c r="AE33" s="19">
+      <c r="AF33" s="19">
         <v>209</v>
       </c>
-      <c r="AF33" s="20">
+      <c r="AG33" s="20">
         <v>757</v>
       </c>
-      <c r="AG33" s="19">
+      <c r="AH33" s="19">
         <v>208</v>
       </c>
-      <c r="AH33" s="19">
+      <c r="AI33" s="19">
         <v>186</v>
       </c>
-      <c r="AI33" s="19">
+      <c r="AJ33" s="19">
         <v>173</v>
       </c>
-      <c r="AJ33" s="19">
+      <c r="AK33" s="19">
         <v>179</v>
       </c>
-      <c r="AK33" s="20">
+      <c r="AL33" s="20">
         <v>746</v>
       </c>
-      <c r="AL33" s="19">
+      <c r="AM33" s="19">
         <v>157</v>
       </c>
-      <c r="AM33" s="20">
-[...4 lines deleted...]
-      <c r="A34" s="33" t="s">
+      <c r="AN33" s="19">
+        <v>199</v>
+      </c>
+      <c r="AO33" s="20">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="34" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A34" s="39" t="s">
         <v>121</v>
       </c>
-      <c r="B34" s="32"/>
+      <c r="B34" s="36"/>
       <c r="C34" s="19">
         <v>127</v>
       </c>
       <c r="D34" s="19">
         <v>140</v>
       </c>
       <c r="E34" s="19">
         <v>154</v>
       </c>
       <c r="F34" s="19">
         <v>108</v>
       </c>
       <c r="G34" s="20">
         <v>529</v>
       </c>
-      <c r="H34" s="53">
+      <c r="H34" s="54">
         <v>152</v>
       </c>
-      <c r="I34" s="32"/>
+      <c r="I34" s="36"/>
       <c r="J34" s="19">
         <v>138</v>
       </c>
       <c r="K34" s="19">
         <v>113</v>
       </c>
-      <c r="L34" s="53">
+      <c r="L34" s="54">
         <v>114</v>
       </c>
-      <c r="M34" s="32"/>
+      <c r="M34" s="36"/>
       <c r="N34" s="20">
         <v>517</v>
       </c>
       <c r="O34" s="19">
         <v>45</v>
       </c>
       <c r="P34" s="19">
         <v>76</v>
       </c>
       <c r="Q34" s="19">
         <v>53</v>
       </c>
       <c r="R34" s="19">
         <v>69</v>
       </c>
       <c r="S34" s="20">
         <v>243</v>
       </c>
       <c r="T34" s="19">
         <v>42</v>
       </c>
-      <c r="U34" s="20">
-[...2 lines deleted...]
-      <c r="V34" s="19">
+      <c r="U34" s="19">
+        <v>43</v>
+      </c>
+      <c r="V34" s="20">
+        <v>85</v>
+      </c>
+      <c r="W34" s="54">
         <v>200</v>
       </c>
-      <c r="W34" s="53">
+      <c r="X34" s="36"/>
+      <c r="Y34" s="19">
         <v>224</v>
       </c>
-      <c r="X34" s="32"/>
-      <c r="Y34" s="19">
+      <c r="Z34" s="19">
         <v>234</v>
       </c>
-      <c r="Z34" s="19">
+      <c r="AA34" s="19">
         <v>170</v>
       </c>
-      <c r="AA34" s="20">
+      <c r="AB34" s="20">
         <v>828</v>
       </c>
-      <c r="AB34" s="19">
+      <c r="AC34" s="19">
         <v>238</v>
       </c>
-      <c r="AC34" s="19">
+      <c r="AD34" s="19">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="AE34" s="19">
         <v>172</v>
       </c>
-      <c r="AF34" s="20">
+      <c r="AF34" s="19">
+        <v>172</v>
+      </c>
+      <c r="AG34" s="20">
         <v>773</v>
       </c>
-      <c r="AG34" s="19">
+      <c r="AH34" s="19">
         <v>67</v>
       </c>
-      <c r="AH34" s="19">
+      <c r="AI34" s="19">
         <v>121</v>
       </c>
-      <c r="AI34" s="19">
+      <c r="AJ34" s="19">
         <v>81</v>
       </c>
-      <c r="AJ34" s="19">
+      <c r="AK34" s="19">
         <v>99</v>
       </c>
-      <c r="AK34" s="20">
+      <c r="AL34" s="20">
         <v>368</v>
       </c>
-      <c r="AL34" s="19">
-[...7 lines deleted...]
-      <c r="A35" s="33" t="s">
+      <c r="AM34" s="19">
+        <v>64</v>
+      </c>
+      <c r="AN34" s="19">
+        <v>65</v>
+      </c>
+      <c r="AO34" s="20">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="35" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A35" s="39" t="s">
         <v>122</v>
       </c>
-      <c r="B35" s="32"/>
+      <c r="B35" s="36"/>
       <c r="C35" s="19">
         <v>351</v>
       </c>
       <c r="D35" s="19">
         <v>302</v>
       </c>
       <c r="E35" s="19">
         <v>314</v>
       </c>
       <c r="F35" s="19">
         <v>305</v>
       </c>
       <c r="G35" s="20">
         <v>1272</v>
       </c>
-      <c r="H35" s="53">
+      <c r="H35" s="54">
         <v>311</v>
       </c>
-      <c r="I35" s="32"/>
+      <c r="I35" s="36"/>
       <c r="J35" s="19">
         <v>339</v>
       </c>
       <c r="K35" s="19">
         <v>301</v>
       </c>
-      <c r="L35" s="53">
+      <c r="L35" s="54">
         <v>361</v>
       </c>
-      <c r="M35" s="32"/>
+      <c r="M35" s="36"/>
       <c r="N35" s="20">
         <v>1312</v>
       </c>
       <c r="O35" s="19">
         <v>281</v>
       </c>
       <c r="P35" s="19">
         <v>309</v>
       </c>
       <c r="Q35" s="19">
         <v>281</v>
       </c>
       <c r="R35" s="19">
         <v>325</v>
       </c>
       <c r="S35" s="20">
         <v>1196</v>
       </c>
       <c r="T35" s="19">
         <v>338</v>
       </c>
-      <c r="U35" s="20">
-[...2 lines deleted...]
-      <c r="V35" s="19">
+      <c r="U35" s="19">
+        <v>342</v>
+      </c>
+      <c r="V35" s="20">
+        <v>680</v>
+      </c>
+      <c r="W35" s="54">
         <v>521</v>
       </c>
-      <c r="W35" s="53">
+      <c r="X35" s="36"/>
+      <c r="Y35" s="19">
         <v>471</v>
       </c>
-      <c r="X35" s="32"/>
-      <c r="Y35" s="19">
+      <c r="Z35" s="19">
         <v>450</v>
       </c>
-      <c r="Z35" s="19">
+      <c r="AA35" s="19">
         <v>444</v>
       </c>
-      <c r="AA35" s="20">
+      <c r="AB35" s="20">
         <v>1886</v>
       </c>
-      <c r="AB35" s="19">
+      <c r="AC35" s="19">
         <v>459</v>
       </c>
-      <c r="AC35" s="19">
+      <c r="AD35" s="19">
         <v>484</v>
       </c>
-      <c r="AD35" s="19">
+      <c r="AE35" s="19">
         <v>463</v>
       </c>
-      <c r="AE35" s="19">
+      <c r="AF35" s="19">
         <v>534</v>
       </c>
-      <c r="AF35" s="20">
+      <c r="AG35" s="20">
         <v>1940</v>
       </c>
-      <c r="AG35" s="19">
+      <c r="AH35" s="19">
         <v>414</v>
       </c>
-      <c r="AH35" s="19">
+      <c r="AI35" s="19">
         <v>437</v>
       </c>
-      <c r="AI35" s="19">
+      <c r="AJ35" s="19">
         <v>414</v>
       </c>
-      <c r="AJ35" s="19">
+      <c r="AK35" s="19">
         <v>494</v>
       </c>
-      <c r="AK35" s="20">
+      <c r="AL35" s="20">
         <v>1759</v>
       </c>
-      <c r="AL35" s="19">
-[...7 lines deleted...]
-      <c r="A36" s="33" t="s">
+      <c r="AM35" s="19">
+        <v>477</v>
+      </c>
+      <c r="AN35" s="19">
+        <v>492</v>
+      </c>
+      <c r="AO35" s="20">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="36" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A36" s="39" t="s">
         <v>123</v>
       </c>
-      <c r="B36" s="32"/>
+      <c r="B36" s="36"/>
       <c r="C36" s="19">
         <v>153</v>
       </c>
       <c r="D36" s="19">
         <v>170</v>
       </c>
       <c r="E36" s="19">
         <v>185</v>
       </c>
       <c r="F36" s="19">
         <v>170</v>
       </c>
       <c r="G36" s="20">
         <v>678</v>
       </c>
-      <c r="H36" s="53">
+      <c r="H36" s="54">
         <v>184</v>
       </c>
-      <c r="I36" s="32"/>
+      <c r="I36" s="36"/>
       <c r="J36" s="19">
         <v>197</v>
       </c>
       <c r="K36" s="19">
         <v>185</v>
       </c>
-      <c r="L36" s="53">
+      <c r="L36" s="54">
         <v>209</v>
       </c>
-      <c r="M36" s="32"/>
+      <c r="M36" s="36"/>
       <c r="N36" s="20">
         <v>775</v>
       </c>
       <c r="O36" s="19">
         <v>178</v>
       </c>
       <c r="P36" s="19">
         <v>187</v>
       </c>
       <c r="Q36" s="19">
         <v>201</v>
       </c>
       <c r="R36" s="19">
         <v>145</v>
       </c>
       <c r="S36" s="20">
         <v>711</v>
       </c>
       <c r="T36" s="19">
-        <v>213</v>
-[...4 lines deleted...]
-      <c r="V36" s="19">
+        <v>212</v>
+      </c>
+      <c r="U36" s="19">
+        <v>193</v>
+      </c>
+      <c r="V36" s="20">
+        <v>405</v>
+      </c>
+      <c r="W36" s="54">
         <v>229</v>
       </c>
-      <c r="W36" s="53">
+      <c r="X36" s="36"/>
+      <c r="Y36" s="19">
         <v>281</v>
       </c>
-      <c r="X36" s="32"/>
-      <c r="Y36" s="19">
+      <c r="Z36" s="19">
         <v>285</v>
       </c>
-      <c r="Z36" s="19">
+      <c r="AA36" s="19">
         <v>257</v>
       </c>
-      <c r="AA36" s="20">
+      <c r="AB36" s="20">
         <v>1052</v>
       </c>
-      <c r="AB36" s="19">
+      <c r="AC36" s="19">
         <v>278</v>
       </c>
-      <c r="AC36" s="19">
+      <c r="AD36" s="19">
         <v>300</v>
       </c>
-      <c r="AD36" s="19">
+      <c r="AE36" s="19">
         <v>272</v>
       </c>
-      <c r="AE36" s="19">
+      <c r="AF36" s="19">
         <v>335</v>
       </c>
-      <c r="AF36" s="20">
+      <c r="AG36" s="20">
         <v>1185</v>
       </c>
-      <c r="AG36" s="19">
+      <c r="AH36" s="19">
         <v>302</v>
       </c>
-      <c r="AH36" s="19">
+      <c r="AI36" s="19">
         <v>279</v>
       </c>
-      <c r="AI36" s="19">
+      <c r="AJ36" s="19">
         <v>301</v>
       </c>
-      <c r="AJ36" s="19">
+      <c r="AK36" s="19">
         <v>218</v>
       </c>
-      <c r="AK36" s="20">
+      <c r="AL36" s="20">
         <v>1100</v>
       </c>
-      <c r="AL36" s="19">
-[...7 lines deleted...]
-      <c r="A37" s="33" t="s">
+      <c r="AM36" s="19">
+        <v>352</v>
+      </c>
+      <c r="AN36" s="19">
+        <v>287</v>
+      </c>
+      <c r="AO36" s="20">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="37" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A37" s="39" t="s">
         <v>124</v>
       </c>
-      <c r="B37" s="32"/>
+      <c r="B37" s="36"/>
       <c r="C37" s="19">
         <v>201</v>
       </c>
       <c r="D37" s="19">
         <v>250</v>
       </c>
       <c r="E37" s="19">
         <v>155</v>
       </c>
       <c r="F37" s="19">
         <v>228</v>
       </c>
       <c r="G37" s="20">
         <v>834</v>
       </c>
-      <c r="H37" s="53">
+      <c r="H37" s="54">
         <v>206</v>
       </c>
-      <c r="I37" s="32"/>
+      <c r="I37" s="36"/>
       <c r="J37" s="19">
         <v>186</v>
       </c>
       <c r="K37" s="19">
         <v>193</v>
       </c>
-      <c r="L37" s="53">
+      <c r="L37" s="54">
         <v>229</v>
       </c>
-      <c r="M37" s="32"/>
+      <c r="M37" s="36"/>
       <c r="N37" s="20">
         <v>814</v>
       </c>
       <c r="O37" s="19">
         <v>215</v>
       </c>
       <c r="P37" s="19">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="Q37" s="19">
         <v>210</v>
       </c>
       <c r="R37" s="19">
         <v>228</v>
       </c>
       <c r="S37" s="20">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="T37" s="19">
-        <v>214</v>
-[...4 lines deleted...]
-      <c r="V37" s="19">
+        <v>213</v>
+      </c>
+      <c r="U37" s="19">
+        <v>216</v>
+      </c>
+      <c r="V37" s="20">
+        <v>429</v>
+      </c>
+      <c r="W37" s="54">
         <v>317</v>
       </c>
-      <c r="W37" s="53">
+      <c r="X37" s="36"/>
+      <c r="Y37" s="19">
         <v>373</v>
       </c>
-      <c r="X37" s="32"/>
-      <c r="Y37" s="19">
+      <c r="Z37" s="19">
         <v>244</v>
       </c>
-      <c r="Z37" s="19">
+      <c r="AA37" s="19">
         <v>355</v>
       </c>
-      <c r="AA37" s="20">
+      <c r="AB37" s="20">
         <v>1289</v>
       </c>
-      <c r="AB37" s="19">
+      <c r="AC37" s="19">
         <v>314</v>
       </c>
-      <c r="AC37" s="19">
+      <c r="AD37" s="19">
         <v>296</v>
       </c>
-      <c r="AD37" s="19">
+      <c r="AE37" s="19">
         <v>292</v>
       </c>
-      <c r="AE37" s="19">
+      <c r="AF37" s="19">
         <v>361</v>
       </c>
-      <c r="AF37" s="20">
+      <c r="AG37" s="20">
         <v>1263</v>
       </c>
-      <c r="AG37" s="19">
+      <c r="AH37" s="19">
         <v>321</v>
       </c>
-      <c r="AH37" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI37" s="19">
+        <v>283</v>
+      </c>
+      <c r="AJ37" s="19">
         <v>305</v>
       </c>
-      <c r="AJ37" s="19">
+      <c r="AK37" s="19">
         <v>333</v>
       </c>
-      <c r="AK37" s="20">
-[...2 lines deleted...]
-      <c r="AL37" s="19">
+      <c r="AL37" s="20">
+        <v>1242</v>
+      </c>
+      <c r="AM37" s="19">
+        <v>323</v>
+      </c>
+      <c r="AN37" s="19">
         <v>324</v>
       </c>
-      <c r="AM37" s="20">
-[...4 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="AO37" s="20">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="38" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A38" s="39" t="s">
         <v>125</v>
       </c>
-      <c r="B38" s="32"/>
+      <c r="B38" s="36"/>
       <c r="C38" s="19">
         <v>24</v>
       </c>
       <c r="D38" s="19">
         <v>14</v>
       </c>
       <c r="E38" s="19">
         <v>13</v>
       </c>
       <c r="F38" s="19">
         <v>10</v>
       </c>
       <c r="G38" s="20">
         <v>61</v>
       </c>
-      <c r="H38" s="54" t="s">
+      <c r="H38" s="55" t="s">
         <v>126</v>
       </c>
-      <c r="I38" s="32"/>
+      <c r="I38" s="36"/>
       <c r="J38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="K38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="L38" s="54" t="s">
+      <c r="L38" s="55" t="s">
         <v>126</v>
       </c>
-      <c r="M38" s="32"/>
+      <c r="M38" s="36"/>
       <c r="N38" s="20">
         <v>16</v>
       </c>
       <c r="O38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="P38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="Q38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="R38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="S38" s="20">
         <v>14</v>
       </c>
       <c r="T38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="U38" s="22" t="s">
+      <c r="U38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="V38" s="19">
+      <c r="V38" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="W38" s="54">
         <v>39</v>
       </c>
-      <c r="W38" s="53">
+      <c r="X38" s="36"/>
+      <c r="Y38" s="19">
         <v>18</v>
       </c>
-      <c r="X38" s="32"/>
-      <c r="Y38" s="19">
+      <c r="Z38" s="19">
         <v>20</v>
       </c>
-      <c r="Z38" s="19">
+      <c r="AA38" s="19">
         <v>21</v>
       </c>
-      <c r="AA38" s="20">
+      <c r="AB38" s="20">
         <v>98</v>
       </c>
-      <c r="AB38" s="19">
+      <c r="AC38" s="19">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="AD38" s="21" t="s">
         <v>126</v>
       </c>
       <c r="AE38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="AF38" s="20">
+      <c r="AF38" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="AG38" s="20">
         <v>21</v>
       </c>
-      <c r="AG38" s="21" t="s">
+      <c r="AH38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="AH38" s="19">
+      <c r="AI38" s="19">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="AJ38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="AK38" s="20">
+      <c r="AK38" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="AL38" s="20">
         <v>19</v>
       </c>
-      <c r="AL38" s="21" t="s">
+      <c r="AM38" s="21" t="s">
         <v>126</v>
       </c>
-      <c r="AM38" s="22" t="s">
+      <c r="AN38" s="21" t="s">
         <v>126</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A39" s="33" t="s">
+      <c r="AO38" s="22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="39" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A39" s="39" t="s">
         <v>127</v>
       </c>
-      <c r="B39" s="32"/>
+      <c r="B39" s="36"/>
       <c r="C39" s="19">
         <v>157</v>
       </c>
       <c r="D39" s="19">
         <v>273</v>
       </c>
       <c r="E39" s="19">
         <v>215</v>
       </c>
       <c r="F39" s="19">
         <v>192</v>
       </c>
       <c r="G39" s="20">
         <v>837</v>
       </c>
-      <c r="H39" s="53">
+      <c r="H39" s="54">
         <v>191</v>
       </c>
-      <c r="I39" s="32"/>
+      <c r="I39" s="36"/>
       <c r="J39" s="19">
         <v>198</v>
       </c>
       <c r="K39" s="19">
         <v>198</v>
       </c>
-      <c r="L39" s="53">
+      <c r="L39" s="54">
         <v>208</v>
       </c>
-      <c r="M39" s="32"/>
+      <c r="M39" s="36"/>
       <c r="N39" s="20">
         <v>795</v>
       </c>
       <c r="O39" s="19">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P39" s="19">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Q39" s="19">
         <v>186</v>
       </c>
       <c r="R39" s="19">
         <v>248</v>
       </c>
       <c r="S39" s="20">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="T39" s="19">
         <v>183</v>
       </c>
-      <c r="U39" s="20">
-[...2 lines deleted...]
-      <c r="V39" s="19">
+      <c r="U39" s="19">
+        <v>222</v>
+      </c>
+      <c r="V39" s="20">
+        <v>405</v>
+      </c>
+      <c r="W39" s="54">
         <v>251</v>
       </c>
-      <c r="W39" s="53">
+      <c r="X39" s="36"/>
+      <c r="Y39" s="19">
         <v>449</v>
       </c>
-      <c r="X39" s="32"/>
-      <c r="Y39" s="19">
+      <c r="Z39" s="19">
         <v>352</v>
       </c>
-      <c r="Z39" s="19">
+      <c r="AA39" s="19">
         <v>287</v>
       </c>
-      <c r="AA39" s="20">
+      <c r="AB39" s="20">
         <v>1339</v>
       </c>
-      <c r="AB39" s="19">
+      <c r="AC39" s="19">
         <v>292</v>
       </c>
-      <c r="AC39" s="19">
+      <c r="AD39" s="19">
         <v>322</v>
       </c>
-      <c r="AD39" s="19">
+      <c r="AE39" s="19">
         <v>299</v>
       </c>
-      <c r="AE39" s="19">
+      <c r="AF39" s="19">
         <v>315</v>
       </c>
-      <c r="AF39" s="20">
+      <c r="AG39" s="20">
         <v>1228</v>
       </c>
-      <c r="AG39" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AH39" s="19">
-        <v>274</v>
+        <v>319</v>
       </c>
       <c r="AI39" s="19">
+        <v>275</v>
+      </c>
+      <c r="AJ39" s="19">
         <v>286</v>
       </c>
-      <c r="AJ39" s="19">
+      <c r="AK39" s="19">
         <v>402</v>
       </c>
-      <c r="AK39" s="20">
-[...2 lines deleted...]
-      <c r="AL39" s="19">
+      <c r="AL39" s="20">
+        <v>1282</v>
+      </c>
+      <c r="AM39" s="19">
         <v>285</v>
       </c>
-      <c r="AM39" s="20">
-[...4 lines deleted...]
-      <c r="A40" s="33" t="s">
+      <c r="AN39" s="19">
+        <v>339</v>
+      </c>
+      <c r="AO39" s="20">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="40" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A40" s="39" t="s">
         <v>128</v>
       </c>
-      <c r="B40" s="32"/>
+      <c r="B40" s="36"/>
       <c r="C40" s="19">
         <v>288</v>
       </c>
       <c r="D40" s="19">
         <v>403</v>
       </c>
       <c r="E40" s="19">
         <v>385</v>
       </c>
       <c r="F40" s="19">
         <v>369</v>
       </c>
       <c r="G40" s="20">
         <v>1445</v>
       </c>
-      <c r="H40" s="53">
+      <c r="H40" s="54">
         <v>327</v>
       </c>
-      <c r="I40" s="32"/>
+      <c r="I40" s="36"/>
       <c r="J40" s="19">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K40" s="19">
         <v>335</v>
       </c>
-      <c r="L40" s="53">
+      <c r="L40" s="54">
         <v>342</v>
       </c>
-      <c r="M40" s="32"/>
+      <c r="M40" s="36"/>
       <c r="N40" s="20">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="O40" s="19">
         <v>318</v>
       </c>
       <c r="P40" s="19">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="Q40" s="19">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="R40" s="19">
         <v>374</v>
       </c>
       <c r="S40" s="20">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="T40" s="19">
+        <v>376</v>
+      </c>
+      <c r="U40" s="19">
         <v>378</v>
       </c>
-      <c r="U40" s="20">
-[...2 lines deleted...]
-      <c r="V40" s="19">
+      <c r="V40" s="20">
+        <v>754</v>
+      </c>
+      <c r="W40" s="54">
         <v>458</v>
       </c>
-      <c r="W40" s="53">
+      <c r="X40" s="36"/>
+      <c r="Y40" s="19">
         <v>621</v>
       </c>
-      <c r="X40" s="32"/>
-      <c r="Y40" s="19">
+      <c r="Z40" s="19">
         <v>590</v>
       </c>
-      <c r="Z40" s="19">
+      <c r="AA40" s="19">
         <v>576</v>
       </c>
-      <c r="AA40" s="20">
+      <c r="AB40" s="20">
         <v>2245</v>
       </c>
-      <c r="AB40" s="19">
+      <c r="AC40" s="19">
         <v>484</v>
       </c>
-      <c r="AC40" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AD40" s="19">
+        <v>500</v>
+      </c>
+      <c r="AE40" s="19">
         <v>525</v>
       </c>
-      <c r="AE40" s="19">
+      <c r="AF40" s="19">
         <v>508</v>
       </c>
-      <c r="AF40" s="20">
-[...2 lines deleted...]
-      <c r="AG40" s="19">
+      <c r="AG40" s="20">
+        <v>2017</v>
+      </c>
+      <c r="AH40" s="19">
         <v>465</v>
       </c>
-      <c r="AH40" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI40" s="19">
-        <v>495</v>
+        <v>576</v>
       </c>
       <c r="AJ40" s="19">
+        <v>491</v>
+      </c>
+      <c r="AK40" s="19">
         <v>551</v>
       </c>
-      <c r="AK40" s="20">
-[...10 lines deleted...]
-      <c r="A41" s="33" t="s">
+      <c r="AL40" s="20">
+        <v>2083</v>
+      </c>
+      <c r="AM40" s="19">
+        <v>582</v>
+      </c>
+      <c r="AN40" s="19">
+        <v>568</v>
+      </c>
+      <c r="AO40" s="20">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A41" s="39" t="s">
         <v>129</v>
       </c>
-      <c r="B41" s="32"/>
+      <c r="B41" s="36"/>
       <c r="C41" s="19">
         <v>148</v>
       </c>
       <c r="D41" s="19">
         <v>171</v>
       </c>
       <c r="E41" s="19">
         <v>195</v>
       </c>
       <c r="F41" s="19">
         <v>185</v>
       </c>
       <c r="G41" s="20">
         <v>699</v>
       </c>
-      <c r="H41" s="53">
+      <c r="H41" s="54">
         <v>155</v>
       </c>
-      <c r="I41" s="32"/>
+      <c r="I41" s="36"/>
       <c r="J41" s="19">
         <v>147</v>
       </c>
       <c r="K41" s="19">
         <v>192</v>
       </c>
-      <c r="L41" s="53">
+      <c r="L41" s="54">
         <v>172</v>
       </c>
-      <c r="M41" s="32"/>
+      <c r="M41" s="36"/>
       <c r="N41" s="20">
         <v>666</v>
       </c>
       <c r="O41" s="19">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P41" s="19">
         <v>163</v>
       </c>
       <c r="Q41" s="19">
         <v>169</v>
       </c>
       <c r="R41" s="19">
         <v>187</v>
       </c>
       <c r="S41" s="20">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="T41" s="19">
         <v>161</v>
       </c>
-      <c r="U41" s="20">
-[...2 lines deleted...]
-      <c r="V41" s="19">
+      <c r="U41" s="19">
+        <v>186</v>
+      </c>
+      <c r="V41" s="20">
+        <v>347</v>
+      </c>
+      <c r="W41" s="54">
         <v>244</v>
       </c>
-      <c r="W41" s="53">
+      <c r="X41" s="36"/>
+      <c r="Y41" s="19">
         <v>257</v>
       </c>
-      <c r="X41" s="32"/>
-      <c r="Y41" s="19">
+      <c r="Z41" s="19">
         <v>309</v>
       </c>
-      <c r="Z41" s="19">
+      <c r="AA41" s="19">
         <v>281</v>
       </c>
-      <c r="AA41" s="20">
+      <c r="AB41" s="20">
         <v>1091</v>
       </c>
-      <c r="AB41" s="19">
+      <c r="AC41" s="19">
         <v>248</v>
       </c>
-      <c r="AC41" s="19">
+      <c r="AD41" s="19">
         <v>240</v>
       </c>
-      <c r="AD41" s="19">
+      <c r="AE41" s="19">
         <v>287</v>
       </c>
-      <c r="AE41" s="19">
+      <c r="AF41" s="19">
         <v>264</v>
       </c>
-      <c r="AF41" s="20">
+      <c r="AG41" s="20">
         <v>1039</v>
       </c>
-      <c r="AG41" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AH41" s="19">
+        <v>262</v>
+      </c>
+      <c r="AI41" s="19">
         <v>251</v>
       </c>
-      <c r="AI41" s="19">
+      <c r="AJ41" s="19">
         <v>262</v>
       </c>
-      <c r="AJ41" s="19">
+      <c r="AK41" s="19">
         <v>286</v>
       </c>
-      <c r="AK41" s="20">
-[...10 lines deleted...]
-      <c r="A42" s="33" t="s">
+      <c r="AL41" s="20">
+        <v>1061</v>
+      </c>
+      <c r="AM41" s="19">
+        <v>235</v>
+      </c>
+      <c r="AN41" s="19">
+        <v>282</v>
+      </c>
+      <c r="AO41" s="20">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="42" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A42" s="39" t="s">
         <v>130</v>
       </c>
-      <c r="B42" s="32"/>
+      <c r="B42" s="36"/>
       <c r="C42" s="19">
         <v>253</v>
       </c>
       <c r="D42" s="19">
         <v>272</v>
       </c>
       <c r="E42" s="19">
         <v>234</v>
       </c>
       <c r="F42" s="19">
         <v>240</v>
       </c>
       <c r="G42" s="20">
         <v>999</v>
       </c>
-      <c r="H42" s="53">
+      <c r="H42" s="54">
         <v>281</v>
       </c>
-      <c r="I42" s="32"/>
+      <c r="I42" s="36"/>
       <c r="J42" s="19">
         <v>232</v>
       </c>
       <c r="K42" s="19">
         <v>272</v>
       </c>
-      <c r="L42" s="53">
+      <c r="L42" s="54">
         <v>274</v>
       </c>
-      <c r="M42" s="32"/>
+      <c r="M42" s="36"/>
       <c r="N42" s="20">
         <v>1059</v>
       </c>
       <c r="O42" s="19">
         <v>257</v>
       </c>
       <c r="P42" s="19">
         <v>275</v>
       </c>
       <c r="Q42" s="19">
         <v>268</v>
       </c>
       <c r="R42" s="19">
         <v>267</v>
       </c>
       <c r="S42" s="20">
         <v>1067</v>
       </c>
       <c r="T42" s="19">
-        <v>264</v>
-[...4 lines deleted...]
-      <c r="V42" s="19">
+        <v>263</v>
+      </c>
+      <c r="U42" s="19">
+        <v>303</v>
+      </c>
+      <c r="V42" s="20">
+        <v>566</v>
+      </c>
+      <c r="W42" s="54">
         <v>374</v>
       </c>
-      <c r="W42" s="53">
+      <c r="X42" s="36"/>
+      <c r="Y42" s="19">
         <v>394</v>
       </c>
-      <c r="X42" s="32"/>
-      <c r="Y42" s="19">
+      <c r="Z42" s="19">
         <v>360</v>
       </c>
-      <c r="Z42" s="19">
+      <c r="AA42" s="19">
         <v>371</v>
       </c>
-      <c r="AA42" s="20">
+      <c r="AB42" s="20">
         <v>1499</v>
       </c>
-      <c r="AB42" s="19">
+      <c r="AC42" s="19">
         <v>430</v>
       </c>
-      <c r="AC42" s="19">
+      <c r="AD42" s="19">
         <v>343</v>
       </c>
-      <c r="AD42" s="19">
+      <c r="AE42" s="19">
         <v>402</v>
       </c>
-      <c r="AE42" s="19">
+      <c r="AF42" s="19">
         <v>406</v>
       </c>
-      <c r="AF42" s="20">
+      <c r="AG42" s="20">
         <v>1581</v>
       </c>
-      <c r="AG42" s="19">
+      <c r="AH42" s="19">
         <v>376</v>
       </c>
-      <c r="AH42" s="19">
+      <c r="AI42" s="19">
         <v>422</v>
       </c>
-      <c r="AI42" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ42" s="19">
+        <v>400</v>
+      </c>
+      <c r="AK42" s="19">
         <v>407</v>
       </c>
-      <c r="AK42" s="20">
-[...10 lines deleted...]
-      <c r="A43" s="33" t="s">
+      <c r="AL42" s="20">
+        <v>1605</v>
+      </c>
+      <c r="AM42" s="19">
+        <v>380</v>
+      </c>
+      <c r="AN42" s="19">
+        <v>423</v>
+      </c>
+      <c r="AO42" s="20">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="43" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A43" s="39" t="s">
         <v>131</v>
       </c>
-      <c r="B43" s="32"/>
+      <c r="B43" s="36"/>
       <c r="C43" s="19">
         <v>194</v>
       </c>
       <c r="D43" s="19">
         <v>197</v>
       </c>
       <c r="E43" s="19">
         <v>195</v>
       </c>
       <c r="F43" s="19">
         <v>183</v>
       </c>
       <c r="G43" s="20">
         <v>769</v>
       </c>
-      <c r="H43" s="53">
+      <c r="H43" s="54">
         <v>143</v>
       </c>
-      <c r="I43" s="32"/>
+      <c r="I43" s="36"/>
       <c r="J43" s="19">
         <v>189</v>
       </c>
       <c r="K43" s="19">
         <v>159</v>
       </c>
-      <c r="L43" s="53">
+      <c r="L43" s="54">
         <v>145</v>
       </c>
-      <c r="M43" s="32"/>
+      <c r="M43" s="36"/>
       <c r="N43" s="20">
         <v>636</v>
       </c>
       <c r="O43" s="19">
         <v>170</v>
       </c>
       <c r="P43" s="19">
         <v>166</v>
       </c>
       <c r="Q43" s="19">
         <v>195</v>
       </c>
       <c r="R43" s="19">
         <v>165</v>
       </c>
       <c r="S43" s="20">
         <v>696</v>
       </c>
       <c r="T43" s="19">
-        <v>204</v>
-[...4 lines deleted...]
-      <c r="V43" s="19">
+        <v>203</v>
+      </c>
+      <c r="U43" s="19">
+        <v>230</v>
+      </c>
+      <c r="V43" s="20">
+        <v>433</v>
+      </c>
+      <c r="W43" s="54">
         <v>297</v>
       </c>
-      <c r="W43" s="53">
+      <c r="X43" s="36"/>
+      <c r="Y43" s="19">
         <v>293</v>
       </c>
-      <c r="X43" s="32"/>
-      <c r="Y43" s="19">
+      <c r="Z43" s="19">
         <v>297</v>
       </c>
-      <c r="Z43" s="19">
+      <c r="AA43" s="19">
         <v>269</v>
       </c>
-      <c r="AA43" s="20">
+      <c r="AB43" s="20">
         <v>1156</v>
       </c>
-      <c r="AB43" s="19">
+      <c r="AC43" s="19">
         <v>236</v>
       </c>
-      <c r="AC43" s="19">
+      <c r="AD43" s="19">
         <v>272</v>
       </c>
-      <c r="AD43" s="19">
+      <c r="AE43" s="19">
         <v>253</v>
       </c>
-      <c r="AE43" s="19">
+      <c r="AF43" s="19">
         <v>207</v>
       </c>
-      <c r="AF43" s="20">
+      <c r="AG43" s="20">
         <v>968</v>
       </c>
-      <c r="AG43" s="19">
+      <c r="AH43" s="19">
         <v>250</v>
       </c>
-      <c r="AH43" s="19">
+      <c r="AI43" s="19">
         <v>242</v>
       </c>
-      <c r="AI43" s="19">
+      <c r="AJ43" s="19">
         <v>287</v>
       </c>
-      <c r="AJ43" s="19">
+      <c r="AK43" s="19">
         <v>239</v>
       </c>
-      <c r="AK43" s="20">
+      <c r="AL43" s="20">
         <v>1018</v>
       </c>
-      <c r="AL43" s="19">
-[...7 lines deleted...]
-      <c r="A44" s="33" t="s">
+      <c r="AM43" s="19">
+        <v>302</v>
+      </c>
+      <c r="AN43" s="19">
+        <v>323</v>
+      </c>
+      <c r="AO43" s="20">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="44" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A44" s="39" t="s">
         <v>132</v>
       </c>
-      <c r="B44" s="32"/>
+      <c r="B44" s="36"/>
       <c r="C44" s="19">
         <v>127</v>
       </c>
       <c r="D44" s="19">
         <v>127</v>
       </c>
       <c r="E44" s="19">
         <v>97</v>
       </c>
       <c r="F44" s="19">
         <v>115</v>
       </c>
       <c r="G44" s="20">
         <v>466</v>
       </c>
-      <c r="H44" s="53">
+      <c r="H44" s="54">
         <v>121</v>
       </c>
-      <c r="I44" s="32"/>
+      <c r="I44" s="36"/>
       <c r="J44" s="19">
         <v>92</v>
       </c>
       <c r="K44" s="19">
         <v>130</v>
       </c>
-      <c r="L44" s="53">
+      <c r="L44" s="54">
         <v>141</v>
       </c>
-      <c r="M44" s="32"/>
+      <c r="M44" s="36"/>
       <c r="N44" s="20">
         <v>484</v>
       </c>
       <c r="O44" s="19">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P44" s="19">
         <v>94</v>
       </c>
       <c r="Q44" s="19">
         <v>107</v>
       </c>
       <c r="R44" s="19">
         <v>120</v>
       </c>
       <c r="S44" s="20">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="T44" s="19">
         <v>109</v>
       </c>
-      <c r="U44" s="20">
-[...2 lines deleted...]
-      <c r="V44" s="19">
+      <c r="U44" s="19">
+        <v>115</v>
+      </c>
+      <c r="V44" s="20">
+        <v>224</v>
+      </c>
+      <c r="W44" s="54">
         <v>205</v>
       </c>
-      <c r="W44" s="53">
+      <c r="X44" s="36"/>
+      <c r="Y44" s="19">
         <v>192</v>
       </c>
-      <c r="X44" s="32"/>
-      <c r="Y44" s="19">
+      <c r="Z44" s="19">
         <v>151</v>
       </c>
-      <c r="Z44" s="19">
+      <c r="AA44" s="19">
         <v>184</v>
       </c>
-      <c r="AA44" s="20">
+      <c r="AB44" s="20">
         <v>732</v>
       </c>
-      <c r="AB44" s="19">
+      <c r="AC44" s="19">
         <v>192</v>
       </c>
-      <c r="AC44" s="19">
+      <c r="AD44" s="19">
         <v>138</v>
       </c>
-      <c r="AD44" s="19">
+      <c r="AE44" s="19">
         <v>214</v>
       </c>
-      <c r="AE44" s="19">
+      <c r="AF44" s="19">
         <v>218</v>
       </c>
-      <c r="AF44" s="20">
+      <c r="AG44" s="20">
         <v>762</v>
       </c>
-      <c r="AG44" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AH44" s="19">
+        <v>230</v>
+      </c>
+      <c r="AI44" s="19">
         <v>132</v>
       </c>
-      <c r="AI44" s="19">
+      <c r="AJ44" s="19">
         <v>169</v>
       </c>
-      <c r="AJ44" s="19">
+      <c r="AK44" s="19">
         <v>183</v>
       </c>
-      <c r="AK44" s="20">
-[...2 lines deleted...]
-      <c r="AL44" s="19">
+      <c r="AL44" s="20">
+        <v>714</v>
+      </c>
+      <c r="AM44" s="19">
         <v>171</v>
       </c>
-      <c r="AM44" s="20">
-[...4 lines deleted...]
-      <c r="A45" s="33" t="s">
+      <c r="AN44" s="19">
+        <v>176</v>
+      </c>
+      <c r="AO44" s="20">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="45" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A45" s="39" t="s">
         <v>133</v>
       </c>
-      <c r="B45" s="32"/>
+      <c r="B45" s="36"/>
       <c r="C45" s="19">
         <v>93</v>
       </c>
       <c r="D45" s="19">
         <v>105</v>
       </c>
       <c r="E45" s="19">
         <v>113</v>
       </c>
       <c r="F45" s="19">
         <v>119</v>
       </c>
       <c r="G45" s="20">
         <v>430</v>
       </c>
-      <c r="H45" s="53">
+      <c r="H45" s="54">
         <v>117</v>
       </c>
-      <c r="I45" s="32"/>
+      <c r="I45" s="36"/>
       <c r="J45" s="19">
         <v>92</v>
       </c>
       <c r="K45" s="19">
         <v>75</v>
       </c>
-      <c r="L45" s="53">
+      <c r="L45" s="54">
         <v>108</v>
       </c>
-      <c r="M45" s="32"/>
+      <c r="M45" s="36"/>
       <c r="N45" s="20">
         <v>392</v>
       </c>
       <c r="O45" s="19">
         <v>104</v>
       </c>
       <c r="P45" s="19">
         <v>120</v>
       </c>
       <c r="Q45" s="19">
         <v>78</v>
       </c>
       <c r="R45" s="19">
         <v>81</v>
       </c>
       <c r="S45" s="20">
         <v>383</v>
       </c>
       <c r="T45" s="19">
         <v>100</v>
       </c>
-      <c r="U45" s="20">
-[...2 lines deleted...]
-      <c r="V45" s="19">
+      <c r="U45" s="19">
+        <v>114</v>
+      </c>
+      <c r="V45" s="20">
+        <v>214</v>
+      </c>
+      <c r="W45" s="54">
         <v>135</v>
       </c>
-      <c r="W45" s="53">
+      <c r="X45" s="36"/>
+      <c r="Y45" s="19">
         <v>159</v>
       </c>
-      <c r="X45" s="32"/>
-      <c r="Y45" s="19">
+      <c r="Z45" s="19">
         <v>174</v>
       </c>
-      <c r="Z45" s="19">
+      <c r="AA45" s="19">
         <v>176</v>
       </c>
-      <c r="AA45" s="20">
+      <c r="AB45" s="20">
         <v>644</v>
       </c>
-      <c r="AB45" s="19">
+      <c r="AC45" s="19">
         <v>176</v>
       </c>
-      <c r="AC45" s="19">
+      <c r="AD45" s="19">
         <v>158</v>
       </c>
-      <c r="AD45" s="19">
+      <c r="AE45" s="19">
         <v>127</v>
       </c>
-      <c r="AE45" s="19">
+      <c r="AF45" s="19">
         <v>165</v>
       </c>
-      <c r="AF45" s="20">
+      <c r="AG45" s="20">
         <v>626</v>
       </c>
-      <c r="AG45" s="19">
+      <c r="AH45" s="19">
         <v>158</v>
       </c>
-      <c r="AH45" s="19">
+      <c r="AI45" s="19">
         <v>179</v>
       </c>
-      <c r="AI45" s="19">
+      <c r="AJ45" s="19">
         <v>124</v>
       </c>
-      <c r="AJ45" s="19">
+      <c r="AK45" s="19">
         <v>113</v>
       </c>
-      <c r="AK45" s="20">
+      <c r="AL45" s="20">
         <v>574</v>
       </c>
-      <c r="AL45" s="19">
+      <c r="AM45" s="19">
         <v>164</v>
       </c>
-      <c r="AM45" s="20">
-[...4 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="AN45" s="19">
+        <v>169</v>
+      </c>
+      <c r="AO45" s="20">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="46" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A46" s="39" t="s">
         <v>134</v>
       </c>
-      <c r="B46" s="32"/>
+      <c r="B46" s="36"/>
       <c r="C46" s="19">
         <v>95</v>
       </c>
       <c r="D46" s="19">
         <v>99</v>
       </c>
       <c r="E46" s="19">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F46" s="19">
         <v>94</v>
       </c>
       <c r="G46" s="20">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="H46" s="53">
+        <v>400</v>
+      </c>
+      <c r="H46" s="54">
         <v>110</v>
       </c>
-      <c r="I46" s="32"/>
+      <c r="I46" s="36"/>
       <c r="J46" s="19">
         <v>75</v>
       </c>
       <c r="K46" s="19">
         <v>84</v>
       </c>
-      <c r="L46" s="53">
+      <c r="L46" s="54">
         <v>99</v>
       </c>
-      <c r="M46" s="32"/>
+      <c r="M46" s="36"/>
       <c r="N46" s="20">
         <v>368</v>
       </c>
       <c r="O46" s="19">
         <v>109</v>
       </c>
       <c r="P46" s="19">
         <v>117</v>
       </c>
       <c r="Q46" s="19">
         <v>84</v>
       </c>
       <c r="R46" s="19">
         <v>107</v>
       </c>
       <c r="S46" s="20">
         <v>417</v>
       </c>
       <c r="T46" s="19">
         <v>112</v>
       </c>
-      <c r="U46" s="20">
-[...2 lines deleted...]
-      <c r="V46" s="19">
+      <c r="U46" s="19">
+        <v>90</v>
+      </c>
+      <c r="V46" s="20">
+        <v>202</v>
+      </c>
+      <c r="W46" s="54">
         <v>161</v>
       </c>
-      <c r="W46" s="53">
+      <c r="X46" s="36"/>
+      <c r="Y46" s="19">
         <v>149</v>
       </c>
-      <c r="X46" s="32"/>
-[...2 lines deleted...]
-      </c>
       <c r="Z46" s="19">
+        <v>170</v>
+      </c>
+      <c r="AA46" s="19">
         <v>167</v>
       </c>
-      <c r="AA46" s="20">
-[...2 lines deleted...]
-      <c r="AB46" s="19">
+      <c r="AB46" s="20">
+        <v>647</v>
+      </c>
+      <c r="AC46" s="19">
         <v>160</v>
       </c>
-      <c r="AC46" s="19">
+      <c r="AD46" s="19">
         <v>118</v>
       </c>
-      <c r="AD46" s="19">
+      <c r="AE46" s="19">
         <v>126</v>
       </c>
-      <c r="AE46" s="19">
+      <c r="AF46" s="19">
         <v>153</v>
       </c>
-      <c r="AF46" s="20">
+      <c r="AG46" s="20">
         <v>557</v>
       </c>
-      <c r="AG46" s="19">
+      <c r="AH46" s="19">
         <v>173</v>
       </c>
-      <c r="AH46" s="19">
+      <c r="AI46" s="19">
         <v>182</v>
       </c>
-      <c r="AI46" s="19">
+      <c r="AJ46" s="19">
         <v>126</v>
       </c>
-      <c r="AJ46" s="19">
+      <c r="AK46" s="19">
         <v>170</v>
       </c>
-      <c r="AK46" s="20">
+      <c r="AL46" s="20">
         <v>651</v>
       </c>
-      <c r="AL46" s="19">
+      <c r="AM46" s="19">
         <v>188</v>
       </c>
-      <c r="AM46" s="20">
-[...4 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="AN46" s="19">
+        <v>131</v>
+      </c>
+      <c r="AO46" s="20">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="47" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A47" s="39" t="s">
         <v>135</v>
       </c>
-      <c r="B47" s="32"/>
+      <c r="B47" s="36"/>
       <c r="C47" s="19">
         <v>164</v>
       </c>
       <c r="D47" s="19">
         <v>179</v>
       </c>
       <c r="E47" s="19">
         <v>194</v>
       </c>
       <c r="F47" s="19">
         <v>224</v>
       </c>
       <c r="G47" s="20">
         <v>761</v>
       </c>
-      <c r="H47" s="53">
+      <c r="H47" s="54">
         <v>180</v>
       </c>
-      <c r="I47" s="32"/>
+      <c r="I47" s="36"/>
       <c r="J47" s="19">
         <v>219</v>
       </c>
       <c r="K47" s="19">
         <v>175</v>
       </c>
-      <c r="L47" s="53">
-[...2 lines deleted...]
-      <c r="M47" s="32"/>
+      <c r="L47" s="54">
+        <v>212</v>
+      </c>
+      <c r="M47" s="36"/>
       <c r="N47" s="20">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="O47" s="19">
         <v>141</v>
       </c>
       <c r="P47" s="19">
         <v>162</v>
       </c>
       <c r="Q47" s="19">
         <v>200</v>
       </c>
       <c r="R47" s="19">
         <v>175</v>
       </c>
       <c r="S47" s="20">
         <v>678</v>
       </c>
       <c r="T47" s="19">
-        <v>155</v>
-[...4 lines deleted...]
-      <c r="V47" s="19">
+        <v>154</v>
+      </c>
+      <c r="U47" s="19">
+        <v>194</v>
+      </c>
+      <c r="V47" s="20">
+        <v>348</v>
+      </c>
+      <c r="W47" s="54">
         <v>251</v>
       </c>
-      <c r="W47" s="53">
+      <c r="X47" s="36"/>
+      <c r="Y47" s="19">
         <v>264</v>
       </c>
-      <c r="X47" s="32"/>
-      <c r="Y47" s="19">
+      <c r="Z47" s="19">
         <v>282</v>
       </c>
-      <c r="Z47" s="19">
+      <c r="AA47" s="19">
         <v>336</v>
       </c>
-      <c r="AA47" s="20">
+      <c r="AB47" s="20">
         <v>1133</v>
       </c>
-      <c r="AB47" s="19">
+      <c r="AC47" s="19">
         <v>272</v>
       </c>
-      <c r="AC47" s="19">
+      <c r="AD47" s="19">
         <v>339</v>
       </c>
-      <c r="AD47" s="19">
+      <c r="AE47" s="19">
         <v>271</v>
       </c>
-      <c r="AE47" s="19">
-[...5 lines deleted...]
-      <c r="AG47" s="19">
+      <c r="AF47" s="19">
+        <v>318</v>
+      </c>
+      <c r="AG47" s="20">
+        <v>1200</v>
+      </c>
+      <c r="AH47" s="19">
         <v>224</v>
       </c>
-      <c r="AH47" s="19">
+      <c r="AI47" s="19">
         <v>251</v>
       </c>
-      <c r="AI47" s="19">
+      <c r="AJ47" s="19">
         <v>295</v>
       </c>
-      <c r="AJ47" s="19">
-[...13 lines deleted...]
-      <c r="A48" s="33" t="s">
+      <c r="AK47" s="19">
+        <v>270</v>
+      </c>
+      <c r="AL47" s="20">
+        <v>1040</v>
+      </c>
+      <c r="AM47" s="19">
+        <v>244</v>
+      </c>
+      <c r="AN47" s="19">
+        <v>297</v>
+      </c>
+      <c r="AO47" s="20">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="48" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A48" s="39" t="s">
         <v>136</v>
       </c>
-      <c r="B48" s="32"/>
+      <c r="B48" s="36"/>
       <c r="C48" s="19">
         <v>364</v>
       </c>
       <c r="D48" s="19">
         <v>339</v>
       </c>
       <c r="E48" s="19">
         <v>355</v>
       </c>
       <c r="F48" s="19">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="G48" s="20">
-        <v>1445</v>
-[...1 lines deleted...]
-      <c r="H48" s="53">
+        <v>1444</v>
+      </c>
+      <c r="H48" s="54">
         <v>522</v>
       </c>
-      <c r="I48" s="32"/>
+      <c r="I48" s="36"/>
       <c r="J48" s="19">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="K48" s="19">
         <v>347</v>
       </c>
-      <c r="L48" s="53">
+      <c r="L48" s="54">
         <v>498</v>
       </c>
-      <c r="M48" s="32"/>
+      <c r="M48" s="36"/>
       <c r="N48" s="20">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="O48" s="19">
         <v>414</v>
       </c>
       <c r="P48" s="19">
         <v>423</v>
       </c>
       <c r="Q48" s="19">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="R48" s="19">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="S48" s="20">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="T48" s="19">
-        <v>355</v>
-[...4 lines deleted...]
-      <c r="V48" s="19">
+        <v>353</v>
+      </c>
+      <c r="U48" s="19">
+        <v>430</v>
+      </c>
+      <c r="V48" s="20">
+        <v>783</v>
+      </c>
+      <c r="W48" s="54">
         <v>528</v>
       </c>
-      <c r="W48" s="53">
-[...2 lines deleted...]
-      <c r="X48" s="32"/>
+      <c r="X48" s="36"/>
       <c r="Y48" s="19">
+        <v>548</v>
+      </c>
+      <c r="Z48" s="19">
         <v>547</v>
       </c>
-      <c r="Z48" s="19">
-[...6 lines deleted...]
-        <v>769</v>
+      <c r="AA48" s="19">
+        <v>568</v>
+      </c>
+      <c r="AB48" s="20">
+        <v>2191</v>
       </c>
       <c r="AC48" s="19">
-        <v>479</v>
+        <v>768</v>
       </c>
       <c r="AD48" s="19">
+        <v>478</v>
+      </c>
+      <c r="AE48" s="19">
         <v>508</v>
       </c>
-      <c r="AE48" s="19">
+      <c r="AF48" s="19">
         <v>738</v>
       </c>
-      <c r="AF48" s="20">
-[...2 lines deleted...]
-      <c r="AG48" s="19">
+      <c r="AG48" s="20">
+        <v>2492</v>
+      </c>
+      <c r="AH48" s="19">
         <v>623</v>
       </c>
-      <c r="AH48" s="19">
+      <c r="AI48" s="19">
         <v>629</v>
       </c>
-      <c r="AI48" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AJ48" s="19">
-        <v>580</v>
-[...12 lines deleted...]
-      <c r="A49" s="33" t="s">
+        <v>590</v>
+      </c>
+      <c r="AK48" s="19">
+        <v>579</v>
+      </c>
+      <c r="AL48" s="20">
+        <v>2421</v>
+      </c>
+      <c r="AM48" s="19">
+        <v>530</v>
+      </c>
+      <c r="AN48" s="19">
+        <v>651</v>
+      </c>
+      <c r="AO48" s="20">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="49" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A49" s="39" t="s">
         <v>137</v>
       </c>
-      <c r="B49" s="32"/>
+      <c r="B49" s="36"/>
       <c r="C49" s="19">
         <v>396</v>
       </c>
       <c r="D49" s="19">
         <v>499</v>
       </c>
       <c r="E49" s="19">
         <v>479</v>
       </c>
       <c r="F49" s="19">
         <v>520</v>
       </c>
       <c r="G49" s="20">
         <v>1894</v>
       </c>
-      <c r="H49" s="53">
+      <c r="H49" s="54">
         <v>427</v>
       </c>
-      <c r="I49" s="32"/>
+      <c r="I49" s="36"/>
       <c r="J49" s="19">
         <v>435</v>
       </c>
       <c r="K49" s="19">
         <v>450</v>
       </c>
-      <c r="L49" s="53">
+      <c r="L49" s="54">
         <v>482</v>
       </c>
-      <c r="M49" s="32"/>
+      <c r="M49" s="36"/>
       <c r="N49" s="20">
         <v>1794</v>
       </c>
       <c r="O49" s="19">
         <v>393</v>
       </c>
       <c r="P49" s="19">
         <v>436</v>
       </c>
       <c r="Q49" s="19">
         <v>419</v>
       </c>
       <c r="R49" s="19">
         <v>500</v>
       </c>
       <c r="S49" s="20">
         <v>1748</v>
       </c>
       <c r="T49" s="19">
-        <v>472</v>
-[...4 lines deleted...]
-      <c r="V49" s="19">
+        <v>469</v>
+      </c>
+      <c r="U49" s="19">
+        <v>453</v>
+      </c>
+      <c r="V49" s="20">
+        <v>922</v>
+      </c>
+      <c r="W49" s="54">
         <v>601</v>
       </c>
-      <c r="W49" s="53">
+      <c r="X49" s="36"/>
+      <c r="Y49" s="19">
         <v>724</v>
       </c>
-      <c r="X49" s="32"/>
-      <c r="Y49" s="19">
+      <c r="Z49" s="19">
         <v>737</v>
       </c>
-      <c r="Z49" s="19">
+      <c r="AA49" s="19">
         <v>813</v>
       </c>
-      <c r="AA49" s="20">
+      <c r="AB49" s="20">
         <v>2875</v>
       </c>
-      <c r="AB49" s="19">
+      <c r="AC49" s="19">
         <v>693</v>
       </c>
-      <c r="AC49" s="19">
+      <c r="AD49" s="19">
         <v>637</v>
       </c>
-      <c r="AD49" s="19">
+      <c r="AE49" s="19">
         <v>675</v>
       </c>
-      <c r="AE49" s="19">
+      <c r="AF49" s="19">
         <v>725</v>
       </c>
-      <c r="AF49" s="20">
+      <c r="AG49" s="20">
         <v>2730</v>
       </c>
-      <c r="AG49" s="19">
+      <c r="AH49" s="19">
         <v>604</v>
       </c>
-      <c r="AH49" s="19">
+      <c r="AI49" s="19">
         <v>690</v>
       </c>
-      <c r="AI49" s="19">
+      <c r="AJ49" s="19">
         <v>634</v>
       </c>
-      <c r="AJ49" s="19">
+      <c r="AK49" s="19">
         <v>747</v>
       </c>
-      <c r="AK49" s="20">
+      <c r="AL49" s="20">
         <v>2675</v>
       </c>
-      <c r="AL49" s="19">
-[...7 lines deleted...]
-      <c r="A50" s="33" t="s">
+      <c r="AM49" s="19">
+        <v>727</v>
+      </c>
+      <c r="AN49" s="19">
+        <v>685</v>
+      </c>
+      <c r="AO49" s="20">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="50" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A50" s="39" t="s">
         <v>138</v>
       </c>
-      <c r="B50" s="32"/>
+      <c r="B50" s="36"/>
       <c r="C50" s="19">
         <v>389</v>
       </c>
       <c r="D50" s="19">
         <v>375</v>
       </c>
       <c r="E50" s="19">
         <v>363</v>
       </c>
       <c r="F50" s="19">
         <v>368</v>
       </c>
       <c r="G50" s="20">
         <v>1495</v>
       </c>
-      <c r="H50" s="53">
+      <c r="H50" s="54">
         <v>298</v>
       </c>
-      <c r="I50" s="32"/>
+      <c r="I50" s="36"/>
       <c r="J50" s="19">
         <v>366</v>
       </c>
       <c r="K50" s="19">
         <v>306</v>
       </c>
-      <c r="L50" s="53">
+      <c r="L50" s="54">
         <v>335</v>
       </c>
-      <c r="M50" s="32"/>
+      <c r="M50" s="36"/>
       <c r="N50" s="20">
         <v>1305</v>
       </c>
       <c r="O50" s="19">
         <v>327</v>
       </c>
       <c r="P50" s="19">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="Q50" s="19">
         <v>368</v>
       </c>
       <c r="R50" s="19">
         <v>361</v>
       </c>
       <c r="S50" s="20">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="T50" s="19">
-        <v>333</v>
-[...4 lines deleted...]
-      <c r="V50" s="19">
+        <v>334</v>
+      </c>
+      <c r="U50" s="19">
+        <v>381</v>
+      </c>
+      <c r="V50" s="20">
+        <v>715</v>
+      </c>
+      <c r="W50" s="54">
         <v>621</v>
       </c>
-      <c r="W50" s="53">
+      <c r="X50" s="36"/>
+      <c r="Y50" s="19">
         <v>599</v>
       </c>
-      <c r="X50" s="32"/>
-      <c r="Y50" s="19">
+      <c r="Z50" s="19">
         <v>570</v>
       </c>
-      <c r="Z50" s="19">
+      <c r="AA50" s="19">
         <v>540</v>
       </c>
-      <c r="AA50" s="20">
+      <c r="AB50" s="20">
         <v>2330</v>
       </c>
-      <c r="AB50" s="19">
+      <c r="AC50" s="19">
         <v>450</v>
       </c>
-      <c r="AC50" s="19">
+      <c r="AD50" s="19">
         <v>555</v>
       </c>
-      <c r="AD50" s="19">
+      <c r="AE50" s="19">
         <v>487</v>
       </c>
-      <c r="AE50" s="19">
+      <c r="AF50" s="19">
         <v>518</v>
       </c>
-      <c r="AF50" s="20">
+      <c r="AG50" s="20">
         <v>2010</v>
       </c>
-      <c r="AG50" s="19">
+      <c r="AH50" s="19">
         <v>512</v>
       </c>
-      <c r="AH50" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI50" s="19">
+        <v>431</v>
+      </c>
+      <c r="AJ50" s="19">
         <v>556</v>
       </c>
-      <c r="AJ50" s="19">
+      <c r="AK50" s="19">
         <v>529</v>
       </c>
-      <c r="AK50" s="20">
-[...10 lines deleted...]
-      <c r="A51" s="33" t="s">
+      <c r="AL50" s="20">
+        <v>2028</v>
+      </c>
+      <c r="AM50" s="19">
+        <v>526</v>
+      </c>
+      <c r="AN50" s="19">
+        <v>595</v>
+      </c>
+      <c r="AO50" s="20">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="51" spans="1:41" x14ac:dyDescent="0.35">
+      <c r="A51" s="39" t="s">
         <v>139</v>
       </c>
-      <c r="B51" s="32"/>
+      <c r="B51" s="36"/>
       <c r="C51" s="19">
         <v>123</v>
       </c>
       <c r="D51" s="19">
         <v>149</v>
       </c>
       <c r="E51" s="19">
         <v>138</v>
       </c>
       <c r="F51" s="19">
         <v>143</v>
       </c>
       <c r="G51" s="20">
         <v>553</v>
       </c>
-      <c r="H51" s="53">
+      <c r="H51" s="54">
         <v>157</v>
       </c>
-      <c r="I51" s="32"/>
+      <c r="I51" s="36"/>
       <c r="J51" s="19">
         <v>137</v>
       </c>
       <c r="K51" s="19">
         <v>125</v>
       </c>
-      <c r="L51" s="53">
+      <c r="L51" s="54">
         <v>134</v>
       </c>
-      <c r="M51" s="32"/>
+      <c r="M51" s="36"/>
       <c r="N51" s="20">
         <v>553</v>
       </c>
       <c r="O51" s="19">
         <v>116</v>
       </c>
       <c r="P51" s="19">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="Q51" s="19">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R51" s="19">
         <v>127</v>
       </c>
       <c r="S51" s="20">
         <v>558</v>
       </c>
       <c r="T51" s="19">
         <v>145</v>
       </c>
-      <c r="U51" s="20">
-[...2 lines deleted...]
-      <c r="V51" s="19">
+      <c r="U51" s="19">
+        <v>150</v>
+      </c>
+      <c r="V51" s="20">
+        <v>295</v>
+      </c>
+      <c r="W51" s="54">
         <v>190</v>
       </c>
-      <c r="W51" s="53">
+      <c r="X51" s="36"/>
+      <c r="Y51" s="19">
         <v>233</v>
       </c>
-      <c r="X51" s="32"/>
-      <c r="Y51" s="19">
+      <c r="Z51" s="19">
         <v>214</v>
       </c>
-      <c r="Z51" s="19">
+      <c r="AA51" s="19">
         <v>213</v>
       </c>
-      <c r="AA51" s="20">
+      <c r="AB51" s="20">
         <v>850</v>
       </c>
-      <c r="AB51" s="19">
+      <c r="AC51" s="19">
         <v>246</v>
       </c>
-      <c r="AC51" s="19">
+      <c r="AD51" s="19">
         <v>209</v>
       </c>
-      <c r="AD51" s="19">
+      <c r="AE51" s="19">
         <v>189</v>
       </c>
-      <c r="AE51" s="19">
+      <c r="AF51" s="19">
         <v>191</v>
       </c>
-      <c r="AF51" s="20">
+      <c r="AG51" s="20">
         <v>835</v>
       </c>
-      <c r="AG51" s="19">
+      <c r="AH51" s="19">
         <v>179</v>
       </c>
-      <c r="AH51" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="AI51" s="19">
-        <v>222</v>
+        <v>269</v>
       </c>
       <c r="AJ51" s="19">
+        <v>224</v>
+      </c>
+      <c r="AK51" s="19">
         <v>200</v>
       </c>
-      <c r="AK51" s="20">
+      <c r="AL51" s="20">
         <v>872</v>
       </c>
-      <c r="AL51" s="19">
-[...6 lines deleted...]
-    <row r="52" spans="1:39" x14ac:dyDescent="0.35">
+      <c r="AM51" s="19">
+        <v>224</v>
+      </c>
+      <c r="AN51" s="19">
+        <v>227</v>
+      </c>
+      <c r="AO51" s="20">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="52" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A52" s="44" t="s">
         <v>71</v>
       </c>
-      <c r="B52" s="32"/>
+      <c r="B52" s="36"/>
       <c r="C52" s="13">
         <v>9461</v>
       </c>
       <c r="D52" s="13">
-        <v>10139</v>
+        <v>10137</v>
       </c>
       <c r="E52" s="13">
-        <v>9938</v>
+        <v>9939</v>
       </c>
       <c r="F52" s="13">
-        <v>10418</v>
+        <v>10416</v>
       </c>
       <c r="G52" s="13">
-        <v>39956</v>
-[...4 lines deleted...]
-      <c r="I52" s="32"/>
+        <v>39953</v>
+      </c>
+      <c r="H52" s="51">
+        <v>9581</v>
+      </c>
+      <c r="I52" s="36"/>
       <c r="J52" s="13">
-        <v>9723</v>
+        <v>9724</v>
       </c>
       <c r="K52" s="13">
-        <v>9645</v>
-[...4 lines deleted...]
-      <c r="M52" s="32"/>
+        <v>9646</v>
+      </c>
+      <c r="L52" s="51">
+        <v>10505</v>
+      </c>
+      <c r="M52" s="36"/>
       <c r="N52" s="13">
         <v>39456</v>
       </c>
       <c r="O52" s="13">
-        <v>9477</v>
+        <v>9482</v>
       </c>
       <c r="P52" s="13">
-        <v>9936</v>
+        <v>9934</v>
       </c>
       <c r="Q52" s="13">
-        <v>9439</v>
+        <v>9436</v>
       </c>
       <c r="R52" s="13">
-        <v>10130</v>
+        <v>10126</v>
       </c>
       <c r="S52" s="13">
-        <v>38982</v>
+        <v>38978</v>
       </c>
       <c r="T52" s="13">
-        <v>9739</v>
+        <v>9717</v>
       </c>
       <c r="U52" s="13">
-        <v>9739</v>
+        <v>10403</v>
       </c>
       <c r="V52" s="13">
+        <v>20120</v>
+      </c>
+      <c r="W52" s="51">
         <v>14433</v>
       </c>
-      <c r="W52" s="45">
-[...2 lines deleted...]
-      <c r="X52" s="32"/>
+      <c r="X52" s="36"/>
       <c r="Y52" s="13">
-        <v>15196</v>
+        <v>15517</v>
       </c>
       <c r="Z52" s="13">
-        <v>15830</v>
+        <v>15197</v>
       </c>
       <c r="AA52" s="13">
-        <v>60979</v>
+        <v>15826</v>
       </c>
       <c r="AB52" s="13">
-        <v>14592</v>
+        <v>60973</v>
       </c>
       <c r="AC52" s="13">
-        <v>14825</v>
+        <v>14590</v>
       </c>
       <c r="AD52" s="13">
-        <v>14725</v>
+        <v>14826</v>
       </c>
       <c r="AE52" s="13">
-        <v>15986</v>
+        <v>14727</v>
       </c>
       <c r="AF52" s="13">
-        <v>60128</v>
+        <v>15983</v>
       </c>
       <c r="AG52" s="13">
-        <v>14476</v>
+        <v>60126</v>
       </c>
       <c r="AH52" s="13">
-        <v>15006</v>
+        <v>14486</v>
       </c>
       <c r="AI52" s="13">
-        <v>14379</v>
+        <v>15005</v>
       </c>
       <c r="AJ52" s="13">
-        <v>15343</v>
+        <v>14369</v>
       </c>
       <c r="AK52" s="13">
-        <v>59204</v>
+        <v>15328</v>
       </c>
       <c r="AL52" s="13">
-        <v>14805</v>
+        <v>59188</v>
       </c>
       <c r="AM52" s="13">
-        <v>14805</v>
+        <v>14769</v>
+      </c>
+      <c r="AN52" s="13">
+        <v>15542</v>
+      </c>
+      <c r="AO52" s="13">
+        <v>30311</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="192">
-    <mergeCell ref="I2:L2"/>
-[...18 lines deleted...]
-    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="H52:I52"/>
+    <mergeCell ref="L52:M52"/>
+    <mergeCell ref="W52:X52"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="H51:I51"/>
+    <mergeCell ref="L51:M51"/>
+    <mergeCell ref="W51:X51"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="W48:X48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="W49:X49"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="W46:X46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="W47:X47"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="W45:X45"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="W40:X40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="W41:X41"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="W38:X38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="W37:X37"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="W26:X26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="L27:M27"/>
+    <mergeCell ref="W27:X27"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="W25:X25"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="W16:X16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="W14:X14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="W15:X15"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="H12:I12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="W12:X12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="W13:X13"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="W10:X10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="H11:I11"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="W11:X11"/>
-    <mergeCell ref="A16:B16"/>
-[...154 lines deleted...]
-    <mergeCell ref="W51:X51"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="W9:X9"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="C8:G8"/>
+    <mergeCell ref="H8:N8"/>
+    <mergeCell ref="O8:S8"/>
+    <mergeCell ref="T8:V8"/>
+    <mergeCell ref="I2:L2"/>
+    <mergeCell ref="B3:W3"/>
+    <mergeCell ref="B5:W5"/>
+    <mergeCell ref="B6:W6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="C7:V7"/>
+    <mergeCell ref="W7:AO7"/>
+    <mergeCell ref="W8:AB8"/>
+    <mergeCell ref="AC8:AG8"/>
+    <mergeCell ref="AH8:AL8"/>
+    <mergeCell ref="AM8:AO8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:E84"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="76.26953125" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="75.81640625" customWidth="1"/>
     <col min="5" max="5" width="0.1796875" customWidth="1"/>
     <col min="6" max="6" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:5" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...1 lines deleted...]
-      <c r="E3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
     </row>
     <row r="4" spans="1:5" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:5" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="40" t="s">
+      <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="35"/>
-[...1 lines deleted...]
-      <c r="E5" s="35"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
     </row>
     <row r="6" spans="1:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="40" t="s">
+      <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="35"/>
-[...1 lines deleted...]
-      <c r="E6" s="35"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="32"/>
+      <c r="E6" s="32"/>
     </row>
     <row r="7" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="44" t="s">
         <v>140</v>
       </c>
-      <c r="B7" s="31"/>
-[...1 lines deleted...]
-      <c r="D7" s="32"/>
+      <c r="B7" s="35"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="36"/>
     </row>
     <row r="8" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="33" t="s">
+      <c r="A8" s="39" t="s">
         <v>141</v>
       </c>
-      <c r="B8" s="31"/>
-[...4 lines deleted...]
-      <c r="A9" s="46" t="s">
+      <c r="B8" s="35"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="36"/>
+    </row>
+    <row r="9" spans="1:5" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="B9" s="31"/>
-[...1 lines deleted...]
-      <c r="D9" s="32"/>
+      <c r="B9" s="35"/>
+      <c r="C9" s="35"/>
+      <c r="D9" s="36"/>
     </row>
     <row r="10" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="42" t="s">
+      <c r="A10" s="49" t="s">
         <v>143</v>
       </c>
-      <c r="B10" s="31"/>
-[...1 lines deleted...]
-      <c r="D10" s="32"/>
+      <c r="B10" s="35"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="36"/>
     </row>
     <row r="11" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="46" t="s">
+      <c r="A11" s="47" t="s">
         <v>144</v>
       </c>
-      <c r="B11" s="31"/>
-[...1 lines deleted...]
-      <c r="D11" s="32"/>
+      <c r="B11" s="35"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="36"/>
     </row>
     <row r="12" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="42" t="s">
+      <c r="A12" s="49" t="s">
         <v>145</v>
       </c>
-      <c r="B12" s="31"/>
-[...1 lines deleted...]
-      <c r="D12" s="32"/>
+      <c r="B12" s="35"/>
+      <c r="C12" s="35"/>
+      <c r="D12" s="36"/>
     </row>
     <row r="13" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="46" t="s">
+      <c r="A13" s="47" t="s">
         <v>146</v>
       </c>
-      <c r="B13" s="31"/>
-[...1 lines deleted...]
-      <c r="D13" s="32"/>
+      <c r="B13" s="35"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="36"/>
     </row>
     <row r="14" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="49" t="s">
         <v>147</v>
       </c>
-      <c r="B14" s="31"/>
-[...4 lines deleted...]
-      <c r="A15" s="46" t="s">
+      <c r="B14" s="35"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="36"/>
+    </row>
+    <row r="15" spans="1:5" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="47" t="s">
         <v>148</v>
       </c>
-      <c r="B15" s="31"/>
-[...1 lines deleted...]
-      <c r="D15" s="32"/>
+      <c r="B15" s="35"/>
+      <c r="C15" s="35"/>
+      <c r="D15" s="36"/>
     </row>
     <row r="16" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="49" t="s">
         <v>149</v>
       </c>
-      <c r="B16" s="31"/>
-[...1 lines deleted...]
-      <c r="D16" s="32"/>
+      <c r="B16" s="35"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="36"/>
     </row>
     <row r="17" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="46" t="s">
+      <c r="A17" s="47" t="s">
         <v>150</v>
       </c>
-      <c r="B17" s="31"/>
-[...1 lines deleted...]
-      <c r="D17" s="32"/>
+      <c r="B17" s="35"/>
+      <c r="C17" s="35"/>
+      <c r="D17" s="36"/>
     </row>
     <row r="18" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="42" t="s">
+      <c r="A18" s="49" t="s">
         <v>151</v>
       </c>
-      <c r="B18" s="31"/>
-[...1 lines deleted...]
-      <c r="D18" s="32"/>
+      <c r="B18" s="35"/>
+      <c r="C18" s="35"/>
+      <c r="D18" s="36"/>
     </row>
     <row r="19" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="46" t="s">
+      <c r="A19" s="47" t="s">
         <v>152</v>
       </c>
-      <c r="B19" s="31"/>
-[...1 lines deleted...]
-      <c r="D19" s="32"/>
+      <c r="B19" s="35"/>
+      <c r="C19" s="35"/>
+      <c r="D19" s="36"/>
     </row>
     <row r="20" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="42" t="s">
+      <c r="A20" s="49" t="s">
         <v>153</v>
       </c>
-      <c r="B20" s="31"/>
-[...4 lines deleted...]
-      <c r="A21" s="46" t="s">
+      <c r="B20" s="35"/>
+      <c r="C20" s="35"/>
+      <c r="D20" s="36"/>
+    </row>
+    <row r="21" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="47" t="s">
         <v>154</v>
       </c>
-      <c r="B21" s="31"/>
-[...1 lines deleted...]
-      <c r="D21" s="32"/>
+      <c r="B21" s="35"/>
+      <c r="C21" s="35"/>
+      <c r="D21" s="36"/>
     </row>
     <row r="22" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="42" t="s">
+      <c r="A22" s="49" t="s">
         <v>155</v>
       </c>
-      <c r="B22" s="31"/>
-[...1 lines deleted...]
-      <c r="D22" s="32"/>
+      <c r="B22" s="35"/>
+      <c r="C22" s="35"/>
+      <c r="D22" s="36"/>
     </row>
     <row r="23" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="46" t="s">
+      <c r="A23" s="47" t="s">
         <v>156</v>
       </c>
-      <c r="B23" s="31"/>
-[...1 lines deleted...]
-      <c r="D23" s="32"/>
+      <c r="B23" s="35"/>
+      <c r="C23" s="35"/>
+      <c r="D23" s="36"/>
     </row>
     <row r="24" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="42" t="s">
+      <c r="A24" s="49" t="s">
         <v>157</v>
       </c>
-      <c r="B24" s="31"/>
-[...1 lines deleted...]
-      <c r="D24" s="32"/>
+      <c r="B24" s="35"/>
+      <c r="C24" s="35"/>
+      <c r="D24" s="36"/>
     </row>
     <row r="25" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="46" t="s">
+      <c r="A25" s="47" t="s">
         <v>158</v>
       </c>
-      <c r="B25" s="31"/>
-[...1 lines deleted...]
-      <c r="D25" s="32"/>
+      <c r="B25" s="35"/>
+      <c r="C25" s="35"/>
+      <c r="D25" s="36"/>
     </row>
     <row r="26" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="42" t="s">
+      <c r="A26" s="49" t="s">
         <v>159</v>
       </c>
-      <c r="B26" s="31"/>
-[...4 lines deleted...]
-      <c r="A27" s="46" t="s">
+      <c r="B26" s="35"/>
+      <c r="C26" s="35"/>
+      <c r="D26" s="36"/>
+    </row>
+    <row r="27" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="47" t="s">
         <v>160</v>
       </c>
-      <c r="B27" s="31"/>
-[...1 lines deleted...]
-      <c r="D27" s="32"/>
+      <c r="B27" s="35"/>
+      <c r="C27" s="35"/>
+      <c r="D27" s="36"/>
     </row>
     <row r="28" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="42" t="s">
+      <c r="A28" s="49" t="s">
         <v>161</v>
       </c>
-      <c r="B28" s="31"/>
-[...1 lines deleted...]
-      <c r="D28" s="32"/>
+      <c r="B28" s="35"/>
+      <c r="C28" s="35"/>
+      <c r="D28" s="36"/>
     </row>
     <row r="29" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="46" t="s">
+      <c r="A29" s="47" t="s">
         <v>162</v>
       </c>
-      <c r="B29" s="31"/>
-[...1 lines deleted...]
-      <c r="D29" s="32"/>
+      <c r="B29" s="35"/>
+      <c r="C29" s="35"/>
+      <c r="D29" s="36"/>
     </row>
     <row r="30" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="42" t="s">
+      <c r="A30" s="49" t="s">
         <v>163</v>
       </c>
-      <c r="B30" s="31"/>
-[...1 lines deleted...]
-      <c r="D30" s="32"/>
+      <c r="B30" s="35"/>
+      <c r="C30" s="35"/>
+      <c r="D30" s="36"/>
     </row>
     <row r="31" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="46" t="s">
+      <c r="A31" s="47" t="s">
         <v>164</v>
       </c>
-      <c r="B31" s="31"/>
-[...4 lines deleted...]
-      <c r="A32" s="42" t="s">
+      <c r="B31" s="35"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="36"/>
+    </row>
+    <row r="32" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="49" t="s">
         <v>165</v>
       </c>
-      <c r="B32" s="31"/>
-[...1 lines deleted...]
-      <c r="D32" s="32"/>
+      <c r="B32" s="35"/>
+      <c r="C32" s="35"/>
+      <c r="D32" s="36"/>
     </row>
     <row r="33" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="46" t="s">
+      <c r="A33" s="47" t="s">
         <v>166</v>
       </c>
-      <c r="B33" s="31"/>
-[...1 lines deleted...]
-      <c r="D33" s="32"/>
+      <c r="B33" s="35"/>
+      <c r="C33" s="35"/>
+      <c r="D33" s="36"/>
     </row>
     <row r="34" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="42" t="s">
+      <c r="A34" s="49" t="s">
         <v>167</v>
       </c>
-      <c r="B34" s="31"/>
-[...1 lines deleted...]
-      <c r="D34" s="32"/>
+      <c r="B34" s="35"/>
+      <c r="C34" s="35"/>
+      <c r="D34" s="36"/>
     </row>
     <row r="35" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="46" t="s">
+      <c r="A35" s="47" t="s">
         <v>168</v>
       </c>
-      <c r="B35" s="31"/>
-[...1 lines deleted...]
-      <c r="D35" s="32"/>
+      <c r="B35" s="35"/>
+      <c r="C35" s="35"/>
+      <c r="D35" s="36"/>
     </row>
     <row r="36" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="42" t="s">
+      <c r="A36" s="49" t="s">
         <v>169</v>
       </c>
-      <c r="B36" s="31"/>
-[...1 lines deleted...]
-      <c r="D36" s="32"/>
+      <c r="B36" s="35"/>
+      <c r="C36" s="35"/>
+      <c r="D36" s="36"/>
     </row>
     <row r="37" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="46" t="s">
+      <c r="A37" s="47" t="s">
         <v>170</v>
       </c>
-      <c r="B37" s="31"/>
-[...4 lines deleted...]
-      <c r="A38" s="42" t="s">
+      <c r="B37" s="35"/>
+      <c r="C37" s="35"/>
+      <c r="D37" s="36"/>
+    </row>
+    <row r="38" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="49" t="s">
         <v>171</v>
       </c>
-      <c r="B38" s="31"/>
-[...1 lines deleted...]
-      <c r="D38" s="32"/>
+      <c r="B38" s="35"/>
+      <c r="C38" s="35"/>
+      <c r="D38" s="36"/>
     </row>
     <row r="39" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="46" t="s">
+      <c r="A39" s="47" t="s">
         <v>172</v>
       </c>
-      <c r="B39" s="31"/>
-[...1 lines deleted...]
-      <c r="D39" s="32"/>
+      <c r="B39" s="35"/>
+      <c r="C39" s="35"/>
+      <c r="D39" s="36"/>
     </row>
     <row r="40" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="42" t="s">
+      <c r="A40" s="49" t="s">
         <v>173</v>
       </c>
-      <c r="B40" s="31"/>
-[...1 lines deleted...]
-      <c r="D40" s="32"/>
+      <c r="B40" s="35"/>
+      <c r="C40" s="35"/>
+      <c r="D40" s="36"/>
     </row>
     <row r="41" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="46" t="s">
+      <c r="A41" s="47" t="s">
         <v>174</v>
       </c>
-      <c r="B41" s="31"/>
-[...1 lines deleted...]
-      <c r="D41" s="32"/>
+      <c r="B41" s="35"/>
+      <c r="C41" s="35"/>
+      <c r="D41" s="36"/>
     </row>
     <row r="42" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A42" s="42" t="s">
+      <c r="A42" s="49" t="s">
         <v>175</v>
       </c>
-      <c r="B42" s="31"/>
-[...1 lines deleted...]
-      <c r="D42" s="32"/>
+      <c r="B42" s="35"/>
+      <c r="C42" s="35"/>
+      <c r="D42" s="36"/>
     </row>
     <row r="43" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="46" t="s">
+      <c r="A43" s="47" t="s">
         <v>176</v>
       </c>
-      <c r="B43" s="31"/>
-[...4 lines deleted...]
-      <c r="A44" s="42" t="s">
+      <c r="B43" s="35"/>
+      <c r="C43" s="35"/>
+      <c r="D43" s="36"/>
+    </row>
+    <row r="44" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="49" t="s">
         <v>177</v>
       </c>
-      <c r="B44" s="31"/>
-[...1 lines deleted...]
-      <c r="D44" s="32"/>
+      <c r="B44" s="35"/>
+      <c r="C44" s="35"/>
+      <c r="D44" s="36"/>
     </row>
     <row r="45" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="46" t="s">
+      <c r="A45" s="47" t="s">
         <v>178</v>
       </c>
-      <c r="B45" s="31"/>
-[...1 lines deleted...]
-      <c r="D45" s="32"/>
+      <c r="B45" s="35"/>
+      <c r="C45" s="35"/>
+      <c r="D45" s="36"/>
     </row>
     <row r="46" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="42" t="s">
+      <c r="A46" s="49" t="s">
         <v>179</v>
       </c>
-      <c r="B46" s="31"/>
-[...1 lines deleted...]
-      <c r="D46" s="32"/>
+      <c r="B46" s="35"/>
+      <c r="C46" s="35"/>
+      <c r="D46" s="36"/>
     </row>
     <row r="47" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="46" t="s">
+      <c r="A47" s="47" t="s">
         <v>180</v>
       </c>
-      <c r="B47" s="31"/>
-[...1 lines deleted...]
-      <c r="D47" s="32"/>
+      <c r="B47" s="35"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="36"/>
     </row>
     <row r="48" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="42" t="s">
+      <c r="A48" s="49" t="s">
         <v>181</v>
       </c>
-      <c r="B48" s="31"/>
-[...4 lines deleted...]
-      <c r="A49" s="46" t="s">
+      <c r="B48" s="35"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="36"/>
+    </row>
+    <row r="49" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="47" t="s">
         <v>182</v>
       </c>
-      <c r="B49" s="31"/>
-[...1 lines deleted...]
-      <c r="D49" s="32"/>
+      <c r="B49" s="35"/>
+      <c r="C49" s="35"/>
+      <c r="D49" s="36"/>
     </row>
     <row r="50" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="42" t="s">
+      <c r="A50" s="49" t="s">
         <v>183</v>
       </c>
-      <c r="B50" s="31"/>
-[...1 lines deleted...]
-      <c r="D50" s="32"/>
+      <c r="B50" s="35"/>
+      <c r="C50" s="35"/>
+      <c r="D50" s="36"/>
     </row>
     <row r="51" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A51" s="46" t="s">
+      <c r="A51" s="47" t="s">
         <v>184</v>
       </c>
-      <c r="B51" s="31"/>
-[...1 lines deleted...]
-      <c r="D51" s="32"/>
+      <c r="B51" s="35"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="36"/>
     </row>
     <row r="52" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="42" t="s">
+      <c r="A52" s="49" t="s">
         <v>185</v>
       </c>
-      <c r="B52" s="31"/>
-[...1 lines deleted...]
-      <c r="D52" s="32"/>
+      <c r="B52" s="35"/>
+      <c r="C52" s="35"/>
+      <c r="D52" s="36"/>
     </row>
     <row r="53" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A53" s="46" t="s">
+      <c r="A53" s="47" t="s">
         <v>186</v>
       </c>
-      <c r="B53" s="31"/>
-[...1 lines deleted...]
-      <c r="D53" s="32"/>
+      <c r="B53" s="35"/>
+      <c r="C53" s="35"/>
+      <c r="D53" s="36"/>
     </row>
     <row r="54" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="42" t="s">
+      <c r="A54" s="49" t="s">
         <v>187</v>
       </c>
-      <c r="B54" s="31"/>
-[...4 lines deleted...]
-      <c r="A55" s="46" t="s">
+      <c r="B54" s="35"/>
+      <c r="C54" s="35"/>
+      <c r="D54" s="36"/>
+    </row>
+    <row r="55" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="47" t="s">
         <v>188</v>
       </c>
-      <c r="B55" s="31"/>
-[...1 lines deleted...]
-      <c r="D55" s="32"/>
+      <c r="B55" s="35"/>
+      <c r="C55" s="35"/>
+      <c r="D55" s="36"/>
     </row>
     <row r="56" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A56" s="42" t="s">
+      <c r="A56" s="49" t="s">
         <v>189</v>
       </c>
-      <c r="B56" s="31"/>
-[...1 lines deleted...]
-      <c r="D56" s="32"/>
+      <c r="B56" s="35"/>
+      <c r="C56" s="35"/>
+      <c r="D56" s="36"/>
     </row>
     <row r="57" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="46" t="s">
+      <c r="A57" s="47" t="s">
         <v>190</v>
       </c>
-      <c r="B57" s="31"/>
-[...1 lines deleted...]
-      <c r="D57" s="32"/>
+      <c r="B57" s="35"/>
+      <c r="C57" s="35"/>
+      <c r="D57" s="36"/>
     </row>
     <row r="58" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="42" t="s">
+      <c r="A58" s="49" t="s">
         <v>191</v>
       </c>
-      <c r="B58" s="31"/>
-[...1 lines deleted...]
-      <c r="D58" s="32"/>
+      <c r="B58" s="35"/>
+      <c r="C58" s="35"/>
+      <c r="D58" s="36"/>
     </row>
     <row r="59" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="46" t="s">
+      <c r="A59" s="47" t="s">
         <v>192</v>
       </c>
-      <c r="B59" s="31"/>
-[...1 lines deleted...]
-      <c r="D59" s="32"/>
+      <c r="B59" s="35"/>
+      <c r="C59" s="35"/>
+      <c r="D59" s="36"/>
     </row>
     <row r="60" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="42" t="s">
+      <c r="A60" s="49" t="s">
         <v>193</v>
       </c>
-      <c r="B60" s="31"/>
-[...4 lines deleted...]
-      <c r="A61" s="46" t="s">
+      <c r="B60" s="35"/>
+      <c r="C60" s="35"/>
+      <c r="D60" s="36"/>
+    </row>
+    <row r="61" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="B61" s="31"/>
-[...1 lines deleted...]
-      <c r="D61" s="32"/>
+      <c r="B61" s="35"/>
+      <c r="C61" s="35"/>
+      <c r="D61" s="36"/>
     </row>
     <row r="62" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="42" t="s">
+      <c r="A62" s="49" t="s">
         <v>195</v>
       </c>
-      <c r="B62" s="31"/>
-[...1 lines deleted...]
-      <c r="D62" s="32"/>
+      <c r="B62" s="35"/>
+      <c r="C62" s="35"/>
+      <c r="D62" s="36"/>
     </row>
     <row r="63" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="46" t="s">
+      <c r="A63" s="47" t="s">
         <v>196</v>
       </c>
-      <c r="B63" s="31"/>
-[...1 lines deleted...]
-      <c r="D63" s="32"/>
+      <c r="B63" s="35"/>
+      <c r="C63" s="35"/>
+      <c r="D63" s="36"/>
     </row>
     <row r="64" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A64" s="42" t="s">
+      <c r="A64" s="49" t="s">
         <v>197</v>
       </c>
-      <c r="B64" s="31"/>
-[...1 lines deleted...]
-      <c r="D64" s="32"/>
+      <c r="B64" s="35"/>
+      <c r="C64" s="35"/>
+      <c r="D64" s="36"/>
     </row>
     <row r="65" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="46" t="s">
+      <c r="A65" s="47" t="s">
         <v>198</v>
       </c>
-      <c r="B65" s="31"/>
-[...1 lines deleted...]
-      <c r="D65" s="32"/>
+      <c r="B65" s="35"/>
+      <c r="C65" s="35"/>
+      <c r="D65" s="36"/>
     </row>
     <row r="66" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A66" s="42" t="s">
+      <c r="A66" s="49" t="s">
         <v>199</v>
       </c>
-      <c r="B66" s="31"/>
-[...4 lines deleted...]
-      <c r="A67" s="46" t="s">
+      <c r="B66" s="35"/>
+      <c r="C66" s="35"/>
+      <c r="D66" s="36"/>
+    </row>
+    <row r="67" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="47" t="s">
         <v>200</v>
       </c>
-      <c r="B67" s="31"/>
-[...1 lines deleted...]
-      <c r="D67" s="32"/>
+      <c r="B67" s="35"/>
+      <c r="C67" s="35"/>
+      <c r="D67" s="36"/>
     </row>
     <row r="68" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="42" t="s">
+      <c r="A68" s="49" t="s">
         <v>201</v>
       </c>
-      <c r="B68" s="31"/>
-[...1 lines deleted...]
-      <c r="D68" s="32"/>
+      <c r="B68" s="35"/>
+      <c r="C68" s="35"/>
+      <c r="D68" s="36"/>
     </row>
     <row r="69" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A69" s="46" t="s">
+      <c r="A69" s="47" t="s">
         <v>202</v>
       </c>
-      <c r="B69" s="31"/>
-[...1 lines deleted...]
-      <c r="D69" s="32"/>
+      <c r="B69" s="35"/>
+      <c r="C69" s="35"/>
+      <c r="D69" s="36"/>
     </row>
     <row r="70" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="42" t="s">
+      <c r="A70" s="49" t="s">
         <v>203</v>
       </c>
-      <c r="B70" s="31"/>
-[...1 lines deleted...]
-      <c r="D70" s="32"/>
+      <c r="B70" s="35"/>
+      <c r="C70" s="35"/>
+      <c r="D70" s="36"/>
     </row>
     <row r="71" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A71" s="46" t="s">
+      <c r="A71" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="B71" s="31"/>
-[...4 lines deleted...]
-      <c r="A72" s="42" t="s">
+      <c r="B71" s="35"/>
+      <c r="C71" s="35"/>
+      <c r="D71" s="36"/>
+    </row>
+    <row r="72" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="49" t="s">
         <v>205</v>
       </c>
-      <c r="B72" s="31"/>
-[...1 lines deleted...]
-      <c r="D72" s="32"/>
+      <c r="B72" s="35"/>
+      <c r="C72" s="35"/>
+      <c r="D72" s="36"/>
     </row>
     <row r="73" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="46" t="s">
+      <c r="A73" s="47" t="s">
         <v>206</v>
       </c>
-      <c r="B73" s="31"/>
-[...1 lines deleted...]
-      <c r="D73" s="32"/>
+      <c r="B73" s="35"/>
+      <c r="C73" s="35"/>
+      <c r="D73" s="36"/>
     </row>
     <row r="74" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="42" t="s">
+      <c r="A74" s="49" t="s">
         <v>207</v>
       </c>
-      <c r="B74" s="31"/>
-[...1 lines deleted...]
-      <c r="D74" s="32"/>
+      <c r="B74" s="35"/>
+      <c r="C74" s="35"/>
+      <c r="D74" s="36"/>
     </row>
     <row r="75" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A75" s="46" t="s">
+      <c r="A75" s="47" t="s">
         <v>208</v>
       </c>
-      <c r="B75" s="31"/>
-[...1 lines deleted...]
-      <c r="D75" s="32"/>
+      <c r="B75" s="35"/>
+      <c r="C75" s="35"/>
+      <c r="D75" s="36"/>
     </row>
     <row r="76" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A76" s="42" t="s">
+      <c r="A76" s="49" t="s">
         <v>209</v>
       </c>
-      <c r="B76" s="31"/>
-[...1 lines deleted...]
-      <c r="D76" s="32"/>
+      <c r="B76" s="35"/>
+      <c r="C76" s="35"/>
+      <c r="D76" s="36"/>
     </row>
     <row r="77" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A77" s="46" t="s">
+      <c r="A77" s="47" t="s">
         <v>210</v>
       </c>
-      <c r="B77" s="31"/>
-[...4 lines deleted...]
-      <c r="A78" s="42" t="s">
+      <c r="B77" s="35"/>
+      <c r="C77" s="35"/>
+      <c r="D77" s="36"/>
+    </row>
+    <row r="78" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="49" t="s">
         <v>211</v>
       </c>
-      <c r="B78" s="31"/>
-[...1 lines deleted...]
-      <c r="D78" s="32"/>
+      <c r="B78" s="35"/>
+      <c r="C78" s="35"/>
+      <c r="D78" s="36"/>
     </row>
     <row r="79" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A79" s="46" t="s">
+      <c r="A79" s="47" t="s">
         <v>212</v>
       </c>
-      <c r="B79" s="31"/>
-[...1 lines deleted...]
-      <c r="D79" s="32"/>
+      <c r="B79" s="35"/>
+      <c r="C79" s="35"/>
+      <c r="D79" s="36"/>
     </row>
     <row r="80" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A80" s="42" t="s">
+      <c r="A80" s="49" t="s">
         <v>213</v>
       </c>
-      <c r="B80" s="31"/>
-[...1 lines deleted...]
-      <c r="D80" s="32"/>
+      <c r="B80" s="35"/>
+      <c r="C80" s="35"/>
+      <c r="D80" s="36"/>
     </row>
     <row r="81" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A81" s="46" t="s">
+      <c r="A81" s="47" t="s">
         <v>214</v>
       </c>
-      <c r="B81" s="31"/>
-[...1 lines deleted...]
-      <c r="D81" s="32"/>
+      <c r="B81" s="35"/>
+      <c r="C81" s="35"/>
+      <c r="D81" s="36"/>
     </row>
     <row r="82" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A82" s="42" t="s">
+      <c r="A82" s="49" t="s">
         <v>215</v>
       </c>
-      <c r="B82" s="31"/>
-[...1 lines deleted...]
-      <c r="D82" s="32"/>
+      <c r="B82" s="35"/>
+      <c r="C82" s="35"/>
+      <c r="D82" s="36"/>
     </row>
     <row r="83" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A83" s="46" t="s">
+      <c r="A83" s="47" t="s">
         <v>216</v>
       </c>
-      <c r="B83" s="31"/>
-[...4 lines deleted...]
-      <c r="A84" s="42" t="s">
+      <c r="B83" s="35"/>
+      <c r="C83" s="35"/>
+      <c r="D83" s="36"/>
+    </row>
+    <row r="84" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="49" t="s">
         <v>217</v>
       </c>
-      <c r="B84" s="31"/>
-[...1 lines deleted...]
-      <c r="D84" s="32"/>
+      <c r="B84" s="35"/>
+      <c r="C84" s="35"/>
+      <c r="D84" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="81">
-    <mergeCell ref="B3:E3"/>
-[...73 lines deleted...]
-    <mergeCell ref="A78:D78"/>
     <mergeCell ref="A84:D84"/>
     <mergeCell ref="A79:D79"/>
     <mergeCell ref="A80:D80"/>
     <mergeCell ref="A81:D81"/>
     <mergeCell ref="A82:D82"/>
     <mergeCell ref="A83:D83"/>
+    <mergeCell ref="A74:D74"/>
+    <mergeCell ref="A75:D75"/>
+    <mergeCell ref="A76:D76"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A78:D78"/>
+    <mergeCell ref="A69:D69"/>
+    <mergeCell ref="A70:D70"/>
+    <mergeCell ref="A71:D71"/>
+    <mergeCell ref="A72:D72"/>
+    <mergeCell ref="A73:D73"/>
+    <mergeCell ref="A64:D64"/>
+    <mergeCell ref="A65:D65"/>
+    <mergeCell ref="A66:D66"/>
+    <mergeCell ref="A67:D67"/>
+    <mergeCell ref="A68:D68"/>
+    <mergeCell ref="A59:D59"/>
+    <mergeCell ref="A60:D60"/>
+    <mergeCell ref="A61:D61"/>
+    <mergeCell ref="A62:D62"/>
+    <mergeCell ref="A63:D63"/>
+    <mergeCell ref="A54:D54"/>
+    <mergeCell ref="A55:D55"/>
+    <mergeCell ref="A56:D56"/>
+    <mergeCell ref="A57:D57"/>
+    <mergeCell ref="A58:D58"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="A50:D50"/>
+    <mergeCell ref="A51:D51"/>
+    <mergeCell ref="A52:D52"/>
+    <mergeCell ref="A53:D53"/>
+    <mergeCell ref="A44:D44"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A47:D47"/>
+    <mergeCell ref="A48:D48"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="A42:D42"/>
+    <mergeCell ref="A43:D43"/>
+    <mergeCell ref="A34:D34"/>
+    <mergeCell ref="A35:D35"/>
+    <mergeCell ref="A36:D36"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A29:D29"/>
+    <mergeCell ref="A30:D30"/>
+    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A32:D32"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A24:D24"/>
+    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A27:D27"/>
+    <mergeCell ref="A28:D28"/>
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="A22:D22"/>
+    <mergeCell ref="A23:D23"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A15:D15"/>
+    <mergeCell ref="A16:D16"/>
+    <mergeCell ref="A17:D17"/>
+    <mergeCell ref="A18:D18"/>
+    <mergeCell ref="A9:D9"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A11:D11"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="A13:D13"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="A8:D8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1100-000000000000}">
   <dimension ref="A1:P165"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="33.26953125" customWidth="1"/>
     <col min="3" max="3" width="15.1796875" customWidth="1"/>
     <col min="4" max="4" width="14.7265625" customWidth="1"/>
     <col min="5" max="5" width="13.1796875" customWidth="1"/>
     <col min="6" max="6" width="0.453125" customWidth="1"/>
     <col min="7" max="7" width="13.453125" customWidth="1"/>
     <col min="8" max="8" width="13.1796875" customWidth="1"/>
     <col min="9" max="9" width="0.453125" customWidth="1"/>
     <col min="10" max="10" width="13.54296875" customWidth="1"/>
     <col min="11" max="13" width="13.453125" customWidth="1"/>
     <col min="14" max="14" width="0" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="21.453125" customWidth="1"/>
     <col min="16" max="16" width="0.1796875" customWidth="1"/>
     <col min="17" max="17" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:16" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="F2" s="35"/>
-[...1 lines deleted...]
-      <c r="H2" s="35"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
     </row>
     <row r="3" spans="1:16" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="35"/>
-[...12 lines deleted...]
-      <c r="P3" s="35"/>
+      <c r="C3" s="32"/>
+      <c r="D3" s="32"/>
+      <c r="E3" s="32"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="32"/>
+      <c r="H3" s="32"/>
+      <c r="I3" s="32"/>
+      <c r="J3" s="32"/>
+      <c r="K3" s="32"/>
+      <c r="L3" s="32"/>
+      <c r="M3" s="32"/>
+      <c r="N3" s="32"/>
+      <c r="O3" s="32"/>
+      <c r="P3" s="32"/>
     </row>
     <row r="4" spans="1:16" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:16" ht="56.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="33" t="s">
         <v>218</v>
       </c>
-      <c r="B5" s="35"/>
-[...12 lines deleted...]
-      <c r="O5" s="35"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="32"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="32"/>
+      <c r="J5" s="32"/>
+      <c r="K5" s="32"/>
+      <c r="L5" s="32"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="32"/>
+      <c r="O5" s="32"/>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A6" s="44" t="s">
         <v>219</v>
       </c>
-      <c r="B6" s="32"/>
+      <c r="B6" s="36"/>
       <c r="C6" s="8" t="s">
         <v>75</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="E6" s="48" t="s">
+      <c r="E6" s="46" t="s">
         <v>77</v>
       </c>
-      <c r="F6" s="32"/>
+      <c r="F6" s="36"/>
       <c r="G6" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="H6" s="48" t="s">
+      <c r="H6" s="46" t="s">
         <v>79</v>
       </c>
-      <c r="I6" s="32"/>
+      <c r="I6" s="36"/>
       <c r="J6" s="8" t="s">
         <v>80</v>
       </c>
       <c r="K6" s="8" t="s">
         <v>56</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>57</v>
       </c>
       <c r="M6" s="8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A7" s="46" t="s">
+      <c r="A7" s="47" t="s">
         <v>220</v>
       </c>
-      <c r="B7" s="32"/>
+      <c r="B7" s="36"/>
       <c r="C7" s="23">
         <v>13.4384339210141</v>
       </c>
       <c r="D7" s="23">
         <v>15.3670377041247</v>
       </c>
-      <c r="E7" s="55">
+      <c r="E7" s="56">
         <v>13.653338297608</v>
       </c>
-      <c r="F7" s="32"/>
+      <c r="F7" s="36"/>
       <c r="G7" s="23">
         <v>17.829756197677099</v>
       </c>
-      <c r="H7" s="55">
+      <c r="H7" s="56">
         <v>14.938018185543299</v>
       </c>
-      <c r="I7" s="32"/>
+      <c r="I7" s="36"/>
       <c r="J7" s="23">
         <v>18.0766651368167</v>
       </c>
       <c r="K7" s="23">
         <v>20.059768941264899</v>
       </c>
       <c r="L7" s="23">
         <v>20.3486611874125</v>
       </c>
       <c r="M7" s="24">
         <v>13.095364620500099</v>
       </c>
     </row>
     <row r="8" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A8" s="42" t="s">
+      <c r="A8" s="49" t="s">
         <v>221</v>
       </c>
-      <c r="B8" s="32"/>
+      <c r="B8" s="36"/>
       <c r="C8" s="25">
         <v>7.3878328076606099</v>
       </c>
       <c r="D8" s="25">
         <v>8.1547675906702608</v>
       </c>
-      <c r="E8" s="58">
+      <c r="E8" s="57">
         <v>11.3935460008167</v>
       </c>
-      <c r="F8" s="32"/>
+      <c r="F8" s="36"/>
       <c r="G8" s="25">
         <v>10.1594063018687</v>
       </c>
-      <c r="H8" s="58">
+      <c r="H8" s="57">
         <v>6.7616803565450301</v>
       </c>
-      <c r="I8" s="32"/>
+      <c r="I8" s="36"/>
       <c r="J8" s="25">
         <v>8.8049645912351195</v>
       </c>
       <c r="K8" s="25">
         <v>8.4196339232628805</v>
       </c>
       <c r="L8" s="25">
         <v>7.7956026252887201</v>
       </c>
       <c r="M8" s="26">
         <v>8.5027802158855899</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A9" s="46" t="s">
+      <c r="A9" s="47" t="s">
         <v>222</v>
       </c>
-      <c r="B9" s="32"/>
+      <c r="B9" s="36"/>
       <c r="C9" s="23">
         <v>17.833143802336402</v>
       </c>
       <c r="D9" s="23">
         <v>12.7624678079512</v>
       </c>
-      <c r="E9" s="55">
+      <c r="E9" s="56">
         <v>9.0533268109143297</v>
       </c>
-      <c r="F9" s="32"/>
+      <c r="F9" s="36"/>
       <c r="G9" s="23">
         <v>10.891374333516</v>
       </c>
-      <c r="H9" s="55">
+      <c r="H9" s="56">
         <v>13.4165772594089</v>
       </c>
-      <c r="I9" s="32"/>
+      <c r="I9" s="36"/>
       <c r="J9" s="23">
         <v>10.8375225375312</v>
       </c>
       <c r="K9" s="23">
         <v>10.0035364883281</v>
       </c>
       <c r="L9" s="23">
         <v>6.83668802542305</v>
       </c>
       <c r="M9" s="24">
         <v>9.6033309036125392</v>
       </c>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A10" s="42" t="s">
+      <c r="A10" s="49" t="s">
         <v>97</v>
       </c>
-      <c r="B10" s="32"/>
+      <c r="B10" s="36"/>
       <c r="C10" s="25">
         <v>10.333391516844101</v>
       </c>
       <c r="D10" s="25">
         <v>8.5609232837225608</v>
       </c>
-      <c r="E10" s="58">
+      <c r="E10" s="57">
         <v>7.5905010285712802</v>
       </c>
-      <c r="F10" s="32"/>
+      <c r="F10" s="36"/>
       <c r="G10" s="25">
         <v>7.7538398000924103</v>
       </c>
-      <c r="H10" s="58">
+      <c r="H10" s="57">
         <v>7.6710429349787104</v>
       </c>
-      <c r="I10" s="32"/>
+      <c r="I10" s="36"/>
       <c r="J10" s="25">
         <v>8.4341048571319792</v>
       </c>
       <c r="K10" s="25">
         <v>8.4022602887323004</v>
       </c>
       <c r="L10" s="25">
         <v>7.9896327314775899</v>
       </c>
       <c r="M10" s="26">
         <v>7.4621469830088101</v>
       </c>
     </row>
     <row r="11" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A11" s="46" t="s">
+      <c r="A11" s="47" t="s">
         <v>223</v>
       </c>
-      <c r="B11" s="32"/>
+      <c r="B11" s="36"/>
       <c r="C11" s="23">
         <v>24.168399168399201</v>
       </c>
       <c r="D11" s="23">
         <v>21.348338681395902</v>
       </c>
-      <c r="E11" s="55">
+      <c r="E11" s="56">
         <v>22.6826534355707</v>
       </c>
-      <c r="F11" s="32"/>
+      <c r="F11" s="36"/>
       <c r="G11" s="23">
         <v>19.801014911440902</v>
       </c>
-      <c r="H11" s="55">
+      <c r="H11" s="56">
         <v>12.2714225617884</v>
       </c>
-      <c r="I11" s="32"/>
+      <c r="I11" s="36"/>
       <c r="J11" s="23">
         <v>15.449926474061799</v>
       </c>
       <c r="K11" s="23">
         <v>16.015103975831</v>
       </c>
       <c r="L11" s="23">
         <v>20.046199103491801</v>
       </c>
       <c r="M11" s="24">
         <v>24.6516300559035</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A12" s="42" t="s">
+      <c r="A12" s="49" t="s">
         <v>224</v>
       </c>
-      <c r="B12" s="32"/>
+      <c r="B12" s="36"/>
       <c r="C12" s="25">
         <v>48.150732728541499</v>
       </c>
       <c r="D12" s="25">
         <v>37.428412040503297</v>
       </c>
-      <c r="E12" s="58">
+      <c r="E12" s="57">
         <v>33.960657873260402</v>
       </c>
-      <c r="F12" s="32"/>
+      <c r="F12" s="36"/>
       <c r="G12" s="25">
         <v>47.411241623723498</v>
       </c>
-      <c r="H12" s="58">
+      <c r="H12" s="57">
         <v>39.609734321528997</v>
       </c>
-      <c r="I12" s="32"/>
+      <c r="I12" s="36"/>
       <c r="J12" s="25">
         <v>36.410704844319397</v>
       </c>
       <c r="K12" s="25">
         <v>24.630374399730002</v>
       </c>
       <c r="L12" s="25">
         <v>28.930907798556301</v>
       </c>
       <c r="M12" s="26">
         <v>31.050416037198001</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A13" s="46" t="s">
+      <c r="A13" s="47" t="s">
         <v>225</v>
       </c>
-      <c r="B13" s="32"/>
+      <c r="B13" s="36"/>
       <c r="C13" s="23">
         <v>13.3343321597123</v>
       </c>
       <c r="D13" s="23">
         <v>14.9279835261939</v>
       </c>
-      <c r="E13" s="55">
+      <c r="E13" s="56">
         <v>14.378137759902399</v>
       </c>
-      <c r="F13" s="32"/>
+      <c r="F13" s="36"/>
       <c r="G13" s="23">
         <v>16.457387232550001</v>
       </c>
-      <c r="H13" s="55">
+      <c r="H13" s="56">
         <v>13.9748066552746</v>
       </c>
-      <c r="I13" s="32"/>
+      <c r="I13" s="36"/>
       <c r="J13" s="23">
         <v>10.2445895761301</v>
       </c>
       <c r="K13" s="23">
         <v>12.0599359867212</v>
       </c>
       <c r="L13" s="23">
         <v>14.4326581388138</v>
       </c>
       <c r="M13" s="24">
         <v>14.8455838734592</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="49" t="s">
         <v>226</v>
       </c>
-      <c r="B14" s="32"/>
+      <c r="B14" s="36"/>
       <c r="C14" s="25">
         <v>5.3792361484669202</v>
       </c>
       <c r="D14" s="25">
         <v>6.2588957885594798</v>
       </c>
-      <c r="E14" s="58">
+      <c r="E14" s="57">
         <v>7.3794966089565897</v>
       </c>
-      <c r="F14" s="32"/>
+      <c r="F14" s="36"/>
       <c r="G14" s="25">
         <v>8.8669896267696302</v>
       </c>
-      <c r="H14" s="58">
+      <c r="H14" s="57">
         <v>10.300007812555901</v>
       </c>
-      <c r="I14" s="32"/>
+      <c r="I14" s="36"/>
       <c r="J14" s="25">
         <v>12.1101045093096</v>
       </c>
       <c r="K14" s="25">
         <v>13.544433755452999</v>
       </c>
       <c r="L14" s="25">
         <v>14.4866903909946</v>
       </c>
       <c r="M14" s="26">
         <v>12.5530064820838</v>
       </c>
     </row>
     <row r="15" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A15" s="46" t="s">
+      <c r="A15" s="47" t="s">
         <v>227</v>
       </c>
-      <c r="B15" s="32"/>
+      <c r="B15" s="36"/>
       <c r="C15" s="23">
         <v>12.7777383403138</v>
       </c>
       <c r="D15" s="23">
         <v>19.367799118314402</v>
       </c>
-      <c r="E15" s="55">
+      <c r="E15" s="56">
         <v>14.661893080099601</v>
       </c>
-      <c r="F15" s="32"/>
+      <c r="F15" s="36"/>
       <c r="G15" s="23">
         <v>10.020533455192201</v>
       </c>
-      <c r="H15" s="55">
+      <c r="H15" s="56">
         <v>6.4855449661777103</v>
       </c>
-      <c r="I15" s="32"/>
+      <c r="I15" s="36"/>
       <c r="J15" s="23">
         <v>8.0971315708981795</v>
       </c>
       <c r="K15" s="23">
         <v>7.0178029965684603</v>
       </c>
       <c r="L15" s="23">
         <v>5.6477544079975699</v>
       </c>
       <c r="M15" s="24">
         <v>8.2733876755910707</v>
       </c>
     </row>
     <row r="16" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="49" t="s">
         <v>228</v>
       </c>
-      <c r="B16" s="32"/>
+      <c r="B16" s="36"/>
       <c r="C16" s="25">
         <v>10.9950132294837</v>
       </c>
       <c r="D16" s="25">
         <v>10.7064213818438</v>
       </c>
-      <c r="E16" s="58">
+      <c r="E16" s="57">
         <v>13.3691933296129</v>
       </c>
-      <c r="F16" s="32"/>
+      <c r="F16" s="36"/>
       <c r="G16" s="25">
         <v>15.7970072160799</v>
       </c>
-      <c r="H16" s="58">
+      <c r="H16" s="57">
         <v>14.6278604438257</v>
       </c>
-      <c r="I16" s="32"/>
+      <c r="I16" s="36"/>
       <c r="J16" s="25">
         <v>14.3480299500777</v>
       </c>
       <c r="K16" s="25">
         <v>19.271912627112599</v>
       </c>
       <c r="L16" s="25">
         <v>14.5888460406728</v>
       </c>
       <c r="M16" s="26">
         <v>9.2105982386289593</v>
       </c>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A17" s="46" t="s">
+      <c r="A17" s="47" t="s">
         <v>229</v>
       </c>
-      <c r="B17" s="32"/>
+      <c r="B17" s="36"/>
       <c r="C17" s="23">
         <v>20.331560838285899</v>
       </c>
       <c r="D17" s="23">
         <v>15.008284085533299</v>
       </c>
-      <c r="E17" s="55">
+      <c r="E17" s="56">
         <v>11.828379520731501</v>
       </c>
-      <c r="F17" s="32"/>
+      <c r="F17" s="36"/>
       <c r="G17" s="23">
         <v>15.295621970910201</v>
       </c>
-      <c r="H17" s="55">
+      <c r="H17" s="56">
         <v>12.1293861256072</v>
       </c>
-      <c r="I17" s="32"/>
+      <c r="I17" s="36"/>
       <c r="J17" s="23">
         <v>12.8340460347271</v>
       </c>
       <c r="K17" s="23">
         <v>7.0599272575624799</v>
       </c>
       <c r="L17" s="23">
         <v>8.5507908711984708</v>
       </c>
       <c r="M17" s="24">
         <v>11.0094646469386</v>
       </c>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A18" s="42" t="s">
+      <c r="A18" s="49" t="s">
         <v>230</v>
       </c>
-      <c r="B18" s="32"/>
+      <c r="B18" s="36"/>
       <c r="C18" s="25">
         <v>12.8076504365274</v>
       </c>
       <c r="D18" s="25">
         <v>12.331065717097299</v>
       </c>
-      <c r="E18" s="58">
+      <c r="E18" s="57">
         <v>10.913216161492</v>
       </c>
-      <c r="F18" s="32"/>
+      <c r="F18" s="36"/>
       <c r="G18" s="25">
         <v>10.944358187445699</v>
       </c>
-      <c r="H18" s="58">
+      <c r="H18" s="57">
         <v>10.462484678747501</v>
       </c>
-      <c r="I18" s="32"/>
+      <c r="I18" s="36"/>
       <c r="J18" s="25">
         <v>9.7073738886084602</v>
       </c>
       <c r="K18" s="25">
         <v>10.5493572926169</v>
       </c>
       <c r="L18" s="25">
         <v>9.9363210127036599</v>
       </c>
       <c r="M18" s="26">
         <v>8.97186587980603</v>
       </c>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A19" s="46" t="s">
+      <c r="A19" s="47" t="s">
         <v>231</v>
       </c>
-      <c r="B19" s="32"/>
+      <c r="B19" s="36"/>
       <c r="C19" s="23">
         <v>8.2538592921294107</v>
       </c>
       <c r="D19" s="23">
         <v>7.1194805711114597</v>
       </c>
-      <c r="E19" s="55">
+      <c r="E19" s="56">
         <v>8.3246180985393998</v>
       </c>
-      <c r="F19" s="32"/>
+      <c r="F19" s="36"/>
       <c r="G19" s="23">
         <v>7.1156780200287502</v>
       </c>
-      <c r="H19" s="55">
+      <c r="H19" s="56">
         <v>8.0410559139897408</v>
       </c>
-      <c r="I19" s="32"/>
+      <c r="I19" s="36"/>
       <c r="J19" s="23">
         <v>6.4058489012440996</v>
       </c>
       <c r="K19" s="23">
         <v>4.5921219148364703</v>
       </c>
       <c r="L19" s="23">
         <v>5.8484238619217797</v>
       </c>
       <c r="M19" s="24">
         <v>4.4553569308770902</v>
       </c>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A20" s="42" t="s">
+      <c r="A20" s="49" t="s">
         <v>232</v>
       </c>
-      <c r="B20" s="32"/>
+      <c r="B20" s="36"/>
       <c r="C20" s="25">
         <v>13.5425422620715</v>
       </c>
       <c r="D20" s="25">
         <v>13.016886621057999</v>
       </c>
-      <c r="E20" s="58">
+      <c r="E20" s="57">
         <v>12.9269956921018</v>
       </c>
-      <c r="F20" s="32"/>
+      <c r="F20" s="36"/>
       <c r="G20" s="25">
         <v>9.3871268514047106</v>
       </c>
-      <c r="H20" s="58">
+      <c r="H20" s="57">
         <v>11.587591616100299</v>
       </c>
-      <c r="I20" s="32"/>
+      <c r="I20" s="36"/>
       <c r="J20" s="25">
         <v>13.7707302541499</v>
       </c>
       <c r="K20" s="25">
         <v>7.6384915812365</v>
       </c>
       <c r="L20" s="25">
         <v>10.523319766162</v>
       </c>
       <c r="M20" s="26">
         <v>12.523225831801</v>
       </c>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A21" s="46" t="s">
+      <c r="A21" s="47" t="s">
         <v>233</v>
       </c>
-      <c r="B21" s="32"/>
+      <c r="B21" s="36"/>
       <c r="C21" s="23">
         <v>9.7620235590168605</v>
       </c>
       <c r="D21" s="23">
         <v>8.6613584665168801</v>
       </c>
-      <c r="E21" s="55">
+      <c r="E21" s="56">
         <v>10.1546014301654</v>
       </c>
-      <c r="F21" s="32"/>
+      <c r="F21" s="36"/>
       <c r="G21" s="23">
         <v>8.5951518659118502</v>
       </c>
-      <c r="H21" s="55">
+      <c r="H21" s="56">
         <v>7.9026737457821303</v>
       </c>
-      <c r="I21" s="32"/>
+      <c r="I21" s="36"/>
       <c r="J21" s="23">
         <v>8.2873017988183495</v>
       </c>
       <c r="K21" s="23">
         <v>8.4845256357926999</v>
       </c>
       <c r="L21" s="23">
         <v>11.871958552618301</v>
       </c>
       <c r="M21" s="24">
         <v>11.035940556604</v>
       </c>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A22" s="42" t="s">
+      <c r="A22" s="49" t="s">
         <v>234</v>
       </c>
-      <c r="B22" s="32"/>
+      <c r="B22" s="36"/>
       <c r="C22" s="25">
         <v>12.0400837571044</v>
       </c>
       <c r="D22" s="25">
         <v>11.0667954861468</v>
       </c>
-      <c r="E22" s="58">
+      <c r="E22" s="57">
         <v>10.300582398607601</v>
       </c>
-      <c r="F22" s="32"/>
+      <c r="F22" s="36"/>
       <c r="G22" s="25">
         <v>8.0239444422670392</v>
       </c>
-      <c r="H22" s="58">
+      <c r="H22" s="57">
         <v>5.9299614709431401</v>
       </c>
-      <c r="I22" s="32"/>
+      <c r="I22" s="36"/>
       <c r="J22" s="25">
         <v>5.4541646677332603</v>
       </c>
       <c r="K22" s="25">
         <v>5.9953750392224201</v>
       </c>
       <c r="L22" s="25">
         <v>5.8996230318582104</v>
       </c>
       <c r="M22" s="26">
         <v>7.6599448617309696</v>
       </c>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A23" s="46" t="s">
+      <c r="A23" s="47" t="s">
         <v>235</v>
       </c>
-      <c r="B23" s="32"/>
+      <c r="B23" s="36"/>
       <c r="C23" s="23">
         <v>8.7357837481457103</v>
       </c>
       <c r="D23" s="23">
         <v>10.874722948173099</v>
       </c>
-      <c r="E23" s="55">
+      <c r="E23" s="56">
         <v>6.0584798916820297</v>
       </c>
-      <c r="F23" s="32"/>
+      <c r="F23" s="36"/>
       <c r="G23" s="23">
         <v>6.1201944037381804</v>
       </c>
-      <c r="H23" s="55">
+      <c r="H23" s="56">
         <v>4.7776813114260497</v>
       </c>
-      <c r="I23" s="32"/>
+      <c r="I23" s="36"/>
       <c r="J23" s="23">
         <v>6.2226823297145897</v>
       </c>
       <c r="K23" s="23">
         <v>8.3725731666834395</v>
       </c>
       <c r="L23" s="23">
         <v>5.9010889854861102</v>
       </c>
       <c r="M23" s="24">
         <v>6.7251596688139603</v>
       </c>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A24" s="42" t="s">
+      <c r="A24" s="49" t="s">
         <v>236</v>
       </c>
-      <c r="B24" s="32"/>
+      <c r="B24" s="36"/>
       <c r="C24" s="25">
         <v>12.7199491202035</v>
       </c>
       <c r="D24" s="25">
         <v>11.257645928228699</v>
       </c>
-      <c r="E24" s="58">
+      <c r="E24" s="57">
         <v>10.4337053587643</v>
       </c>
-      <c r="F24" s="32"/>
+      <c r="F24" s="36"/>
       <c r="G24" s="25">
         <v>9.06482353843022</v>
       </c>
-      <c r="H24" s="58">
+      <c r="H24" s="57">
         <v>7.8322199593343296</v>
       </c>
-      <c r="I24" s="32"/>
+      <c r="I24" s="36"/>
       <c r="J24" s="25">
         <v>8.3120647294767807</v>
       </c>
       <c r="K24" s="25">
         <v>10.4924822724654</v>
       </c>
       <c r="L24" s="25">
         <v>8.6640039897867709</v>
       </c>
       <c r="M24" s="26">
         <v>10.990644737339201</v>
       </c>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A25" s="46" t="s">
+      <c r="A25" s="47" t="s">
         <v>237</v>
       </c>
-      <c r="B25" s="32"/>
+      <c r="B25" s="36"/>
       <c r="C25" s="23">
         <v>12.765446189889801</v>
       </c>
       <c r="D25" s="23">
         <v>12.589054823954999</v>
       </c>
-      <c r="E25" s="55">
+      <c r="E25" s="56">
         <v>8.7961209881693492</v>
       </c>
-      <c r="F25" s="32"/>
+      <c r="F25" s="36"/>
       <c r="G25" s="23">
         <v>8.748684157125</v>
       </c>
-      <c r="H25" s="55">
+      <c r="H25" s="56">
         <v>10.1469364634132</v>
       </c>
-      <c r="I25" s="32"/>
+      <c r="I25" s="36"/>
       <c r="J25" s="23">
         <v>9.4990043874293804</v>
       </c>
       <c r="K25" s="23">
         <v>11.4981936774373</v>
       </c>
       <c r="L25" s="23">
         <v>9.7251097572984193</v>
       </c>
       <c r="M25" s="24">
         <v>8.6951579360952795</v>
       </c>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A26" s="42" t="s">
+      <c r="A26" s="49" t="s">
         <v>238</v>
       </c>
-      <c r="B26" s="32"/>
+      <c r="B26" s="36"/>
       <c r="C26" s="11"/>
       <c r="D26" s="25">
         <v>8.5999312005503992</v>
       </c>
-      <c r="E26" s="58">
+      <c r="E26" s="57">
         <v>24.964591887173398</v>
       </c>
-      <c r="F26" s="32"/>
+      <c r="F26" s="36"/>
       <c r="G26" s="25">
         <v>8.1612133439102692</v>
       </c>
-      <c r="H26" s="42"/>
-      <c r="I26" s="32"/>
+      <c r="H26" s="49"/>
+      <c r="I26" s="36"/>
       <c r="J26" s="11"/>
       <c r="K26" s="25">
         <v>16.002970151260101</v>
       </c>
       <c r="L26" s="25">
         <v>16.005864548770699</v>
       </c>
       <c r="M26" s="11"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A27" s="46" t="s">
+      <c r="A27" s="47" t="s">
         <v>239</v>
       </c>
-      <c r="B27" s="32"/>
+      <c r="B27" s="36"/>
       <c r="C27" s="23">
         <v>10.4540445850874</v>
       </c>
       <c r="D27" s="23">
         <v>14.050374526783401</v>
       </c>
-      <c r="E27" s="55">
+      <c r="E27" s="56">
         <v>11.6203612006142</v>
       </c>
-      <c r="F27" s="32"/>
+      <c r="F27" s="36"/>
       <c r="G27" s="23">
         <v>11.326201405404801</v>
       </c>
-      <c r="H27" s="55">
+      <c r="H27" s="56">
         <v>12.0240007800297</v>
       </c>
-      <c r="I27" s="32"/>
+      <c r="I27" s="36"/>
       <c r="J27" s="23">
         <v>12.889268993130999</v>
       </c>
       <c r="K27" s="23">
         <v>10.8169433919405</v>
       </c>
       <c r="L27" s="23">
         <v>9.6767197042346993</v>
       </c>
       <c r="M27" s="24">
         <v>10.3404610956546</v>
       </c>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A28" s="42" t="s">
+      <c r="A28" s="49" t="s">
         <v>105</v>
       </c>
-      <c r="B28" s="32"/>
+      <c r="B28" s="36"/>
       <c r="C28" s="25">
         <v>15.146173632600799</v>
       </c>
       <c r="D28" s="25">
         <v>15.239552185631</v>
       </c>
-      <c r="E28" s="58">
+      <c r="E28" s="57">
         <v>16.303580290060001</v>
       </c>
-      <c r="F28" s="32"/>
+      <c r="F28" s="36"/>
       <c r="G28" s="25">
         <v>12.896617825127899</v>
       </c>
-      <c r="H28" s="58">
+      <c r="H28" s="57">
         <v>18.886115891149601</v>
       </c>
-      <c r="I28" s="32"/>
+      <c r="I28" s="36"/>
       <c r="J28" s="25">
         <v>12.2784515748614</v>
       </c>
       <c r="K28" s="25">
         <v>9.7502082540016506</v>
       </c>
       <c r="L28" s="25">
         <v>9.5861040930621702</v>
       </c>
       <c r="M28" s="26">
         <v>10.1296295445908</v>
       </c>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A29" s="46" t="s">
+      <c r="A29" s="47" t="s">
         <v>240</v>
       </c>
-      <c r="B29" s="32"/>
+      <c r="B29" s="36"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
-      <c r="E29" s="46"/>
-      <c r="F29" s="32"/>
+      <c r="E29" s="47"/>
+      <c r="F29" s="36"/>
       <c r="G29" s="9"/>
-      <c r="H29" s="46"/>
-      <c r="I29" s="32"/>
+      <c r="H29" s="47"/>
+      <c r="I29" s="36"/>
       <c r="J29" s="23">
         <v>0</v>
       </c>
       <c r="K29" s="23">
         <v>0</v>
       </c>
       <c r="L29" s="23">
         <v>0</v>
       </c>
       <c r="M29" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A30" s="42" t="s">
+      <c r="A30" s="49" t="s">
         <v>241</v>
       </c>
-      <c r="B30" s="32"/>
+      <c r="B30" s="36"/>
       <c r="C30" s="25">
         <v>15.0922242704527</v>
       </c>
       <c r="D30" s="25">
         <v>13.7423176927363</v>
       </c>
-      <c r="E30" s="58">
+      <c r="E30" s="57">
         <v>13.859435783235501</v>
       </c>
-      <c r="F30" s="32"/>
+      <c r="F30" s="36"/>
       <c r="G30" s="25">
         <v>13.3123040777882</v>
       </c>
-      <c r="H30" s="58">
+      <c r="H30" s="57">
         <v>11.570057694146801</v>
       </c>
-      <c r="I30" s="32"/>
+      <c r="I30" s="36"/>
       <c r="J30" s="25">
         <v>12.4267468934565</v>
       </c>
       <c r="K30" s="25">
         <v>10.9360170564619</v>
       </c>
       <c r="L30" s="11"/>
       <c r="M30" s="11"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A31" s="46" t="s">
+      <c r="A31" s="47" t="s">
         <v>242</v>
       </c>
-      <c r="B31" s="32"/>
+      <c r="B31" s="36"/>
       <c r="C31" s="23">
         <v>25.242460475621101</v>
       </c>
       <c r="D31" s="23">
         <v>20.900793981140499</v>
       </c>
-      <c r="E31" s="55">
+      <c r="E31" s="56">
         <v>36.0431524640478</v>
       </c>
-      <c r="F31" s="32"/>
+      <c r="F31" s="36"/>
       <c r="G31" s="23">
         <v>22.202872172425401</v>
       </c>
-      <c r="H31" s="55">
+      <c r="H31" s="56">
         <v>17.301486295270902</v>
       </c>
-      <c r="I31" s="32"/>
+      <c r="I31" s="36"/>
       <c r="J31" s="23">
         <v>24.023413752897198</v>
       </c>
       <c r="K31" s="23">
         <v>29.9513786306659</v>
       </c>
       <c r="L31" s="23">
         <v>23.3387364004173</v>
       </c>
       <c r="M31" s="24">
         <v>13.1268708902992</v>
       </c>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A32" s="42" t="s">
+      <c r="A32" s="49" t="s">
         <v>243</v>
       </c>
-      <c r="B32" s="32"/>
+      <c r="B32" s="36"/>
       <c r="C32" s="25">
         <v>18.0401942271378</v>
       </c>
       <c r="D32" s="25">
         <v>21.116048877552998</v>
       </c>
-      <c r="E32" s="58">
+      <c r="E32" s="57">
         <v>21.630726493573398</v>
       </c>
-      <c r="F32" s="32"/>
+      <c r="F32" s="36"/>
       <c r="G32" s="25">
         <v>17.185250322669599</v>
       </c>
-      <c r="H32" s="58">
+      <c r="H32" s="57">
         <v>19.515742915215402</v>
       </c>
-      <c r="I32" s="32"/>
+      <c r="I32" s="36"/>
       <c r="J32" s="25">
         <v>15.8031484237891</v>
       </c>
       <c r="K32" s="25">
         <v>12.5027666430538</v>
       </c>
       <c r="L32" s="25">
         <v>11.335733529163001</v>
       </c>
       <c r="M32" s="26">
         <v>9.0567968713295208</v>
       </c>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A33" s="46" t="s">
+      <c r="A33" s="47" t="s">
         <v>244</v>
       </c>
-      <c r="B33" s="32"/>
+      <c r="B33" s="36"/>
       <c r="C33" s="23">
         <v>11.498833783050999</v>
       </c>
       <c r="D33" s="23">
         <v>13.641285439575899</v>
       </c>
-      <c r="E33" s="55">
+      <c r="E33" s="56">
         <v>12.785079824957201</v>
       </c>
-      <c r="F33" s="32"/>
+      <c r="F33" s="36"/>
       <c r="G33" s="23">
-        <v>12.411661063901301</v>
-[...1 lines deleted...]
-      <c r="H33" s="55">
+        <v>12.4769855958166</v>
+      </c>
+      <c r="H33" s="56">
         <v>11.764265439266</v>
       </c>
-      <c r="I33" s="32"/>
+      <c r="I33" s="36"/>
       <c r="J33" s="23">
         <v>9.4462975686349395</v>
       </c>
       <c r="K33" s="23">
         <v>11.6771153731579</v>
       </c>
       <c r="L33" s="23">
         <v>11.525318762308499</v>
       </c>
       <c r="M33" s="24">
         <v>10.4991032123359</v>
       </c>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A34" s="42" t="s">
+      <c r="A34" s="49" t="s">
         <v>107</v>
       </c>
-      <c r="B34" s="32"/>
+      <c r="B34" s="36"/>
       <c r="C34" s="25">
         <v>11.2161512578112</v>
       </c>
       <c r="D34" s="25">
         <v>10.1150510851649</v>
       </c>
-      <c r="E34" s="58">
+      <c r="E34" s="57">
         <v>9.6892460871835109</v>
       </c>
-      <c r="F34" s="32"/>
+      <c r="F34" s="36"/>
       <c r="G34" s="25">
         <v>9.46637125413646</v>
       </c>
-      <c r="H34" s="58">
+      <c r="H34" s="57">
         <v>14.689778890930601</v>
       </c>
-      <c r="I34" s="32"/>
+      <c r="I34" s="36"/>
       <c r="J34" s="25">
         <v>8.8816546364988493</v>
       </c>
       <c r="K34" s="25">
         <v>12.312494200798699</v>
       </c>
       <c r="L34" s="25">
         <v>10.4578892076616</v>
       </c>
       <c r="M34" s="26">
         <v>9.4290148728959</v>
       </c>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A35" s="46" t="s">
+      <c r="A35" s="47" t="s">
         <v>245</v>
       </c>
-      <c r="B35" s="32"/>
+      <c r="B35" s="36"/>
       <c r="C35" s="23">
         <v>16.616360254885802</v>
       </c>
       <c r="D35" s="23">
         <v>17.818960458295098</v>
       </c>
-      <c r="E35" s="55">
+      <c r="E35" s="56">
         <v>15.456698385276599</v>
       </c>
-      <c r="F35" s="32"/>
+      <c r="F35" s="36"/>
       <c r="G35" s="23">
         <v>13.12252761964</v>
       </c>
-      <c r="H35" s="55">
+      <c r="H35" s="56">
         <v>13.059777528941501</v>
       </c>
-      <c r="I35" s="32"/>
+      <c r="I35" s="36"/>
       <c r="J35" s="23">
         <v>14.508073698142701</v>
       </c>
       <c r="K35" s="23">
         <v>12.101197202812701</v>
       </c>
       <c r="L35" s="23">
         <v>11.225739381079199</v>
       </c>
       <c r="M35" s="24">
         <v>13.5161603267715</v>
       </c>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A36" s="42" t="s">
+      <c r="A36" s="49" t="s">
         <v>246</v>
       </c>
-      <c r="B36" s="32"/>
+      <c r="B36" s="36"/>
       <c r="C36" s="25">
         <v>16.254448007731799</v>
       </c>
       <c r="D36" s="25">
         <v>10.849822620062101</v>
       </c>
-      <c r="E36" s="58">
+      <c r="E36" s="57">
         <v>11.267225429349301</v>
       </c>
-      <c r="F36" s="32"/>
+      <c r="F36" s="36"/>
       <c r="G36" s="25">
         <v>12.6644972625471</v>
       </c>
-      <c r="H36" s="58">
+      <c r="H36" s="57">
         <v>10.2714646848237</v>
       </c>
-      <c r="I36" s="32"/>
+      <c r="I36" s="36"/>
       <c r="J36" s="25">
         <v>11.0911187693606</v>
       </c>
       <c r="K36" s="25">
         <v>9.8843199360114902</v>
       </c>
       <c r="L36" s="25">
         <v>9.2780038668721794</v>
       </c>
       <c r="M36" s="26">
         <v>8.1280459852329692</v>
       </c>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A37" s="46" t="s">
+      <c r="A37" s="47" t="s">
         <v>247</v>
       </c>
-      <c r="B37" s="32"/>
+      <c r="B37" s="36"/>
       <c r="C37" s="23">
         <v>12.4704743181585</v>
       </c>
       <c r="D37" s="23">
         <v>14.7605917512464</v>
       </c>
-      <c r="E37" s="55">
+      <c r="E37" s="56">
         <v>12.9273057364019</v>
       </c>
-      <c r="F37" s="32"/>
+      <c r="F37" s="36"/>
       <c r="G37" s="23">
         <v>9.6675536093984498</v>
       </c>
-      <c r="H37" s="55">
+      <c r="H37" s="56">
         <v>8.0329609601683494</v>
       </c>
-      <c r="I37" s="32"/>
+      <c r="I37" s="36"/>
       <c r="J37" s="23">
         <v>7.5515917266413801</v>
       </c>
       <c r="K37" s="23">
         <v>11.7774360303241</v>
       </c>
       <c r="L37" s="23">
         <v>7.9298034540156399</v>
       </c>
       <c r="M37" s="24">
         <v>10.8934383628673</v>
       </c>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A38" s="42" t="s">
+      <c r="A38" s="49" t="s">
         <v>248</v>
       </c>
-      <c r="B38" s="32"/>
+      <c r="B38" s="36"/>
       <c r="C38" s="25">
         <v>17.053784244696899</v>
       </c>
       <c r="D38" s="25">
         <v>16.4461144703989</v>
       </c>
-      <c r="E38" s="58">
+      <c r="E38" s="57">
         <v>20.255606692357102</v>
       </c>
-      <c r="F38" s="32"/>
+      <c r="F38" s="36"/>
       <c r="G38" s="25">
         <v>21.8148246144859</v>
       </c>
-      <c r="H38" s="58">
+      <c r="H38" s="57">
         <v>18.514784540366499</v>
       </c>
-      <c r="I38" s="32"/>
+      <c r="I38" s="36"/>
       <c r="J38" s="25">
         <v>15.4018716295916</v>
       </c>
       <c r="K38" s="25">
         <v>17.860402415250601</v>
       </c>
       <c r="L38" s="25">
         <v>20.925193682284899</v>
       </c>
       <c r="M38" s="26">
         <v>21.130418659602</v>
       </c>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A39" s="46" t="s">
+      <c r="A39" s="47" t="s">
         <v>249</v>
       </c>
-      <c r="B39" s="32"/>
+      <c r="B39" s="36"/>
       <c r="C39" s="23">
         <v>6.8511702754807802</v>
       </c>
       <c r="D39" s="23">
         <v>8.4707985442565104</v>
       </c>
-      <c r="E39" s="55">
+      <c r="E39" s="56">
         <v>7.1902262391903502</v>
       </c>
-      <c r="F39" s="32"/>
+      <c r="F39" s="36"/>
       <c r="G39" s="23">
         <v>9.2544229959008497</v>
       </c>
-      <c r="H39" s="55">
+      <c r="H39" s="56">
         <v>7.7964449420308899</v>
       </c>
-      <c r="I39" s="32"/>
+      <c r="I39" s="36"/>
       <c r="J39" s="23">
         <v>6.3477392153854701</v>
       </c>
       <c r="K39" s="23">
         <v>8.8852841432156104</v>
       </c>
       <c r="L39" s="23">
         <v>13.173814000412101</v>
       </c>
       <c r="M39" s="24">
         <v>12.557847565852001</v>
       </c>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A40" s="42" t="s">
+      <c r="A40" s="49" t="s">
         <v>250</v>
       </c>
-      <c r="B40" s="32"/>
+      <c r="B40" s="36"/>
       <c r="C40" s="25">
         <v>9.3356593898816502</v>
       </c>
       <c r="D40" s="25">
         <v>8.4538383370804002</v>
       </c>
-      <c r="E40" s="58">
+      <c r="E40" s="57">
         <v>7.6406854723565898</v>
       </c>
-      <c r="F40" s="32"/>
+      <c r="F40" s="36"/>
       <c r="G40" s="25">
         <v>6.3866170272874596</v>
       </c>
-      <c r="H40" s="58">
+      <c r="H40" s="57">
         <v>7.6076050826574502</v>
       </c>
-      <c r="I40" s="32"/>
+      <c r="I40" s="36"/>
       <c r="J40" s="25">
         <v>5.6369972861040196</v>
       </c>
       <c r="K40" s="25">
         <v>6.2345144599894899</v>
       </c>
       <c r="L40" s="25">
         <v>6.2847010328663702</v>
       </c>
       <c r="M40" s="26">
         <v>5.8196163707097801</v>
       </c>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A41" s="46" t="s">
+      <c r="A41" s="47" t="s">
         <v>251</v>
       </c>
-      <c r="B41" s="32"/>
+      <c r="B41" s="36"/>
       <c r="C41" s="23">
         <v>6.1801665702037498</v>
       </c>
       <c r="D41" s="23">
         <v>5.2600766484732002</v>
       </c>
-      <c r="E41" s="55">
+      <c r="E41" s="56">
         <v>5.3030223460619696</v>
       </c>
-      <c r="F41" s="32"/>
+      <c r="F41" s="36"/>
       <c r="G41" s="23">
         <v>4.5770141269858904</v>
       </c>
-      <c r="H41" s="55">
+      <c r="H41" s="56">
         <v>3.6401656467419401</v>
       </c>
-      <c r="I41" s="32"/>
+      <c r="I41" s="36"/>
       <c r="J41" s="23">
         <v>3.8464329392237802</v>
       </c>
       <c r="K41" s="23">
         <v>3.7496916800648501</v>
       </c>
       <c r="L41" s="23">
         <v>3.4729336595368498</v>
       </c>
       <c r="M41" s="24">
         <v>4.2980510109341399</v>
       </c>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A42" s="42" t="s">
+      <c r="A42" s="49" t="s">
         <v>252</v>
       </c>
-      <c r="B42" s="32"/>
+      <c r="B42" s="36"/>
       <c r="C42" s="25">
         <v>18.985760679490401</v>
       </c>
       <c r="D42" s="25">
         <v>21.752200778913799</v>
       </c>
-      <c r="E42" s="58">
+      <c r="E42" s="57">
         <v>25.398778249044099</v>
       </c>
-      <c r="F42" s="32"/>
+      <c r="F42" s="36"/>
       <c r="G42" s="25">
         <v>21.323438200101499</v>
       </c>
-      <c r="H42" s="58">
+      <c r="H42" s="57">
         <v>27.876843362434801</v>
       </c>
-      <c r="I42" s="32"/>
+      <c r="I42" s="36"/>
       <c r="J42" s="25">
         <v>22.118826266941799</v>
       </c>
       <c r="K42" s="25">
         <v>27.660322718615099</v>
       </c>
       <c r="L42" s="25">
         <v>24.1947350643518</v>
       </c>
       <c r="M42" s="26">
         <v>24.728974116305199</v>
       </c>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A43" s="46" t="s">
+      <c r="A43" s="47" t="s">
         <v>253</v>
       </c>
-      <c r="B43" s="32"/>
+      <c r="B43" s="36"/>
       <c r="C43" s="23">
         <v>9.5046493576441105</v>
       </c>
       <c r="D43" s="23">
         <v>8.0352679569647396</v>
       </c>
-      <c r="E43" s="55">
+      <c r="E43" s="56">
         <v>11.326350037067201</v>
       </c>
-      <c r="F43" s="32"/>
+      <c r="F43" s="36"/>
       <c r="G43" s="23">
         <v>11.372539138225999</v>
       </c>
-      <c r="H43" s="55">
+      <c r="H43" s="56">
         <v>12.228964118079199</v>
       </c>
-      <c r="I43" s="32"/>
+      <c r="I43" s="36"/>
       <c r="J43" s="23">
         <v>11.9604193992219</v>
       </c>
       <c r="K43" s="23">
         <v>11.194168838748601</v>
       </c>
       <c r="L43" s="23">
         <v>9.4595979714063496</v>
       </c>
       <c r="M43" s="24">
         <v>7.628190839827</v>
       </c>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A44" s="42" t="s">
+      <c r="A44" s="49" t="s">
         <v>254</v>
       </c>
-      <c r="B44" s="32"/>
+      <c r="B44" s="36"/>
       <c r="C44" s="25">
         <v>15.867978419549299</v>
       </c>
       <c r="D44" s="25">
         <v>14.4613833096167</v>
       </c>
-      <c r="E44" s="58">
+      <c r="E44" s="57">
         <v>10.2063760920778</v>
       </c>
-      <c r="F44" s="32"/>
+      <c r="F44" s="36"/>
       <c r="G44" s="25">
         <v>13.679403056104899</v>
       </c>
-      <c r="H44" s="58">
+      <c r="H44" s="57">
         <v>15.356708593854901</v>
       </c>
-      <c r="I44" s="32"/>
+      <c r="I44" s="36"/>
       <c r="J44" s="25">
         <v>19.109162794918699</v>
       </c>
       <c r="K44" s="25">
         <v>22.901078030079798</v>
       </c>
       <c r="L44" s="25">
         <v>19.815798593891799</v>
       </c>
       <c r="M44" s="26">
         <v>15.4008994125257</v>
       </c>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A45" s="46" t="s">
+      <c r="A45" s="47" t="s">
         <v>255</v>
       </c>
-      <c r="B45" s="32"/>
+      <c r="B45" s="36"/>
       <c r="C45" s="23">
         <v>8.0201811783660002</v>
       </c>
       <c r="D45" s="23">
         <v>9.1472433959127706</v>
       </c>
-      <c r="E45" s="55">
+      <c r="E45" s="56">
         <v>9.2854184963967796</v>
       </c>
-      <c r="F45" s="32"/>
+      <c r="F45" s="36"/>
       <c r="G45" s="23">
         <v>7.2115073672986796</v>
       </c>
-      <c r="H45" s="55">
+      <c r="H45" s="56">
         <v>8.5899499144016698</v>
       </c>
-      <c r="I45" s="32"/>
+      <c r="I45" s="36"/>
       <c r="J45" s="23">
         <v>7.5720472778301602</v>
       </c>
       <c r="K45" s="23">
         <v>7.7181380102309403</v>
       </c>
       <c r="L45" s="23">
         <v>7.62729813713859</v>
       </c>
       <c r="M45" s="24">
         <v>7.5887509314633803</v>
       </c>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A46" s="42" t="s">
+      <c r="A46" s="49" t="s">
         <v>256</v>
       </c>
-      <c r="B46" s="32"/>
+      <c r="B46" s="36"/>
       <c r="C46" s="25">
         <v>31.021715200640401</v>
       </c>
       <c r="D46" s="25">
         <v>31.069989812551199</v>
       </c>
-      <c r="E46" s="58">
+      <c r="E46" s="57">
         <v>21.5744047283067</v>
       </c>
-      <c r="F46" s="32"/>
+      <c r="F46" s="36"/>
       <c r="G46" s="25">
         <v>32.571212069508199</v>
       </c>
-      <c r="H46" s="58">
+      <c r="H46" s="57">
         <v>26.413690624515301</v>
       </c>
-      <c r="I46" s="32"/>
+      <c r="I46" s="36"/>
       <c r="J46" s="25">
         <v>15.4216503056223</v>
       </c>
       <c r="K46" s="25">
         <v>35.283993158085899</v>
       </c>
       <c r="L46" s="25">
         <v>34.836968214302303</v>
       </c>
       <c r="M46" s="26">
         <v>31.5571373528911</v>
       </c>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A47" s="46" t="s">
+      <c r="A47" s="47" t="s">
         <v>257</v>
       </c>
-      <c r="B47" s="32"/>
+      <c r="B47" s="36"/>
       <c r="C47" s="23">
         <v>15.0438779774342</v>
       </c>
       <c r="D47" s="23">
         <v>15.5751694529764</v>
       </c>
-      <c r="E47" s="55">
+      <c r="E47" s="56">
         <v>16.364178524755999</v>
       </c>
-      <c r="F47" s="32"/>
+      <c r="F47" s="36"/>
       <c r="G47" s="23">
         <v>15.984401428950401</v>
       </c>
-      <c r="H47" s="55">
+      <c r="H47" s="56">
         <v>14.2386219993063</v>
       </c>
-      <c r="I47" s="32"/>
+      <c r="I47" s="36"/>
       <c r="J47" s="23">
         <v>18.4984488098547</v>
       </c>
       <c r="K47" s="23">
         <v>14.9190285998049</v>
       </c>
       <c r="L47" s="23">
         <v>10.278921232626599</v>
       </c>
       <c r="M47" s="24">
         <v>5.9367826022261996</v>
       </c>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A48" s="42" t="s">
+      <c r="A48" s="49" t="s">
         <v>258</v>
       </c>
-      <c r="B48" s="32"/>
+      <c r="B48" s="36"/>
       <c r="C48" s="25">
         <v>6.5499895200167702</v>
       </c>
       <c r="D48" s="25">
         <v>5.9620962066655396</v>
       </c>
-      <c r="E48" s="58">
+      <c r="E48" s="57">
         <v>5.2705350449166497</v>
       </c>
-      <c r="F48" s="32"/>
+      <c r="F48" s="36"/>
       <c r="G48" s="25">
         <v>5.2799535907991597</v>
       </c>
-      <c r="H48" s="58">
+      <c r="H48" s="57">
         <v>5.0321643274174903</v>
       </c>
-      <c r="I48" s="32"/>
+      <c r="I48" s="36"/>
       <c r="J48" s="25">
         <v>4.6891078814306697</v>
       </c>
       <c r="K48" s="25">
         <v>3.5280029347116102</v>
       </c>
       <c r="L48" s="25">
         <v>3.8073935546995101</v>
       </c>
       <c r="M48" s="26">
         <v>4.9882681952371701</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A49" s="46" t="s">
+      <c r="A49" s="47" t="s">
         <v>259</v>
       </c>
-      <c r="B49" s="32"/>
+      <c r="B49" s="36"/>
       <c r="C49" s="23">
         <v>21.071052302637501</v>
       </c>
       <c r="D49" s="23">
         <v>20.3959220925436</v>
       </c>
-      <c r="E49" s="55">
+      <c r="E49" s="56">
         <v>20.362495246849399</v>
       </c>
-      <c r="F49" s="32"/>
+      <c r="F49" s="36"/>
       <c r="G49" s="23">
         <v>24.021770408308601</v>
       </c>
-      <c r="H49" s="55">
+      <c r="H49" s="56">
         <v>30.065623926320299</v>
       </c>
-      <c r="I49" s="32"/>
+      <c r="I49" s="36"/>
       <c r="J49" s="23">
         <v>21.767701940856298</v>
       </c>
       <c r="K49" s="23">
         <v>19.324449399408099</v>
       </c>
       <c r="L49" s="23">
         <v>21.305540091521099</v>
       </c>
       <c r="M49" s="24">
         <v>25.083811926492601</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A50" s="42" t="s">
+      <c r="A50" s="49" t="s">
         <v>260</v>
       </c>
-      <c r="B50" s="32"/>
+      <c r="B50" s="36"/>
       <c r="C50" s="25">
         <v>17.0513125545245</v>
       </c>
       <c r="D50" s="25">
         <v>16.358718446825101</v>
       </c>
-      <c r="E50" s="58">
+      <c r="E50" s="57">
         <v>15.9772509510059</v>
       </c>
-      <c r="F50" s="32"/>
+      <c r="F50" s="36"/>
       <c r="G50" s="25">
         <v>10.390180448262001</v>
       </c>
-      <c r="H50" s="58">
+      <c r="H50" s="57">
         <v>12.7017448902964</v>
       </c>
-      <c r="I50" s="32"/>
+      <c r="I50" s="36"/>
       <c r="J50" s="25">
         <v>13.0544703312833</v>
       </c>
       <c r="K50" s="25">
         <v>14.203958666953699</v>
       </c>
       <c r="L50" s="25">
         <v>12.2196169473316</v>
       </c>
       <c r="M50" s="26">
         <v>15.8139220076343</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A51" s="46" t="s">
+      <c r="A51" s="47" t="s">
         <v>261</v>
       </c>
-      <c r="B51" s="32"/>
+      <c r="B51" s="36"/>
       <c r="C51" s="23">
         <v>9.1597368002186297</v>
       </c>
       <c r="D51" s="23">
         <v>8.8663902693390799</v>
       </c>
-      <c r="E51" s="55">
+      <c r="E51" s="56">
         <v>7.1006854114110496</v>
       </c>
-      <c r="F51" s="32"/>
+      <c r="F51" s="36"/>
       <c r="G51" s="23">
         <v>7.9099707750895698</v>
       </c>
-      <c r="H51" s="55">
+      <c r="H51" s="56">
         <v>6.8397207403463298</v>
       </c>
-      <c r="I51" s="32"/>
+      <c r="I51" s="36"/>
       <c r="J51" s="23">
         <v>7.8342585186104099</v>
       </c>
       <c r="K51" s="23">
         <v>7.4867291818421799</v>
       </c>
       <c r="L51" s="23">
         <v>5.8233678783242704</v>
       </c>
       <c r="M51" s="24">
         <v>6.5307926988349898</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A52" s="42" t="s">
+      <c r="A52" s="49" t="s">
         <v>262</v>
       </c>
-      <c r="B52" s="32"/>
+      <c r="B52" s="36"/>
       <c r="C52" s="25">
         <v>17.047632497427699</v>
       </c>
       <c r="D52" s="25">
         <v>11.474120408272199</v>
       </c>
-      <c r="E52" s="58">
+      <c r="E52" s="57">
         <v>8.7088424360790508</v>
       </c>
-      <c r="F52" s="32"/>
+      <c r="F52" s="36"/>
       <c r="G52" s="25">
         <v>12.646967597244201</v>
       </c>
-      <c r="H52" s="58">
+      <c r="H52" s="57">
         <v>11.198530673494</v>
       </c>
-      <c r="I52" s="32"/>
+      <c r="I52" s="36"/>
       <c r="J52" s="25">
         <v>7.0109952747669304</v>
       </c>
       <c r="K52" s="25">
         <v>9.0628984658463398</v>
       </c>
       <c r="L52" s="25">
         <v>9.2519369963562905</v>
       </c>
       <c r="M52" s="26">
         <v>7.9788285625750301</v>
       </c>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A53" s="46" t="s">
+      <c r="A53" s="47" t="s">
         <v>263</v>
       </c>
-      <c r="B53" s="32"/>
+      <c r="B53" s="36"/>
       <c r="C53" s="23">
         <v>14.0552432168174</v>
       </c>
       <c r="D53" s="23">
         <v>11.883880953740601</v>
       </c>
-      <c r="E53" s="55">
+      <c r="E53" s="56">
         <v>16.338047515580499</v>
       </c>
-      <c r="F53" s="32"/>
+      <c r="F53" s="36"/>
       <c r="G53" s="23">
         <v>9.2970380566455297</v>
       </c>
-      <c r="H53" s="55">
+      <c r="H53" s="56">
         <v>11.549300796445699</v>
       </c>
-      <c r="I53" s="32"/>
+      <c r="I53" s="36"/>
       <c r="J53" s="23">
         <v>7.3295942629799802</v>
       </c>
       <c r="K53" s="23">
         <v>11.8862329793855</v>
       </c>
       <c r="L53" s="23">
         <v>12.387634075973001</v>
       </c>
       <c r="M53" s="24">
         <v>11.756415332475999</v>
       </c>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A54" s="42" t="s">
+      <c r="A54" s="49" t="s">
         <v>264</v>
       </c>
-      <c r="B54" s="32"/>
+      <c r="B54" s="36"/>
       <c r="C54" s="25">
         <v>15.858723514714899</v>
       </c>
       <c r="D54" s="25">
         <v>14.488172974572301</v>
       </c>
-      <c r="E54" s="58">
+      <c r="E54" s="57">
         <v>16.385208638175701</v>
       </c>
-      <c r="F54" s="32"/>
+      <c r="F54" s="36"/>
       <c r="G54" s="25">
         <v>14.350886091854001</v>
       </c>
-      <c r="H54" s="58">
+      <c r="H54" s="57">
         <v>11.0261937183217</v>
       </c>
-      <c r="I54" s="32"/>
+      <c r="I54" s="36"/>
       <c r="J54" s="25">
         <v>11.9157111727729</v>
       </c>
       <c r="K54" s="25">
         <v>10.223061558820399</v>
       </c>
       <c r="L54" s="25">
         <v>7.6097833977671003</v>
       </c>
       <c r="M54" s="26">
         <v>9.1225848884563003</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A55" s="46" t="s">
+      <c r="A55" s="47" t="s">
         <v>265</v>
       </c>
-      <c r="B55" s="32"/>
+      <c r="B55" s="36"/>
       <c r="C55" s="23">
         <v>11.3457793094243</v>
       </c>
       <c r="D55" s="23">
         <v>10.6241516209772</v>
       </c>
-      <c r="E55" s="55">
+      <c r="E55" s="56">
         <v>9.5894693136182791</v>
       </c>
-      <c r="F55" s="32"/>
+      <c r="F55" s="36"/>
       <c r="G55" s="23">
         <v>9.6272293614578501</v>
       </c>
-      <c r="H55" s="55">
+      <c r="H55" s="56">
         <v>7.0779537863479298</v>
       </c>
-      <c r="I55" s="32"/>
+      <c r="I55" s="36"/>
       <c r="J55" s="23">
         <v>9.3202378838413509</v>
       </c>
       <c r="K55" s="23">
         <v>11.3644195214848</v>
       </c>
       <c r="L55" s="23">
         <v>10.540780346684899</v>
       </c>
       <c r="M55" s="24">
         <v>8.8751058495046102</v>
       </c>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A56" s="42" t="s">
+      <c r="A56" s="49" t="s">
         <v>266</v>
       </c>
-      <c r="B56" s="32"/>
+      <c r="B56" s="36"/>
       <c r="C56" s="25">
         <v>14.6361945894068</v>
       </c>
       <c r="D56" s="25">
         <v>16.847801293709399</v>
       </c>
-      <c r="E56" s="58">
+      <c r="E56" s="57">
         <v>12.9995218518215</v>
       </c>
-      <c r="F56" s="32"/>
+      <c r="F56" s="36"/>
       <c r="G56" s="25">
         <v>10.0486285475831</v>
       </c>
-      <c r="H56" s="58">
+      <c r="H56" s="57">
         <v>10.036243040535499</v>
       </c>
-      <c r="I56" s="32"/>
+      <c r="I56" s="36"/>
       <c r="J56" s="25">
         <v>11.278405708028201</v>
       </c>
       <c r="K56" s="25">
         <v>10.7361958215911</v>
       </c>
       <c r="L56" s="25">
         <v>8.4377706366359</v>
       </c>
       <c r="M56" s="26">
         <v>8.7320727506783005</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A57" s="46" t="s">
+      <c r="A57" s="47" t="s">
         <v>267</v>
       </c>
-      <c r="B57" s="32"/>
+      <c r="B57" s="36"/>
       <c r="C57" s="23">
         <v>8.5490694666695894</v>
       </c>
       <c r="D57" s="23">
         <v>7.6364756009804502</v>
       </c>
-      <c r="E57" s="55">
+      <c r="E57" s="56">
         <v>6.2034537194797696</v>
       </c>
-      <c r="F57" s="32"/>
+      <c r="F57" s="36"/>
       <c r="G57" s="23">
         <v>7.2887857279572899</v>
       </c>
-      <c r="H57" s="55">
-[...2 lines deleted...]
-      <c r="I57" s="32"/>
+      <c r="H57" s="56">
+        <v>7.97637203781278</v>
+      </c>
+      <c r="I57" s="36"/>
       <c r="J57" s="23">
         <v>6.4258173472035596</v>
       </c>
       <c r="K57" s="23">
         <v>5.8235319650653796</v>
       </c>
       <c r="L57" s="23">
         <v>6.5987138446845304</v>
       </c>
       <c r="M57" s="24">
         <v>6.6311567538871596</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A58" s="42" t="s">
+      <c r="A58" s="49" t="s">
         <v>268</v>
       </c>
-      <c r="B58" s="32"/>
+      <c r="B58" s="36"/>
       <c r="C58" s="25">
         <v>9.0430379042411904</v>
       </c>
       <c r="D58" s="25">
         <v>7.3440372445227702</v>
       </c>
-      <c r="E58" s="58">
+      <c r="E58" s="57">
         <v>7.2208517236678498</v>
       </c>
-      <c r="F58" s="32"/>
+      <c r="F58" s="36"/>
       <c r="G58" s="25">
         <v>8.5194051500512895</v>
       </c>
-      <c r="H58" s="58">
+      <c r="H58" s="57">
         <v>9.6337864949727408</v>
       </c>
-      <c r="I58" s="32"/>
+      <c r="I58" s="36"/>
       <c r="J58" s="25">
         <v>9.8092684507835308</v>
       </c>
       <c r="K58" s="25">
-        <v>8.6735930935422498</v>
+        <v>8.7398037278440999</v>
       </c>
       <c r="L58" s="25">
         <v>9.7968006778702303</v>
       </c>
       <c r="M58" s="26">
         <v>9.4343729783047703</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A59" s="46" t="s">
+      <c r="A59" s="47" t="s">
         <v>115</v>
       </c>
-      <c r="B59" s="32"/>
+      <c r="B59" s="36"/>
       <c r="C59" s="23">
         <v>21.2502981546935</v>
       </c>
       <c r="D59" s="23">
         <v>18.570102334896301</v>
       </c>
-      <c r="E59" s="55">
+      <c r="E59" s="56">
         <v>23.197991414095</v>
       </c>
-      <c r="F59" s="32"/>
+      <c r="F59" s="36"/>
       <c r="G59" s="23">
         <v>18.056218254715599</v>
       </c>
-      <c r="H59" s="55">
+      <c r="H59" s="56">
         <v>18.4692574745931</v>
       </c>
-      <c r="I59" s="32"/>
+      <c r="I59" s="36"/>
       <c r="J59" s="23">
         <v>18.3022092131602</v>
       </c>
       <c r="K59" s="23">
         <v>14.2570307350676</v>
       </c>
       <c r="L59" s="23">
         <v>15.943020196932901</v>
       </c>
       <c r="M59" s="24">
         <v>13.1538394824886</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A60" s="42" t="s">
+      <c r="A60" s="49" t="s">
         <v>269</v>
       </c>
-      <c r="B60" s="32"/>
+      <c r="B60" s="36"/>
       <c r="C60" s="25">
         <v>13.2615270163181</v>
       </c>
       <c r="D60" s="25">
         <v>12.9459280162197</v>
       </c>
-      <c r="E60" s="58">
+      <c r="E60" s="57">
         <v>11.0970310679417</v>
       </c>
-      <c r="F60" s="32"/>
+      <c r="F60" s="36"/>
       <c r="G60" s="25">
         <v>9.6612514647740397</v>
       </c>
-      <c r="H60" s="58">
+      <c r="H60" s="57">
         <v>8.2840302860596999</v>
       </c>
-      <c r="I60" s="32"/>
+      <c r="I60" s="36"/>
       <c r="J60" s="25">
         <v>9.8772138848934201</v>
       </c>
       <c r="K60" s="25">
         <v>13.1440594487522</v>
       </c>
       <c r="L60" s="25">
         <v>7.3446330795748498</v>
       </c>
       <c r="M60" s="26">
         <v>8.6849829221017298</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A61" s="46" t="s">
+      <c r="A61" s="47" t="s">
         <v>270</v>
       </c>
-      <c r="B61" s="32"/>
+      <c r="B61" s="36"/>
       <c r="C61" s="23">
         <v>7.52695313364769</v>
       </c>
       <c r="D61" s="23">
         <v>8.7377524698486102</v>
       </c>
-      <c r="E61" s="55">
+      <c r="E61" s="56">
         <v>7.3329267584902897</v>
       </c>
-      <c r="F61" s="32"/>
+      <c r="F61" s="36"/>
       <c r="G61" s="23">
         <v>8.9268642416939095</v>
       </c>
-      <c r="H61" s="55">
+      <c r="H61" s="56">
         <v>5.1435057524285996</v>
       </c>
-      <c r="I61" s="32"/>
+      <c r="I61" s="36"/>
       <c r="J61" s="23">
         <v>5.0979622342125399</v>
       </c>
       <c r="K61" s="23">
         <v>6.1917634974200899</v>
       </c>
       <c r="L61" s="23">
         <v>6.0555019598016298</v>
       </c>
       <c r="M61" s="24">
         <v>5.8338658697619499</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A62" s="42" t="s">
+      <c r="A62" s="49" t="s">
         <v>271</v>
       </c>
-      <c r="B62" s="32"/>
+      <c r="B62" s="36"/>
       <c r="C62" s="25">
         <v>8.1358330385567701</v>
       </c>
       <c r="D62" s="25">
         <v>9.0843812006907001</v>
       </c>
-      <c r="E62" s="58">
+      <c r="E62" s="57">
         <v>6.5473136191308097</v>
       </c>
-      <c r="F62" s="32"/>
+      <c r="F62" s="36"/>
       <c r="G62" s="25">
         <v>8.6493193994719899</v>
       </c>
-      <c r="H62" s="58">
+      <c r="H62" s="57">
         <v>7.1727294162057103</v>
       </c>
-      <c r="I62" s="32"/>
+      <c r="I62" s="36"/>
       <c r="J62" s="25">
         <v>7.3813270828911701</v>
       </c>
       <c r="K62" s="25">
         <v>8.8816258361909401</v>
       </c>
       <c r="L62" s="25">
         <v>8.9237625279068808</v>
       </c>
       <c r="M62" s="26">
         <v>6.30196948677753</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A63" s="46" t="s">
+      <c r="A63" s="47" t="s">
         <v>272</v>
       </c>
-      <c r="B63" s="32"/>
+      <c r="B63" s="36"/>
       <c r="C63" s="23">
         <v>9.8179104868374605</v>
       </c>
       <c r="D63" s="23">
         <v>7.0041187980003397</v>
       </c>
-      <c r="E63" s="55">
+      <c r="E63" s="56">
         <v>5.4083183799768602</v>
       </c>
-      <c r="F63" s="32"/>
+      <c r="F63" s="36"/>
       <c r="G63" s="23">
         <v>8.6891485351290303</v>
       </c>
-      <c r="H63" s="55">
+      <c r="H63" s="56">
         <v>7.6123569614338296</v>
       </c>
-      <c r="I63" s="32"/>
+      <c r="I63" s="36"/>
       <c r="J63" s="23">
         <v>8.0890681224158101</v>
       </c>
       <c r="K63" s="23">
         <v>7.8223745650696701</v>
       </c>
       <c r="L63" s="23">
         <v>5.7978500185688704</v>
       </c>
       <c r="M63" s="24">
         <v>5.1829359595295097</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A64" s="42" t="s">
+      <c r="A64" s="49" t="s">
         <v>273</v>
       </c>
-      <c r="B64" s="32"/>
+      <c r="B64" s="36"/>
       <c r="C64" s="25">
         <v>11.872108732140701</v>
       </c>
       <c r="D64" s="25">
         <v>10.0985478234371</v>
       </c>
-      <c r="E64" s="58">
+      <c r="E64" s="57">
         <v>7.2907851858827399</v>
       </c>
-      <c r="F64" s="32"/>
+      <c r="F64" s="36"/>
       <c r="G64" s="25">
         <v>8.4812783609055291</v>
       </c>
-      <c r="H64" s="58">
+      <c r="H64" s="57">
         <v>8.0699204551783605</v>
       </c>
-      <c r="I64" s="32"/>
+      <c r="I64" s="36"/>
       <c r="J64" s="25">
         <v>5.8039068317509699</v>
       </c>
       <c r="K64" s="25">
         <v>8.5938111258169094</v>
       </c>
       <c r="L64" s="25">
         <v>7.6253112910345697</v>
       </c>
       <c r="M64" s="26">
         <v>7.7969560561729301</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A65" s="46" t="s">
+      <c r="A65" s="47" t="s">
         <v>274</v>
       </c>
-      <c r="B65" s="32"/>
+      <c r="B65" s="36"/>
       <c r="C65" s="23">
         <v>9.6021375193086502</v>
       </c>
       <c r="D65" s="23">
         <v>5.2763592601586504</v>
       </c>
-      <c r="E65" s="55">
+      <c r="E65" s="56">
         <v>7.54495322843783</v>
       </c>
-      <c r="F65" s="32"/>
+      <c r="F65" s="36"/>
       <c r="G65" s="23">
         <v>7.4108314137654796</v>
       </c>
-      <c r="H65" s="55">
+      <c r="H65" s="56">
         <v>9.4100629869287502</v>
       </c>
-      <c r="I65" s="32"/>
+      <c r="I65" s="36"/>
       <c r="J65" s="23">
         <v>6.8274335078147201</v>
       </c>
       <c r="K65" s="23">
         <v>7.3377195586801998</v>
       </c>
       <c r="L65" s="23">
         <v>7.6592994169591799</v>
       </c>
       <c r="M65" s="24">
         <v>7.0671661987706704</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A66" s="42" t="s">
+      <c r="A66" s="49" t="s">
         <v>275</v>
       </c>
-      <c r="B66" s="32"/>
+      <c r="B66" s="36"/>
       <c r="C66" s="25">
         <v>11.9646355021441</v>
       </c>
       <c r="D66" s="25">
         <v>15.533273005459501</v>
       </c>
-      <c r="E66" s="58">
+      <c r="E66" s="57">
         <v>13.816617848816</v>
       </c>
-      <c r="F66" s="32"/>
+      <c r="F66" s="36"/>
       <c r="G66" s="25">
         <v>6.8786020068906497</v>
       </c>
-      <c r="H66" s="58">
+      <c r="H66" s="57">
         <v>7.6103974914668697</v>
       </c>
-      <c r="I66" s="32"/>
+      <c r="I66" s="36"/>
       <c r="J66" s="25">
         <v>5.9299422948269598</v>
       </c>
       <c r="K66" s="25">
         <v>5.9849111412761697</v>
       </c>
       <c r="L66" s="25">
         <v>6.6472130849774498</v>
       </c>
       <c r="M66" s="26">
         <v>8.5025002145645505</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A67" s="46" t="s">
+      <c r="A67" s="47" t="s">
         <v>276</v>
       </c>
-      <c r="B67" s="32"/>
+      <c r="B67" s="36"/>
       <c r="C67" s="23">
         <v>6.7196911385600302</v>
       </c>
       <c r="D67" s="23">
         <v>7.53026260722031</v>
       </c>
-      <c r="E67" s="55">
+      <c r="E67" s="56">
         <v>8.0915025757245402</v>
       </c>
-      <c r="F67" s="32"/>
+      <c r="F67" s="36"/>
       <c r="G67" s="23">
         <v>5.8858766240259701</v>
       </c>
-      <c r="H67" s="55">
+      <c r="H67" s="56">
         <v>5.2616178015836796</v>
       </c>
-      <c r="I67" s="32"/>
+      <c r="I67" s="36"/>
       <c r="J67" s="23">
         <v>6.44363011544133</v>
       </c>
       <c r="K67" s="23">
         <v>5.9585254689663403</v>
       </c>
       <c r="L67" s="23">
         <v>6.4501987915433103</v>
       </c>
       <c r="M67" s="24">
         <v>5.5203086514973201</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A68" s="42" t="s">
+      <c r="A68" s="49" t="s">
         <v>277</v>
       </c>
-      <c r="B68" s="32"/>
+      <c r="B68" s="36"/>
       <c r="C68" s="25">
         <v>7.38904514468227</v>
       </c>
       <c r="D68" s="25">
         <v>6.7184639809178703</v>
       </c>
-      <c r="E68" s="58">
+      <c r="E68" s="57">
         <v>5.7082868539959399</v>
       </c>
-      <c r="F68" s="32"/>
+      <c r="F68" s="36"/>
       <c r="G68" s="25">
         <v>7.2523010256100502</v>
       </c>
-      <c r="H68" s="58">
+      <c r="H68" s="57">
         <v>9.4393803053653205</v>
       </c>
-      <c r="I68" s="32"/>
+      <c r="I68" s="36"/>
       <c r="J68" s="25">
         <v>11.035383606262</v>
       </c>
       <c r="K68" s="25">
         <v>8.60455995861318</v>
       </c>
       <c r="L68" s="25">
         <v>6.3351813761316604</v>
       </c>
       <c r="M68" s="26">
         <v>5.9839137770328596</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A69" s="46" t="s">
+      <c r="A69" s="47" t="s">
         <v>278</v>
       </c>
-      <c r="B69" s="32"/>
+      <c r="B69" s="36"/>
       <c r="C69" s="23">
         <v>17.981602294511902</v>
       </c>
       <c r="D69" s="23">
         <v>16.133132959821999</v>
       </c>
-      <c r="E69" s="55">
+      <c r="E69" s="56">
         <v>11.2717798967054</v>
       </c>
-      <c r="F69" s="32"/>
+      <c r="F69" s="36"/>
       <c r="G69" s="23">
         <v>8.9734542149724597</v>
       </c>
-      <c r="H69" s="55">
+      <c r="H69" s="56">
         <v>9.1158793330772205</v>
       </c>
-      <c r="I69" s="32"/>
+      <c r="I69" s="36"/>
       <c r="J69" s="23">
         <v>8.3008106419491394</v>
       </c>
       <c r="K69" s="23">
         <v>8.4700051774955796</v>
       </c>
       <c r="L69" s="23">
         <v>8.8097462249593601</v>
       </c>
       <c r="M69" s="24">
         <v>9.3025170872071694</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A70" s="42" t="s">
+      <c r="A70" s="49" t="s">
         <v>279</v>
       </c>
-      <c r="B70" s="32"/>
+      <c r="B70" s="36"/>
       <c r="C70" s="25">
         <v>15.235346002726301</v>
       </c>
       <c r="D70" s="25">
         <v>13.1028318929559</v>
       </c>
-      <c r="E70" s="58">
+      <c r="E70" s="57">
         <v>10.2624532226498</v>
       </c>
-      <c r="F70" s="32"/>
+      <c r="F70" s="36"/>
       <c r="G70" s="25">
         <v>16.3769369688276</v>
       </c>
-      <c r="H70" s="58">
+      <c r="H70" s="57">
         <v>11.7567852137987</v>
       </c>
-      <c r="I70" s="32"/>
+      <c r="I70" s="36"/>
       <c r="J70" s="25">
         <v>7.2902622063314997</v>
       </c>
       <c r="K70" s="25">
         <v>11.6094649469473</v>
       </c>
       <c r="L70" s="25">
         <v>9.1691417163768794</v>
       </c>
       <c r="M70" s="26">
         <v>7.3778617767433303</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A71" s="46" t="s">
+      <c r="A71" s="47" t="s">
         <v>280</v>
       </c>
-      <c r="B71" s="32"/>
+      <c r="B71" s="36"/>
       <c r="C71" s="23">
         <v>13.983619188950099</v>
       </c>
       <c r="D71" s="23">
         <v>13.076009964715499</v>
       </c>
-      <c r="E71" s="55">
+      <c r="E71" s="56">
         <v>11.6111629947591</v>
       </c>
-      <c r="F71" s="32"/>
+      <c r="F71" s="36"/>
       <c r="G71" s="23">
         <v>13.8474544634231</v>
       </c>
-      <c r="H71" s="55">
+      <c r="H71" s="56">
         <v>12.426109481423699</v>
       </c>
-      <c r="I71" s="32"/>
+      <c r="I71" s="36"/>
       <c r="J71" s="23">
         <v>7.6313402411283002</v>
       </c>
       <c r="K71" s="23">
         <v>9.0729809321382096</v>
       </c>
       <c r="L71" s="23">
         <v>7.4231186177239499</v>
       </c>
       <c r="M71" s="24">
         <v>7.19555968344027</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A72" s="42" t="s">
+      <c r="A72" s="49" t="s">
         <v>281</v>
       </c>
-      <c r="B72" s="32"/>
+      <c r="B72" s="36"/>
       <c r="C72" s="25">
         <v>12.8352805660688</v>
       </c>
       <c r="D72" s="25">
         <v>15.0839219410319</v>
       </c>
-      <c r="E72" s="58">
+      <c r="E72" s="57">
         <v>14.507756547586901</v>
       </c>
-      <c r="F72" s="32"/>
+      <c r="F72" s="36"/>
       <c r="G72" s="25">
         <v>9.0792808314623805</v>
       </c>
-      <c r="H72" s="58">
+      <c r="H72" s="57">
         <v>10.4724715135886</v>
       </c>
-      <c r="I72" s="32"/>
+      <c r="I72" s="36"/>
       <c r="J72" s="25">
         <v>8.0197774126818704</v>
       </c>
       <c r="K72" s="25">
         <v>8.8007074360665403</v>
       </c>
       <c r="L72" s="25">
         <v>6.0684084659791599</v>
       </c>
       <c r="M72" s="26">
         <v>6.2401001411270602</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A73" s="46" t="s">
+      <c r="A73" s="47" t="s">
         <v>282</v>
       </c>
-      <c r="B73" s="32"/>
+      <c r="B73" s="36"/>
       <c r="C73" s="23">
         <v>11.6363888985376</v>
       </c>
       <c r="D73" s="23">
         <v>3.4468050865674602</v>
       </c>
-      <c r="E73" s="55">
+      <c r="E73" s="56">
         <v>6.3146700075480799</v>
       </c>
-      <c r="F73" s="32"/>
+      <c r="F73" s="36"/>
       <c r="G73" s="23">
         <v>7.2628607148333799</v>
       </c>
-      <c r="H73" s="55">
+      <c r="H73" s="56">
         <v>6.3581619557706199</v>
       </c>
-      <c r="I73" s="32"/>
+      <c r="I73" s="36"/>
       <c r="J73" s="23">
         <v>6.6410716444951996</v>
       </c>
       <c r="K73" s="23">
         <v>3.79903959288038</v>
       </c>
       <c r="L73" s="23">
         <v>4.2806137227848904</v>
       </c>
       <c r="M73" s="24">
         <v>4.9327717471354697</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A74" s="42" t="s">
+      <c r="A74" s="49" t="s">
         <v>283</v>
       </c>
-      <c r="B74" s="32"/>
+      <c r="B74" s="36"/>
       <c r="C74" s="25">
         <v>7.7132811939441801</v>
       </c>
       <c r="D74" s="25">
         <v>7.3900678578904699</v>
       </c>
-      <c r="E74" s="58">
+      <c r="E74" s="57">
         <v>3.78166840024649</v>
       </c>
-      <c r="F74" s="32"/>
+      <c r="F74" s="36"/>
       <c r="G74" s="25">
         <v>4.8653187496801902</v>
       </c>
-      <c r="H74" s="58">
+      <c r="H74" s="57">
         <v>2.1259974341827599</v>
       </c>
-      <c r="I74" s="32"/>
+      <c r="I74" s="36"/>
       <c r="J74" s="25">
         <v>6.0637462494532697</v>
       </c>
       <c r="K74" s="25">
         <v>4.2148171146364204</v>
       </c>
       <c r="L74" s="25">
         <v>7.0488121969949296</v>
       </c>
       <c r="M74" s="26">
         <v>7.6835903519415796</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A75" s="46" t="s">
+      <c r="A75" s="47" t="s">
         <v>284</v>
       </c>
-      <c r="B75" s="32"/>
+      <c r="B75" s="36"/>
       <c r="C75" s="23">
         <v>8.7643638184802892</v>
       </c>
       <c r="D75" s="23">
         <v>7.5081750033278301</v>
       </c>
-      <c r="E75" s="55">
+      <c r="E75" s="56">
         <v>7.7829485928865099</v>
       </c>
-      <c r="F75" s="32"/>
+      <c r="F75" s="36"/>
       <c r="G75" s="23">
         <v>5.5358989404249899</v>
       </c>
-      <c r="H75" s="55">
+      <c r="H75" s="56">
         <v>7.2516571590534999</v>
       </c>
-      <c r="I75" s="32"/>
+      <c r="I75" s="36"/>
       <c r="J75" s="23">
         <v>7.0122684864497904</v>
       </c>
       <c r="K75" s="23">
         <v>5.2882951896156003</v>
       </c>
       <c r="L75" s="23">
         <v>3.3679282767990002</v>
       </c>
       <c r="M75" s="24">
         <v>4.3341461756181401</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A76" s="42" t="s">
+      <c r="A76" s="49" t="s">
         <v>285</v>
       </c>
-      <c r="B76" s="32"/>
+      <c r="B76" s="36"/>
       <c r="C76" s="25">
         <v>6.3219117461120202</v>
       </c>
       <c r="D76" s="25">
         <v>5.7870036379450998</v>
       </c>
-      <c r="E76" s="58">
+      <c r="E76" s="57">
         <v>6.1806222257987402</v>
       </c>
-      <c r="F76" s="32"/>
+      <c r="F76" s="36"/>
       <c r="G76" s="25">
         <v>5.0421835184894404</v>
       </c>
-      <c r="H76" s="58">
+      <c r="H76" s="57">
         <v>4.6858963558932798</v>
       </c>
-      <c r="I76" s="32"/>
+      <c r="I76" s="36"/>
       <c r="J76" s="25">
         <v>4.8002732315523398</v>
       </c>
       <c r="K76" s="25">
         <v>4.9239711988867203</v>
       </c>
       <c r="L76" s="25">
         <v>6.1077219213200902</v>
       </c>
       <c r="M76" s="26">
         <v>5.8171870222495299</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A77" s="46" t="s">
+      <c r="A77" s="47" t="s">
         <v>286</v>
       </c>
-      <c r="B77" s="32"/>
+      <c r="B77" s="36"/>
       <c r="C77" s="23">
         <v>18.654426744557099</v>
       </c>
       <c r="D77" s="23">
         <v>21.228058118273999</v>
       </c>
-      <c r="E77" s="55">
+      <c r="E77" s="56">
         <v>13.7385517595674</v>
       </c>
-      <c r="F77" s="32"/>
+      <c r="F77" s="36"/>
       <c r="G77" s="23">
         <v>16.793520332136598</v>
       </c>
-      <c r="H77" s="55">
+      <c r="H77" s="56">
         <v>12.856936982159599</v>
       </c>
-      <c r="I77" s="32"/>
+      <c r="I77" s="36"/>
       <c r="J77" s="23">
         <v>14.9598925281321</v>
       </c>
       <c r="K77" s="23">
         <v>6.2717964526092098</v>
       </c>
       <c r="L77" s="23">
         <v>6.6556729739521403</v>
       </c>
       <c r="M77" s="24">
         <v>8.3679229502794694</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A78" s="42" t="s">
+      <c r="A78" s="49" t="s">
         <v>287</v>
       </c>
-      <c r="B78" s="32"/>
+      <c r="B78" s="36"/>
       <c r="C78" s="25">
         <v>5.6389652498766498</v>
       </c>
       <c r="D78" s="25">
         <v>5.6402541554925003</v>
       </c>
-      <c r="E78" s="58">
+      <c r="E78" s="57">
         <v>7.42178000508145</v>
       </c>
-      <c r="F78" s="32"/>
+      <c r="F78" s="36"/>
       <c r="G78" s="25">
         <v>7.7970987916871399</v>
       </c>
-      <c r="H78" s="58">
+      <c r="H78" s="57">
         <v>5.3361595531628101</v>
       </c>
-      <c r="I78" s="32"/>
+      <c r="I78" s="36"/>
       <c r="J78" s="25">
         <v>4.2973430494827198</v>
       </c>
       <c r="K78" s="25">
         <v>3.2573030544092698</v>
       </c>
       <c r="L78" s="25">
         <v>6.21842662466912</v>
       </c>
       <c r="M78" s="26">
         <v>8.5267493580933298</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A79" s="46" t="s">
+      <c r="A79" s="47" t="s">
         <v>288</v>
       </c>
-      <c r="B79" s="32"/>
+      <c r="B79" s="36"/>
       <c r="C79" s="23">
         <v>8.9068189558064592</v>
       </c>
       <c r="D79" s="23">
         <v>4.8820405223238597</v>
       </c>
-      <c r="E79" s="55">
+      <c r="E79" s="56">
         <v>6.5572225864843396</v>
       </c>
-      <c r="F79" s="32"/>
+      <c r="F79" s="36"/>
       <c r="G79" s="23">
         <v>7.4217284112001698</v>
       </c>
-      <c r="H79" s="55">
+      <c r="H79" s="56">
         <v>7.0382349931724297</v>
       </c>
-      <c r="I79" s="32"/>
+      <c r="I79" s="36"/>
       <c r="J79" s="23">
         <v>5.2540026066539802</v>
       </c>
       <c r="K79" s="23">
         <v>4.2509695930270501</v>
       </c>
       <c r="L79" s="23">
         <v>6.5475306058472196</v>
       </c>
       <c r="M79" s="24">
         <v>4.1791930238309698</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A80" s="42" t="s">
+      <c r="A80" s="49" t="s">
         <v>289</v>
       </c>
-      <c r="B80" s="32"/>
+      <c r="B80" s="36"/>
       <c r="C80" s="25">
         <v>12.655794431450399</v>
       </c>
       <c r="D80" s="25">
         <v>8.2765403501078403</v>
       </c>
-      <c r="E80" s="58">
+      <c r="E80" s="57">
         <v>6.6525111788322704</v>
       </c>
-      <c r="F80" s="32"/>
+      <c r="F80" s="36"/>
       <c r="G80" s="25">
         <v>7.2430538837703704</v>
       </c>
-      <c r="H80" s="58">
+      <c r="H80" s="57">
         <v>15.6390499758822</v>
       </c>
-      <c r="I80" s="32"/>
+      <c r="I80" s="36"/>
       <c r="J80" s="25">
         <v>14.331621987082199</v>
       </c>
       <c r="K80" s="25">
         <v>13.177880440873601</v>
       </c>
       <c r="L80" s="25">
         <v>16.703047605588001</v>
       </c>
       <c r="M80" s="26">
         <v>8.9755292254451007</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A81" s="46" t="s">
+      <c r="A81" s="47" t="s">
         <v>290</v>
       </c>
-      <c r="B81" s="32"/>
+      <c r="B81" s="36"/>
       <c r="C81" s="23">
         <v>13.83105513294</v>
       </c>
       <c r="D81" s="23">
         <v>14.248586333049699</v>
       </c>
-      <c r="E81" s="55">
+      <c r="E81" s="56">
         <v>13.356522938032899</v>
       </c>
-      <c r="F81" s="32"/>
+      <c r="F81" s="36"/>
       <c r="G81" s="23">
         <v>8.3650231839453095</v>
       </c>
-      <c r="H81" s="55">
+      <c r="H81" s="56">
         <v>9.9286667247936506</v>
       </c>
-      <c r="I81" s="32"/>
+      <c r="I81" s="36"/>
       <c r="J81" s="23">
         <v>9.3914416262032496</v>
       </c>
       <c r="K81" s="23">
         <v>8.0623925327486905</v>
       </c>
       <c r="L81" s="23">
         <v>9.4966917528110404</v>
       </c>
       <c r="M81" s="24">
         <v>10.2608630001435</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A82" s="42" t="s">
+      <c r="A82" s="49" t="s">
         <v>291</v>
       </c>
-      <c r="B82" s="32"/>
+      <c r="B82" s="36"/>
       <c r="C82" s="25">
         <v>6.4186225635978502</v>
       </c>
       <c r="D82" s="25">
         <v>5.9187213701670904</v>
       </c>
-      <c r="E82" s="58">
+      <c r="E82" s="57">
         <v>6.9008878180383899</v>
       </c>
-      <c r="F82" s="32"/>
+      <c r="F82" s="36"/>
       <c r="G82" s="25">
         <v>5.1784575173016396</v>
       </c>
-      <c r="H82" s="58">
+      <c r="H82" s="57">
         <v>3.68808096239243</v>
       </c>
-      <c r="I82" s="32"/>
+      <c r="I82" s="36"/>
       <c r="J82" s="25">
         <v>2.4358432878298202</v>
       </c>
       <c r="K82" s="25">
         <v>4.2382273698789996</v>
       </c>
       <c r="L82" s="25">
         <v>6.0336341314477098</v>
       </c>
       <c r="M82" s="26">
         <v>4.2099503017371598</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A83" s="46" t="s">
+      <c r="A83" s="47" t="s">
         <v>292</v>
       </c>
-      <c r="B83" s="32"/>
+      <c r="B83" s="36"/>
       <c r="C83" s="23">
         <v>10.2862619957686</v>
       </c>
       <c r="D83" s="23">
         <v>12.0138998510912</v>
       </c>
-      <c r="E83" s="55">
+      <c r="E83" s="56">
         <v>8.4422581429658301</v>
       </c>
-      <c r="F83" s="32"/>
+      <c r="F83" s="36"/>
       <c r="G83" s="23">
         <v>8.5722717800418202</v>
       </c>
-      <c r="H83" s="55">
+      <c r="H83" s="56">
         <v>6.9164274902825902</v>
       </c>
-      <c r="I83" s="32"/>
+      <c r="I83" s="36"/>
       <c r="J83" s="23">
         <v>7.7471099821235399</v>
       </c>
       <c r="K83" s="23">
         <v>7.5825991481708099</v>
       </c>
       <c r="L83" s="23">
         <v>6.3526736503068504</v>
       </c>
       <c r="M83" s="24">
         <v>5.2470702163592202</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A84" s="42" t="s">
+      <c r="A84" s="49" t="s">
         <v>293</v>
       </c>
-      <c r="B84" s="32"/>
+      <c r="B84" s="36"/>
       <c r="C84" s="25">
         <v>9.3382962212781599</v>
       </c>
       <c r="D84" s="25">
         <v>8.5874354395627801</v>
       </c>
-      <c r="E84" s="58">
+      <c r="E84" s="57">
         <v>3.5979653094978801</v>
       </c>
-      <c r="F84" s="32"/>
+      <c r="F84" s="36"/>
       <c r="G84" s="25">
         <v>4.9516474797733103</v>
       </c>
-      <c r="H84" s="58">
+      <c r="H84" s="57">
         <v>6.4001757312564704</v>
       </c>
-      <c r="I84" s="32"/>
+      <c r="I84" s="36"/>
       <c r="J84" s="25">
         <v>5.3454999896632902</v>
       </c>
       <c r="K84" s="25">
         <v>6.4085796091937199</v>
       </c>
       <c r="L84" s="25">
         <v>4.5261047249132602</v>
       </c>
       <c r="M84" s="26">
         <v>4.0162735020915497</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A85" s="46" t="s">
+      <c r="A85" s="47" t="s">
         <v>294</v>
       </c>
-      <c r="B85" s="32"/>
+      <c r="B85" s="36"/>
       <c r="C85" s="23">
         <v>7.57845934379458</v>
       </c>
       <c r="D85" s="23">
         <v>5.2993752897681796</v>
       </c>
-      <c r="E85" s="55">
+      <c r="E85" s="56">
         <v>5.6801284180910097</v>
       </c>
-      <c r="F85" s="32"/>
+      <c r="F85" s="36"/>
       <c r="G85" s="23">
         <v>4.3253946841548103</v>
       </c>
-      <c r="H85" s="55">
+      <c r="H85" s="56">
         <v>4.4936727482821102</v>
       </c>
-      <c r="I85" s="32"/>
+      <c r="I85" s="36"/>
       <c r="J85" s="23">
         <v>4.68608731773943</v>
       </c>
       <c r="K85" s="23">
         <v>5.9354936905172098</v>
       </c>
       <c r="L85" s="23">
         <v>4.2302708153806803</v>
       </c>
       <c r="M85" s="24">
         <v>5.4986242336424702</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A86" s="42" t="s">
+      <c r="A86" s="49" t="s">
         <v>295</v>
       </c>
-      <c r="B86" s="32"/>
+      <c r="B86" s="36"/>
       <c r="C86" s="25">
         <v>16.141670584547899</v>
       </c>
       <c r="D86" s="25">
         <v>11.6211040364929</v>
       </c>
-      <c r="E86" s="58">
+      <c r="E86" s="57">
         <v>10.569932766189501</v>
       </c>
-      <c r="F86" s="32"/>
+      <c r="F86" s="36"/>
       <c r="G86" s="25">
         <v>9.6915368563543698</v>
       </c>
-      <c r="H86" s="58">
+      <c r="H86" s="57">
         <v>9.8846455869310805</v>
       </c>
-      <c r="I86" s="32"/>
+      <c r="I86" s="36"/>
       <c r="J86" s="25">
         <v>7.8628250940668298</v>
       </c>
       <c r="K86" s="25">
         <v>4.70595155811115</v>
       </c>
       <c r="L86" s="25">
         <v>7.0273372349012098</v>
       </c>
       <c r="M86" s="26">
         <v>7.14298802822087</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A87" s="46" t="s">
+      <c r="A87" s="47" t="s">
         <v>296</v>
       </c>
-      <c r="B87" s="32"/>
+      <c r="B87" s="36"/>
       <c r="C87" s="23">
         <v>16.0092213114754</v>
       </c>
       <c r="D87" s="23">
         <v>11.131985100111001</v>
       </c>
-      <c r="E87" s="55">
+      <c r="E87" s="56">
         <v>9.7126901525163092</v>
       </c>
-      <c r="F87" s="32"/>
+      <c r="F87" s="36"/>
       <c r="G87" s="23">
         <v>9.5551257465729798</v>
       </c>
-      <c r="H87" s="55">
+      <c r="H87" s="56">
         <v>13.367751902665001</v>
       </c>
-      <c r="I87" s="32"/>
+      <c r="I87" s="36"/>
       <c r="J87" s="23">
         <v>7.4763498461111402</v>
       </c>
       <c r="K87" s="23">
         <v>5.83053344638867</v>
       </c>
       <c r="L87" s="23">
         <v>4.80937605175043</v>
       </c>
       <c r="M87" s="24">
         <v>4.7694098143427102</v>
       </c>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A88" s="42" t="s">
+      <c r="A88" s="49" t="s">
         <v>297</v>
       </c>
-      <c r="B88" s="32"/>
+      <c r="B88" s="36"/>
       <c r="C88" s="25">
         <v>15.1713156985565</v>
       </c>
       <c r="D88" s="25">
         <v>10.235824027117101</v>
       </c>
-      <c r="E88" s="58">
+      <c r="E88" s="57">
         <v>10.9624793483618</v>
       </c>
-      <c r="F88" s="32"/>
+      <c r="F88" s="36"/>
       <c r="G88" s="25">
         <v>7.3852374509905898</v>
       </c>
-      <c r="H88" s="58">
+      <c r="H88" s="57">
         <v>5.8844764241257499</v>
       </c>
-      <c r="I88" s="32"/>
+      <c r="I88" s="36"/>
       <c r="J88" s="25">
         <v>5.3938090803292598</v>
       </c>
       <c r="K88" s="25">
         <v>4.92294945450793</v>
       </c>
       <c r="L88" s="25">
         <v>4.7338740907838703</v>
       </c>
       <c r="M88" s="26">
         <v>4.9589289110266499</v>
       </c>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A89" s="46" t="s">
+      <c r="A89" s="47" t="s">
         <v>298</v>
       </c>
-      <c r="B89" s="32"/>
+      <c r="B89" s="36"/>
       <c r="C89" s="23">
         <v>7.5762167404085101</v>
       </c>
       <c r="D89" s="23">
         <v>7.5022344279908602</v>
       </c>
-      <c r="E89" s="55">
+      <c r="E89" s="56">
         <v>7.7126542675465801</v>
       </c>
-      <c r="F89" s="32"/>
+      <c r="F89" s="36"/>
       <c r="G89" s="23">
         <v>8.2373171058186294</v>
       </c>
-      <c r="H89" s="55">
+      <c r="H89" s="56">
         <v>12.3829835371148</v>
       </c>
-      <c r="I89" s="32"/>
+      <c r="I89" s="36"/>
       <c r="J89" s="23">
         <v>5.6469759944009796</v>
       </c>
       <c r="K89" s="23">
         <v>6.3364735119926001</v>
       </c>
       <c r="L89" s="23">
         <v>7.1729453944325199</v>
       </c>
       <c r="M89" s="24">
         <v>4.8697945834707097</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A90" s="42" t="s">
+      <c r="A90" s="49" t="s">
         <v>299</v>
       </c>
-      <c r="B90" s="32"/>
+      <c r="B90" s="36"/>
       <c r="C90" s="25">
         <v>15.627769095683799</v>
       </c>
       <c r="D90" s="25">
         <v>12.7131391548588</v>
       </c>
-      <c r="E90" s="58">
+      <c r="E90" s="57">
         <v>11.2828560293467</v>
       </c>
-      <c r="F90" s="32"/>
+      <c r="F90" s="36"/>
       <c r="G90" s="25">
         <v>8.3679248885144499</v>
       </c>
-      <c r="H90" s="58">
+      <c r="H90" s="57">
         <v>6.1278033666335503</v>
       </c>
-      <c r="I90" s="32"/>
+      <c r="I90" s="36"/>
       <c r="J90" s="25">
         <v>5.6182614268756197</v>
       </c>
       <c r="K90" s="25">
         <v>4.8194906467090801</v>
       </c>
       <c r="L90" s="25">
         <v>5.3841576276755401</v>
       </c>
       <c r="M90" s="26">
         <v>6.5587503791777602</v>
       </c>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A91" s="46" t="s">
+      <c r="A91" s="47" t="s">
         <v>300</v>
       </c>
-      <c r="B91" s="32"/>
+      <c r="B91" s="36"/>
       <c r="C91" s="23">
         <v>7.93884818654025</v>
       </c>
       <c r="D91" s="23">
         <v>5.3293553840445602</v>
       </c>
-      <c r="E91" s="55">
+      <c r="E91" s="56">
         <v>4.8009517755960101</v>
       </c>
-      <c r="F91" s="32"/>
+      <c r="F91" s="36"/>
       <c r="G91" s="23">
         <v>5.6028587681787396</v>
       </c>
-      <c r="H91" s="55">
+      <c r="H91" s="56">
         <v>4.4697000946171697</v>
       </c>
-      <c r="I91" s="32"/>
+      <c r="I91" s="36"/>
       <c r="J91" s="23">
         <v>5.4951506985900496</v>
       </c>
       <c r="K91" s="23">
         <v>4.6297556034089897</v>
       </c>
       <c r="L91" s="23">
         <v>7.15058473170554</v>
       </c>
       <c r="M91" s="24">
         <v>7.5856145646833903</v>
       </c>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A92" s="42" t="s">
+      <c r="A92" s="49" t="s">
         <v>116</v>
       </c>
-      <c r="B92" s="32"/>
+      <c r="B92" s="36"/>
       <c r="C92" s="25">
         <v>11.251560274959999</v>
       </c>
       <c r="D92" s="25">
         <v>13.1988344317716</v>
       </c>
-      <c r="E92" s="58">
+      <c r="E92" s="57">
         <v>9.7600388292014895</v>
       </c>
-      <c r="F92" s="32"/>
+      <c r="F92" s="36"/>
       <c r="G92" s="25">
         <v>9.9621978492830596</v>
       </c>
-      <c r="H92" s="58">
+      <c r="H92" s="57">
         <v>9.0172612924290299</v>
       </c>
-      <c r="I92" s="32"/>
+      <c r="I92" s="36"/>
       <c r="J92" s="25">
         <v>8.9369524813299606</v>
       </c>
       <c r="K92" s="25">
         <v>10.66523640924</v>
       </c>
       <c r="L92" s="25">
         <v>7.1935337194604196</v>
       </c>
       <c r="M92" s="26">
         <v>6.6783419286308696</v>
       </c>
     </row>
     <row r="93" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A93" s="46" t="s">
+      <c r="A93" s="47" t="s">
         <v>117</v>
       </c>
-      <c r="B93" s="32"/>
+      <c r="B93" s="36"/>
       <c r="C93" s="23">
         <v>13.8278022124484</v>
       </c>
       <c r="D93" s="23">
         <v>16.7326954687647</v>
       </c>
-      <c r="E93" s="55">
+      <c r="E93" s="56">
         <v>15.486677678286</v>
       </c>
-      <c r="F93" s="32"/>
+      <c r="F93" s="36"/>
       <c r="G93" s="23">
         <v>15.7012932679468</v>
       </c>
-      <c r="H93" s="55">
+      <c r="H93" s="56">
         <v>11.7794303997923</v>
       </c>
-      <c r="I93" s="32"/>
+      <c r="I93" s="36"/>
       <c r="J93" s="23">
         <v>12.6173774816295</v>
       </c>
       <c r="K93" s="23">
         <v>10.4850204046475</v>
       </c>
       <c r="L93" s="23">
         <v>9.1103810759465507</v>
       </c>
       <c r="M93" s="24">
         <v>9.5829031664180508</v>
       </c>
     </row>
     <row r="94" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A94" s="42" t="s">
+      <c r="A94" s="49" t="s">
         <v>118</v>
       </c>
-      <c r="B94" s="32"/>
+      <c r="B94" s="36"/>
       <c r="C94" s="25">
         <v>9.2732302275870708</v>
       </c>
       <c r="D94" s="25">
         <v>13.1171358671372</v>
       </c>
-      <c r="E94" s="58">
+      <c r="E94" s="57">
         <v>11.129284993057301</v>
       </c>
-      <c r="F94" s="32"/>
+      <c r="F94" s="36"/>
       <c r="G94" s="25">
         <v>14.4879866224947</v>
       </c>
-      <c r="H94" s="58">
+      <c r="H94" s="57">
         <v>10.6887574880956</v>
       </c>
-      <c r="I94" s="32"/>
+      <c r="I94" s="36"/>
       <c r="J94" s="25">
         <v>12.4985470439061</v>
       </c>
       <c r="K94" s="25">
         <v>12.377450165991201</v>
       </c>
       <c r="L94" s="25">
         <v>9.7721385245850207</v>
       </c>
       <c r="M94" s="26">
         <v>11.0157094307474</v>
       </c>
     </row>
     <row r="95" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A95" s="46" t="s">
+      <c r="A95" s="47" t="s">
         <v>301</v>
       </c>
-      <c r="B95" s="32"/>
+      <c r="B95" s="36"/>
       <c r="C95" s="23">
         <v>40.714840714840697</v>
       </c>
       <c r="D95" s="23">
         <v>30.049194868997699</v>
       </c>
-      <c r="E95" s="55">
+      <c r="E95" s="56">
         <v>31.151506493022602</v>
       </c>
-      <c r="F95" s="32"/>
+      <c r="F95" s="36"/>
       <c r="G95" s="23">
         <v>45.1112217171436</v>
       </c>
-      <c r="H95" s="55">
+      <c r="H95" s="56">
         <v>38.701595008530397</v>
       </c>
-      <c r="I95" s="32"/>
+      <c r="I95" s="36"/>
       <c r="J95" s="23">
         <v>24.229145202420298</v>
       </c>
       <c r="K95" s="23">
         <v>28.0951718205547</v>
       </c>
       <c r="L95" s="23">
         <v>28.358323955477001</v>
       </c>
       <c r="M95" s="24">
         <v>17.546209758524199</v>
       </c>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A96" s="42" t="s">
+      <c r="A96" s="49" t="s">
         <v>119</v>
       </c>
-      <c r="B96" s="32"/>
+      <c r="B96" s="36"/>
       <c r="C96" s="25">
         <v>12.1761081000817</v>
       </c>
       <c r="D96" s="25">
         <v>8.8013862887515693</v>
       </c>
-      <c r="E96" s="58">
+      <c r="E96" s="57">
         <v>10.282386334482601</v>
       </c>
-      <c r="F96" s="32"/>
+      <c r="F96" s="36"/>
       <c r="G96" s="25">
         <v>10.2937122059923</v>
       </c>
-      <c r="H96" s="58">
+      <c r="H96" s="57">
         <v>10.3105814064822</v>
       </c>
-      <c r="I96" s="32"/>
+      <c r="I96" s="36"/>
       <c r="J96" s="25">
         <v>10.0713759814608</v>
       </c>
       <c r="K96" s="25">
         <v>9.9984594040468302</v>
       </c>
       <c r="L96" s="25">
         <v>12.2784175040237</v>
       </c>
       <c r="M96" s="26">
         <v>15.1526620368856</v>
       </c>
     </row>
     <row r="97" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A97" s="46" t="s">
+      <c r="A97" s="47" t="s">
         <v>302</v>
       </c>
-      <c r="B97" s="32"/>
+      <c r="B97" s="36"/>
       <c r="C97" s="23">
         <v>23.374751753106398</v>
       </c>
       <c r="D97" s="23">
         <v>22.030432561992399</v>
       </c>
-      <c r="E97" s="55">
+      <c r="E97" s="56">
         <v>29.317265186064802</v>
       </c>
-      <c r="F97" s="32"/>
+      <c r="F97" s="36"/>
       <c r="G97" s="23">
         <v>18.989780310622599</v>
       </c>
-      <c r="H97" s="55">
+      <c r="H97" s="56">
         <v>20.1142391565268</v>
       </c>
-      <c r="I97" s="32"/>
+      <c r="I97" s="36"/>
       <c r="J97" s="23">
         <v>15.259919387153699</v>
       </c>
       <c r="K97" s="23">
         <v>13.4590171368905</v>
       </c>
       <c r="L97" s="23">
         <v>16.11374179249</v>
       </c>
       <c r="M97" s="24">
         <v>15.230833324907801</v>
       </c>
     </row>
     <row r="98" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A98" s="42" t="s">
+      <c r="A98" s="49" t="s">
         <v>303</v>
       </c>
-      <c r="B98" s="32"/>
+      <c r="B98" s="36"/>
       <c r="C98" s="11"/>
       <c r="D98" s="11"/>
-      <c r="E98" s="42"/>
-      <c r="F98" s="32"/>
+      <c r="E98" s="49"/>
+      <c r="F98" s="36"/>
       <c r="G98" s="11"/>
-      <c r="H98" s="42"/>
-      <c r="I98" s="32"/>
+      <c r="H98" s="49"/>
+      <c r="I98" s="36"/>
       <c r="J98" s="11"/>
       <c r="K98" s="25">
         <v>0</v>
       </c>
       <c r="L98" s="25">
         <v>0</v>
       </c>
       <c r="M98" s="11"/>
     </row>
     <row r="99" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A99" s="46" t="s">
+      <c r="A99" s="47" t="s">
         <v>304</v>
       </c>
-      <c r="B99" s="32"/>
+      <c r="B99" s="36"/>
       <c r="C99" s="23">
         <v>14.610888957243899</v>
       </c>
       <c r="D99" s="23">
         <v>15.703514817148401</v>
       </c>
-      <c r="E99" s="55">
+      <c r="E99" s="56">
         <v>12.5407537311469</v>
       </c>
-      <c r="F99" s="32"/>
+      <c r="F99" s="36"/>
       <c r="G99" s="23">
         <v>7.3452417284061697</v>
       </c>
-      <c r="H99" s="55">
+      <c r="H99" s="56">
         <v>6.8666662169000299</v>
       </c>
-      <c r="I99" s="32"/>
+      <c r="I99" s="36"/>
       <c r="J99" s="23">
         <v>7.8240672970479901</v>
       </c>
       <c r="K99" s="23">
         <v>7.8793357177441399</v>
       </c>
       <c r="L99" s="23">
         <v>5.3129079649203597</v>
       </c>
       <c r="M99" s="24">
         <v>7.4052000350260396</v>
       </c>
     </row>
     <row r="100" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A100" s="42" t="s">
+      <c r="A100" s="49" t="s">
         <v>305</v>
       </c>
-      <c r="B100" s="32"/>
+      <c r="B100" s="36"/>
       <c r="C100" s="25">
         <v>24.517673156066699</v>
       </c>
       <c r="D100" s="25">
         <v>23.101684168336899</v>
       </c>
-      <c r="E100" s="58">
+      <c r="E100" s="57">
         <v>26.859416848777901</v>
       </c>
-      <c r="F100" s="32"/>
+      <c r="F100" s="36"/>
       <c r="G100" s="25">
         <v>36.6264483071459</v>
       </c>
-      <c r="H100" s="58">
+      <c r="H100" s="57">
         <v>23.493871014645499</v>
       </c>
-      <c r="I100" s="32"/>
+      <c r="I100" s="36"/>
       <c r="J100" s="25">
         <v>26.947282336152</v>
       </c>
       <c r="K100" s="25">
         <v>21.151108823700799</v>
       </c>
       <c r="L100" s="25">
         <v>13.989497093609099</v>
       </c>
       <c r="M100" s="26">
         <v>13.49904605763</v>
       </c>
     </row>
     <row r="101" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A101" s="46" t="s">
+      <c r="A101" s="47" t="s">
         <v>306</v>
       </c>
-      <c r="B101" s="32"/>
+      <c r="B101" s="36"/>
       <c r="C101" s="23">
         <v>15.536284285754601</v>
       </c>
       <c r="D101" s="23">
         <v>9.0222098329738003</v>
       </c>
-      <c r="E101" s="55">
+      <c r="E101" s="56">
         <v>11.000917956084701</v>
       </c>
-      <c r="F101" s="32"/>
+      <c r="F101" s="36"/>
       <c r="G101" s="23">
         <v>7.6142408978306797</v>
       </c>
-      <c r="H101" s="55">
+      <c r="H101" s="56">
         <v>4.5015546681740899</v>
       </c>
-      <c r="I101" s="32"/>
+      <c r="I101" s="36"/>
       <c r="J101" s="23">
         <v>5.6172277228612604</v>
       </c>
       <c r="K101" s="23">
         <v>8.9944366036692607</v>
       </c>
       <c r="L101" s="23">
         <v>10.710844352208399</v>
       </c>
       <c r="M101" s="24">
         <v>13.052537313941</v>
       </c>
     </row>
     <row r="102" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A102" s="42" t="s">
+      <c r="A102" s="49" t="s">
         <v>307</v>
       </c>
-      <c r="B102" s="32"/>
+      <c r="B102" s="36"/>
       <c r="C102" s="25">
         <v>10.9094285316373</v>
       </c>
       <c r="D102" s="25">
         <v>8.5555055533786604</v>
       </c>
-      <c r="E102" s="58">
+      <c r="E102" s="57">
         <v>8.4958940377399994</v>
       </c>
-      <c r="F102" s="32"/>
+      <c r="F102" s="36"/>
       <c r="G102" s="25">
         <v>9.0990972444407596</v>
       </c>
-      <c r="H102" s="58">
+      <c r="H102" s="57">
         <v>5.8601678306988498</v>
       </c>
-      <c r="I102" s="32"/>
+      <c r="I102" s="36"/>
       <c r="J102" s="25">
         <v>6.0328565455085901</v>
       </c>
       <c r="K102" s="25">
         <v>8.2064674460193494</v>
       </c>
       <c r="L102" s="25">
         <v>14.2833410536623</v>
       </c>
       <c r="M102" s="26">
         <v>12.2413038160232</v>
       </c>
     </row>
     <row r="103" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A103" s="46" t="s">
+      <c r="A103" s="47" t="s">
         <v>308</v>
       </c>
-      <c r="B103" s="32"/>
+      <c r="B103" s="36"/>
       <c r="C103" s="23">
         <v>21.677546495873901</v>
       </c>
       <c r="D103" s="23">
         <v>12.7815778528488</v>
       </c>
-      <c r="E103" s="55">
+      <c r="E103" s="56">
         <v>16.407758763824798</v>
       </c>
-      <c r="F103" s="32"/>
+      <c r="F103" s="36"/>
       <c r="G103" s="23">
         <v>14.6312971639864</v>
       </c>
-      <c r="H103" s="55">
+      <c r="H103" s="56">
         <v>12.374616022944</v>
       </c>
-      <c r="I103" s="32"/>
+      <c r="I103" s="36"/>
       <c r="J103" s="23">
         <v>15.478275695902701</v>
       </c>
       <c r="K103" s="23">
         <v>17.870257918776201</v>
       </c>
       <c r="L103" s="23">
         <v>21.996858365177999</v>
       </c>
       <c r="M103" s="24">
         <v>25.519753528762099</v>
       </c>
     </row>
     <row r="104" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A104" s="42" t="s">
+      <c r="A104" s="49" t="s">
         <v>120</v>
       </c>
-      <c r="B104" s="32"/>
+      <c r="B104" s="36"/>
       <c r="C104" s="25">
         <v>5.3638476667262696</v>
       </c>
       <c r="D104" s="25">
         <v>7.0590431552051802</v>
       </c>
-      <c r="E104" s="58">
+      <c r="E104" s="57">
         <v>6.2108046117793601</v>
       </c>
-      <c r="F104" s="32"/>
+      <c r="F104" s="36"/>
       <c r="G104" s="25">
         <v>5.0077791180329996</v>
       </c>
-      <c r="H104" s="58">
+      <c r="H104" s="57">
         <v>5.0758636036266198</v>
       </c>
-      <c r="I104" s="32"/>
+      <c r="I104" s="36"/>
       <c r="J104" s="25">
         <v>5.0709644713269801</v>
       </c>
       <c r="K104" s="25">
         <v>5.4882356376166301</v>
       </c>
       <c r="L104" s="25">
         <v>5.7413813675760998</v>
       </c>
       <c r="M104" s="26">
         <v>10.3236983779541</v>
       </c>
     </row>
     <row r="105" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A105" s="46" t="s">
+      <c r="A105" s="47" t="s">
         <v>309</v>
       </c>
-      <c r="B105" s="32"/>
+      <c r="B105" s="36"/>
       <c r="C105" s="23">
         <v>14.3299392942656</v>
       </c>
       <c r="D105" s="23">
         <v>14.0810309644328</v>
       </c>
-      <c r="E105" s="55">
+      <c r="E105" s="56">
         <v>9.8444947595649097</v>
       </c>
-      <c r="F105" s="32"/>
+      <c r="F105" s="36"/>
       <c r="G105" s="23">
         <v>9.8048977989119894</v>
       </c>
-      <c r="H105" s="55">
+      <c r="H105" s="56">
         <v>10.045063373637101</v>
       </c>
-      <c r="I105" s="32"/>
+      <c r="I105" s="36"/>
       <c r="J105" s="23">
         <v>8.8547397481303793</v>
       </c>
       <c r="K105" s="23">
         <v>7.5949076795000998</v>
       </c>
       <c r="L105" s="23">
         <v>8.2263153064053398</v>
       </c>
       <c r="M105" s="24">
         <v>8.8850228412715104</v>
       </c>
     </row>
     <row r="106" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A106" s="42" t="s">
+      <c r="A106" s="49" t="s">
         <v>310</v>
       </c>
-      <c r="B106" s="32"/>
+      <c r="B106" s="36"/>
       <c r="C106" s="25">
         <v>22.374777523518901</v>
       </c>
       <c r="D106" s="25">
         <v>21.3647979948949</v>
       </c>
-      <c r="E106" s="58">
+      <c r="E106" s="57">
         <v>13.217038272852401</v>
       </c>
-      <c r="F106" s="32"/>
+      <c r="F106" s="36"/>
       <c r="G106" s="25">
         <v>17.3849655334452</v>
       </c>
-      <c r="H106" s="58">
+      <c r="H106" s="57">
         <v>15.5438921864585</v>
       </c>
-      <c r="I106" s="32"/>
+      <c r="I106" s="36"/>
       <c r="J106" s="25">
         <v>16.266525990058199</v>
       </c>
       <c r="K106" s="25">
         <v>16.009093164917701</v>
       </c>
       <c r="L106" s="25">
         <v>19.0588711920179</v>
       </c>
       <c r="M106" s="26">
         <v>22.5433054255431</v>
       </c>
     </row>
     <row r="107" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A107" s="46" t="s">
+      <c r="A107" s="47" t="s">
         <v>311</v>
       </c>
-      <c r="B107" s="32"/>
+      <c r="B107" s="36"/>
       <c r="C107" s="23">
         <v>16.101859168368801</v>
       </c>
       <c r="D107" s="23">
         <v>13.0961603970638</v>
       </c>
-      <c r="E107" s="55">
+      <c r="E107" s="56">
         <v>12.0315981077456</v>
       </c>
-      <c r="F107" s="32"/>
+      <c r="F107" s="36"/>
       <c r="G107" s="23">
         <v>16.443216461861599</v>
       </c>
-      <c r="H107" s="55">
+      <c r="H107" s="56">
         <v>16.0878981791844</v>
       </c>
-      <c r="I107" s="32"/>
+      <c r="I107" s="36"/>
       <c r="J107" s="23">
         <v>15.4861997033346</v>
       </c>
       <c r="K107" s="23">
         <v>15.748325186337899</v>
       </c>
       <c r="L107" s="23">
         <v>11.527066368333401</v>
       </c>
       <c r="M107" s="24">
         <v>10.3910155560613</v>
       </c>
     </row>
     <row r="108" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A108" s="42" t="s">
+      <c r="A108" s="49" t="s">
         <v>312</v>
       </c>
-      <c r="B108" s="32"/>
+      <c r="B108" s="36"/>
       <c r="C108" s="25">
         <v>9.0174621936804709</v>
       </c>
       <c r="D108" s="25">
         <v>8.9947224681421201</v>
       </c>
-      <c r="E108" s="58">
+      <c r="E108" s="57">
         <v>9.66027423779712</v>
       </c>
-      <c r="F108" s="32"/>
+      <c r="F108" s="36"/>
       <c r="G108" s="25">
         <v>8.6143318924886199</v>
       </c>
-      <c r="H108" s="58">
+      <c r="H108" s="57">
         <v>9.9482505625365594</v>
       </c>
-      <c r="I108" s="32"/>
+      <c r="I108" s="36"/>
       <c r="J108" s="25">
         <v>8.1585096292864208</v>
       </c>
       <c r="K108" s="25">
         <v>7.5745881052607196</v>
       </c>
       <c r="L108" s="25">
         <v>6.7708901884355503</v>
       </c>
       <c r="M108" s="26">
         <v>7.3218087794102598</v>
       </c>
     </row>
     <row r="109" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A109" s="46" t="s">
+      <c r="A109" s="47" t="s">
         <v>313</v>
       </c>
-      <c r="B109" s="32"/>
+      <c r="B109" s="36"/>
       <c r="C109" s="9"/>
       <c r="D109" s="9"/>
-      <c r="E109" s="46"/>
-      <c r="F109" s="32"/>
+      <c r="E109" s="47"/>
+      <c r="F109" s="36"/>
       <c r="G109" s="9"/>
-      <c r="H109" s="46"/>
-      <c r="I109" s="32"/>
+      <c r="H109" s="47"/>
+      <c r="I109" s="36"/>
       <c r="J109" s="9"/>
       <c r="K109" s="23">
         <v>0</v>
       </c>
       <c r="L109" s="9"/>
       <c r="M109" s="9"/>
     </row>
     <row r="110" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A110" s="42" t="s">
+      <c r="A110" s="49" t="s">
         <v>314</v>
       </c>
-      <c r="B110" s="32"/>
+      <c r="B110" s="36"/>
       <c r="C110" s="25">
         <v>16.135607038521599</v>
       </c>
       <c r="D110" s="25">
         <v>20.450624266291602</v>
       </c>
-      <c r="E110" s="58">
+      <c r="E110" s="57">
         <v>15.097179284958999</v>
       </c>
-      <c r="F110" s="32"/>
+      <c r="F110" s="36"/>
       <c r="G110" s="25">
         <v>11.4757068848337</v>
       </c>
-      <c r="H110" s="58">
+      <c r="H110" s="57">
         <v>14.8739831525368</v>
       </c>
-      <c r="I110" s="32"/>
+      <c r="I110" s="36"/>
       <c r="J110" s="25">
         <v>11.495440358214999</v>
       </c>
       <c r="K110" s="25">
         <v>12.245420163877</v>
       </c>
       <c r="L110" s="25">
         <v>15.458978705012701</v>
       </c>
       <c r="M110" s="26">
         <v>14.7728963456481</v>
       </c>
     </row>
     <row r="111" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A111" s="46" t="s">
+      <c r="A111" s="47" t="s">
         <v>125</v>
       </c>
-      <c r="B111" s="32"/>
+      <c r="B111" s="36"/>
       <c r="C111" s="9"/>
       <c r="D111" s="23">
         <v>0</v>
       </c>
-      <c r="E111" s="55">
+      <c r="E111" s="56">
         <v>0</v>
       </c>
-      <c r="F111" s="32"/>
+      <c r="F111" s="36"/>
       <c r="G111" s="23">
         <v>0</v>
       </c>
-      <c r="H111" s="46"/>
-      <c r="I111" s="32"/>
+      <c r="H111" s="47"/>
+      <c r="I111" s="36"/>
       <c r="J111" s="23">
         <v>0</v>
       </c>
       <c r="K111" s="9"/>
       <c r="L111" s="23">
         <v>0</v>
       </c>
       <c r="M111" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A112" s="42" t="s">
+      <c r="A112" s="49" t="s">
         <v>315</v>
       </c>
-      <c r="B112" s="32"/>
+      <c r="B112" s="36"/>
       <c r="C112" s="25">
         <v>11.1346097284276</v>
       </c>
       <c r="D112" s="25">
         <v>9.4105002626819196</v>
       </c>
-      <c r="E112" s="58">
+      <c r="E112" s="57">
         <v>10.9676012062473</v>
       </c>
-      <c r="F112" s="32"/>
+      <c r="F112" s="36"/>
       <c r="G112" s="25">
         <v>10.146441659820599</v>
       </c>
-      <c r="H112" s="58">
+      <c r="H112" s="57">
         <v>9.5938004751685995</v>
       </c>
-      <c r="I112" s="32"/>
+      <c r="I112" s="36"/>
       <c r="J112" s="25">
         <v>9.8978215795746394</v>
       </c>
       <c r="K112" s="25">
         <v>7.2244229715358896</v>
       </c>
       <c r="L112" s="25">
         <v>5.3822755778782403</v>
       </c>
       <c r="M112" s="26">
         <v>7.3717527974982797</v>
       </c>
     </row>
     <row r="113" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A113" s="46" t="s">
+      <c r="A113" s="47" t="s">
         <v>127</v>
       </c>
-      <c r="B113" s="32"/>
+      <c r="B113" s="36"/>
       <c r="C113" s="23">
         <v>14.5149749565573</v>
       </c>
       <c r="D113" s="23">
         <v>15.2809277935949</v>
       </c>
-      <c r="E113" s="55">
+      <c r="E113" s="56">
         <v>19.5955839629503</v>
       </c>
-      <c r="F113" s="32"/>
+      <c r="F113" s="36"/>
       <c r="G113" s="23">
         <v>16.1795233122564</v>
       </c>
-      <c r="H113" s="55">
+      <c r="H113" s="56">
         <v>11.917316275732601</v>
       </c>
-      <c r="I113" s="32"/>
+      <c r="I113" s="36"/>
       <c r="J113" s="23">
         <v>11.752548350552599</v>
       </c>
       <c r="K113" s="23">
         <v>13.712180983057101</v>
       </c>
       <c r="L113" s="23">
         <v>13.7858091749292</v>
       </c>
       <c r="M113" s="24">
         <v>10.7398008092847</v>
       </c>
     </row>
     <row r="114" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A114" s="42" t="s">
+      <c r="A114" s="49" t="s">
         <v>316</v>
       </c>
-      <c r="B114" s="32"/>
+      <c r="B114" s="36"/>
       <c r="C114" s="25">
         <v>15.6925785585792</v>
       </c>
       <c r="D114" s="25">
         <v>18.682763023563499</v>
       </c>
-      <c r="E114" s="58">
+      <c r="E114" s="57">
         <v>17.080386523833099</v>
       </c>
-      <c r="F114" s="32"/>
+      <c r="F114" s="36"/>
       <c r="G114" s="25">
         <v>14.321769879799101</v>
       </c>
-      <c r="H114" s="58">
+      <c r="H114" s="57">
         <v>15.346155557840399</v>
       </c>
-      <c r="I114" s="32"/>
+      <c r="I114" s="36"/>
       <c r="J114" s="25">
         <v>21.033610611542201</v>
       </c>
       <c r="K114" s="25">
         <v>16.322469375940599</v>
       </c>
       <c r="L114" s="25">
         <v>13.510305003648799</v>
       </c>
       <c r="M114" s="26">
         <v>14.6138145054466</v>
       </c>
     </row>
     <row r="115" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A115" s="46" t="s">
+      <c r="A115" s="47" t="s">
         <v>317</v>
       </c>
-      <c r="B115" s="32"/>
+      <c r="B115" s="36"/>
       <c r="C115" s="23">
         <v>0</v>
       </c>
       <c r="D115" s="23">
         <v>0</v>
       </c>
-      <c r="E115" s="55">
+      <c r="E115" s="56">
         <v>0</v>
       </c>
-      <c r="F115" s="32"/>
+      <c r="F115" s="36"/>
       <c r="G115" s="9"/>
-      <c r="H115" s="46"/>
-      <c r="I115" s="32"/>
+      <c r="H115" s="47"/>
+      <c r="I115" s="36"/>
       <c r="J115" s="9"/>
       <c r="K115" s="9"/>
       <c r="L115" s="9"/>
       <c r="M115" s="9"/>
     </row>
     <row r="116" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A116" s="42" t="s">
+      <c r="A116" s="49" t="s">
         <v>318</v>
       </c>
-      <c r="B116" s="32"/>
+      <c r="B116" s="36"/>
       <c r="C116" s="25">
         <v>10.911570811548099</v>
       </c>
       <c r="D116" s="25">
         <v>16.4451308546947</v>
       </c>
-      <c r="E116" s="58">
+      <c r="E116" s="57">
         <v>15.214295477324701</v>
       </c>
-      <c r="F116" s="32"/>
+      <c r="F116" s="36"/>
       <c r="G116" s="25">
         <v>13.736423815998901</v>
       </c>
-      <c r="H116" s="58">
+      <c r="H116" s="57">
         <v>10.7600639042391</v>
       </c>
-      <c r="I116" s="32"/>
+      <c r="I116" s="36"/>
       <c r="J116" s="25">
         <v>10.6744482377706</v>
       </c>
       <c r="K116" s="25">
         <v>14.1167679099543</v>
       </c>
       <c r="L116" s="25">
         <v>13.400984963749</v>
       </c>
       <c r="M116" s="26">
         <v>11.014366102497901</v>
       </c>
     </row>
     <row r="117" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A117" s="46" t="s">
+      <c r="A117" s="47" t="s">
         <v>129</v>
       </c>
-      <c r="B117" s="32"/>
+      <c r="B117" s="36"/>
       <c r="C117" s="23">
         <v>21.2789175032737</v>
       </c>
       <c r="D117" s="23">
         <v>16.985235543562698</v>
       </c>
-      <c r="E117" s="55">
+      <c r="E117" s="56">
         <v>19.460000967668499</v>
       </c>
-      <c r="F117" s="32"/>
+      <c r="F117" s="36"/>
       <c r="G117" s="23">
         <v>13.187228338151</v>
       </c>
-      <c r="H117" s="55">
+      <c r="H117" s="56">
         <v>10.165127809670601</v>
       </c>
-      <c r="I117" s="32"/>
+      <c r="I117" s="36"/>
       <c r="J117" s="23">
         <v>6.7286614477098103</v>
       </c>
       <c r="K117" s="23">
         <v>8.4936903463032003</v>
       </c>
       <c r="L117" s="23">
         <v>13.841134482948901</v>
       </c>
       <c r="M117" s="24">
         <v>14.8678068685218</v>
       </c>
     </row>
     <row r="118" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A118" s="42" t="s">
+      <c r="A118" s="49" t="s">
         <v>319</v>
       </c>
-      <c r="B118" s="32"/>
+      <c r="B118" s="36"/>
       <c r="C118" s="25">
         <v>23.038104293132399</v>
       </c>
       <c r="D118" s="25">
         <v>20.867256353365701</v>
       </c>
-      <c r="E118" s="58">
+      <c r="E118" s="57">
         <v>19.382190129703801</v>
       </c>
-      <c r="F118" s="32"/>
+      <c r="F118" s="36"/>
       <c r="G118" s="25">
         <v>21.853132526355399</v>
       </c>
-      <c r="H118" s="58">
+      <c r="H118" s="57">
         <v>27.8948647618918</v>
       </c>
-      <c r="I118" s="32"/>
+      <c r="I118" s="36"/>
       <c r="J118" s="25">
         <v>22.016010403683801</v>
       </c>
       <c r="K118" s="25">
         <v>29.9417690311417</v>
       </c>
       <c r="L118" s="25">
         <v>34.280749814541103</v>
       </c>
       <c r="M118" s="26">
         <v>25.805410485937699</v>
       </c>
     </row>
     <row r="119" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A119" s="46" t="s">
+      <c r="A119" s="47" t="s">
         <v>320</v>
       </c>
-      <c r="B119" s="32"/>
+      <c r="B119" s="36"/>
       <c r="C119" s="23">
         <v>12.052642833537501</v>
       </c>
       <c r="D119" s="23">
         <v>17.065343140708499</v>
       </c>
-      <c r="E119" s="55">
+      <c r="E119" s="56">
         <v>17.316350149760499</v>
       </c>
-      <c r="F119" s="32"/>
+      <c r="F119" s="36"/>
       <c r="G119" s="23">
         <v>10.1283313084952</v>
       </c>
-      <c r="H119" s="55">
+      <c r="H119" s="56">
         <v>14.219820989517499</v>
       </c>
-      <c r="I119" s="32"/>
+      <c r="I119" s="36"/>
       <c r="J119" s="23">
         <v>11.288977948054001</v>
       </c>
       <c r="K119" s="23">
         <v>14.2345669714556</v>
       </c>
       <c r="L119" s="23">
         <v>11.5754321906981</v>
       </c>
       <c r="M119" s="24">
         <v>14.3768252149797</v>
       </c>
     </row>
     <row r="120" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A120" s="42" t="s">
+      <c r="A120" s="49" t="s">
         <v>321</v>
       </c>
-      <c r="B120" s="32"/>
+      <c r="B120" s="36"/>
       <c r="C120" s="25">
         <v>22.0809044338456</v>
       </c>
       <c r="D120" s="25">
         <v>33.388010174757603</v>
       </c>
-      <c r="E120" s="58">
+      <c r="E120" s="57">
         <v>23.7668064330935</v>
       </c>
-      <c r="F120" s="32"/>
+      <c r="F120" s="36"/>
       <c r="G120" s="25">
         <v>16.957803896564201</v>
       </c>
-      <c r="H120" s="58">
+      <c r="H120" s="57">
         <v>17.0240436126813</v>
       </c>
-      <c r="I120" s="32"/>
+      <c r="I120" s="36"/>
       <c r="J120" s="25">
         <v>14.693448340048301</v>
       </c>
       <c r="K120" s="25">
         <v>12.0450057164737</v>
       </c>
       <c r="L120" s="25">
         <v>12.85932159363</v>
       </c>
       <c r="M120" s="26">
         <v>10.796084784429899</v>
       </c>
     </row>
     <row r="121" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A121" s="46" t="s">
+      <c r="A121" s="47" t="s">
         <v>322</v>
       </c>
-      <c r="B121" s="32"/>
+      <c r="B121" s="36"/>
       <c r="C121" s="23">
         <v>11.6369278510473</v>
       </c>
       <c r="D121" s="23">
         <v>6.4621240691633401</v>
       </c>
-      <c r="E121" s="55">
+      <c r="E121" s="56">
         <v>3.8732492106640901</v>
       </c>
-      <c r="F121" s="32"/>
+      <c r="F121" s="36"/>
       <c r="G121" s="23">
         <v>8.9893400553049894</v>
       </c>
-      <c r="H121" s="55">
+      <c r="H121" s="56">
         <v>7.6423259011289399</v>
       </c>
-      <c r="I121" s="32"/>
+      <c r="I121" s="36"/>
       <c r="J121" s="23">
         <v>1.25422076643424</v>
       </c>
       <c r="K121" s="23">
         <v>7.4428500756937899</v>
       </c>
       <c r="L121" s="23">
         <v>6.1633449113821897</v>
       </c>
       <c r="M121" s="24">
         <v>9.8400463564583909</v>
       </c>
     </row>
     <row r="122" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A122" s="42" t="s">
+      <c r="A122" s="49" t="s">
         <v>323</v>
       </c>
-      <c r="B122" s="32"/>
+      <c r="B122" s="36"/>
       <c r="C122" s="25">
         <v>13.486422453070899</v>
       </c>
       <c r="D122" s="25">
         <v>15.9890001427872</v>
       </c>
-      <c r="E122" s="58">
+      <c r="E122" s="57">
         <v>14.848375285473301</v>
       </c>
-      <c r="F122" s="32"/>
+      <c r="F122" s="36"/>
       <c r="G122" s="25">
         <v>12.6990665664194</v>
       </c>
-      <c r="H122" s="58">
+      <c r="H122" s="57">
         <v>13.1703710302193</v>
       </c>
-      <c r="I122" s="32"/>
+      <c r="I122" s="36"/>
       <c r="J122" s="25">
         <v>13.640461745459801</v>
       </c>
       <c r="K122" s="25">
         <v>14.9660109419832</v>
       </c>
       <c r="L122" s="25">
         <v>11.0410034854965</v>
       </c>
       <c r="M122" s="26">
         <v>8.8439021785806595</v>
       </c>
     </row>
     <row r="123" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A123" s="46" t="s">
+      <c r="A123" s="47" t="s">
         <v>324</v>
       </c>
-      <c r="B123" s="32"/>
+      <c r="B123" s="36"/>
       <c r="C123" s="23">
         <v>13.1335367989193</v>
       </c>
       <c r="D123" s="23">
         <v>18.807824005291899</v>
       </c>
-      <c r="E123" s="55">
+      <c r="E123" s="56">
         <v>18.448692682874601</v>
       </c>
-      <c r="F123" s="32"/>
+      <c r="F123" s="36"/>
       <c r="G123" s="23">
         <v>10.8841065414714</v>
       </c>
-      <c r="H123" s="55">
+      <c r="H123" s="56">
         <v>10.5277831307301</v>
       </c>
-      <c r="I123" s="32"/>
+      <c r="I123" s="36"/>
       <c r="J123" s="23">
         <v>8.1800936046925692</v>
       </c>
       <c r="K123" s="23">
         <v>7.7641925322113998</v>
       </c>
       <c r="L123" s="23">
         <v>8.6623415517259801</v>
       </c>
       <c r="M123" s="24">
         <v>11.213908386293401</v>
       </c>
     </row>
     <row r="124" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A124" s="42" t="s">
+      <c r="A124" s="49" t="s">
         <v>325</v>
       </c>
-      <c r="B124" s="32"/>
+      <c r="B124" s="36"/>
       <c r="C124" s="25">
         <v>13.3050990386597</v>
       </c>
       <c r="D124" s="25">
         <v>15.735630615512701</v>
       </c>
-      <c r="E124" s="58">
+      <c r="E124" s="57">
         <v>14.742847600795599</v>
       </c>
-      <c r="F124" s="32"/>
+      <c r="F124" s="36"/>
       <c r="G124" s="25">
         <v>13.556716827633201</v>
       </c>
-      <c r="H124" s="58">
+      <c r="H124" s="57">
         <v>17.7130895746512</v>
       </c>
-      <c r="I124" s="32"/>
+      <c r="I124" s="36"/>
       <c r="J124" s="25">
         <v>16.499679521224799</v>
       </c>
       <c r="K124" s="25">
         <v>17.865636521911298</v>
       </c>
       <c r="L124" s="25">
         <v>9.9638049386994094</v>
       </c>
       <c r="M124" s="26">
         <v>11.918475245624901</v>
       </c>
     </row>
     <row r="125" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A125" s="46" t="s">
+      <c r="A125" s="47" t="s">
         <v>326</v>
       </c>
-      <c r="B125" s="32"/>
+      <c r="B125" s="36"/>
       <c r="C125" s="23">
         <v>13.930091577453901</v>
       </c>
       <c r="D125" s="23">
         <v>11.3629634595033</v>
       </c>
-      <c r="E125" s="55">
+      <c r="E125" s="56">
         <v>10.602481157015999</v>
       </c>
-      <c r="F125" s="32"/>
+      <c r="F125" s="36"/>
       <c r="G125" s="23">
         <v>10.3413222345667</v>
       </c>
-      <c r="H125" s="55">
+      <c r="H125" s="56">
         <v>11.408641637994499</v>
       </c>
-      <c r="I125" s="32"/>
+      <c r="I125" s="36"/>
       <c r="J125" s="23">
         <v>11.058285333635499</v>
       </c>
       <c r="K125" s="23">
         <v>10.6634565615771</v>
       </c>
       <c r="L125" s="23">
         <v>8.0803184964456793</v>
       </c>
       <c r="M125" s="24">
         <v>8.4618878523871803</v>
       </c>
     </row>
     <row r="126" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A126" s="42" t="s">
+      <c r="A126" s="49" t="s">
         <v>327</v>
       </c>
-      <c r="B126" s="32"/>
+      <c r="B126" s="36"/>
       <c r="C126" s="11"/>
       <c r="D126" s="11"/>
-      <c r="E126" s="58">
+      <c r="E126" s="57">
         <v>0</v>
       </c>
-      <c r="F126" s="32"/>
+      <c r="F126" s="36"/>
       <c r="G126" s="11"/>
-      <c r="H126" s="42"/>
-      <c r="I126" s="32"/>
+      <c r="H126" s="49"/>
+      <c r="I126" s="36"/>
       <c r="J126" s="11"/>
       <c r="K126" s="11"/>
       <c r="L126" s="11"/>
       <c r="M126" s="11"/>
     </row>
     <row r="127" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A127" s="46" t="s">
+      <c r="A127" s="47" t="s">
         <v>328</v>
       </c>
-      <c r="B127" s="32"/>
+      <c r="B127" s="36"/>
       <c r="C127" s="23">
         <v>7.2316308168379297</v>
       </c>
       <c r="D127" s="23">
         <v>9.1127196336295206</v>
       </c>
-      <c r="E127" s="55">
+      <c r="E127" s="56">
         <v>12.338762168956301</v>
       </c>
-      <c r="F127" s="32"/>
+      <c r="F127" s="36"/>
       <c r="G127" s="23">
         <v>9.4565236241944408</v>
       </c>
-      <c r="H127" s="55">
+      <c r="H127" s="56">
         <v>15.823915241992401</v>
       </c>
-      <c r="I127" s="32"/>
+      <c r="I127" s="36"/>
       <c r="J127" s="23">
         <v>18.668467674850302</v>
       </c>
       <c r="K127" s="23">
         <v>12.4273843998405</v>
       </c>
       <c r="L127" s="23">
         <v>14.947588966495999</v>
       </c>
       <c r="M127" s="24">
         <v>16.8066006646809</v>
       </c>
     </row>
     <row r="128" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A128" s="42" t="s">
+      <c r="A128" s="49" t="s">
         <v>329</v>
       </c>
-      <c r="B128" s="32"/>
+      <c r="B128" s="36"/>
       <c r="C128" s="25">
         <v>12.5515942938521</v>
       </c>
       <c r="D128" s="25">
         <v>13.564358633932001</v>
       </c>
-      <c r="E128" s="58">
+      <c r="E128" s="57">
         <v>12.693253312557101</v>
       </c>
-      <c r="F128" s="32"/>
+      <c r="F128" s="36"/>
       <c r="G128" s="25">
         <v>11.6256832268711</v>
       </c>
-      <c r="H128" s="58">
+      <c r="H128" s="57">
         <v>14.493097696729301</v>
       </c>
-      <c r="I128" s="32"/>
+      <c r="I128" s="36"/>
       <c r="J128" s="25">
         <v>10.281401737068</v>
       </c>
       <c r="K128" s="25">
         <v>9.7852971541010696</v>
       </c>
       <c r="L128" s="25">
         <v>5.6846093249967504</v>
       </c>
       <c r="M128" s="26">
         <v>6.8447461223201298</v>
       </c>
     </row>
     <row r="129" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A129" s="46" t="s">
+      <c r="A129" s="47" t="s">
         <v>330</v>
       </c>
-      <c r="B129" s="32"/>
+      <c r="B129" s="36"/>
       <c r="C129" s="23">
         <v>13.4571974301094</v>
       </c>
       <c r="D129" s="23">
         <v>11.856628100863899</v>
       </c>
-      <c r="E129" s="55">
+      <c r="E129" s="56">
         <v>11.759810782506401</v>
       </c>
-      <c r="F129" s="32"/>
+      <c r="F129" s="36"/>
       <c r="G129" s="23">
         <v>10.782230300955099</v>
       </c>
-      <c r="H129" s="55">
+      <c r="H129" s="56">
         <v>16.482038281515901</v>
       </c>
-      <c r="I129" s="32"/>
+      <c r="I129" s="36"/>
       <c r="J129" s="23">
         <v>8.2524876659866706</v>
       </c>
       <c r="K129" s="23">
         <v>13.8983148191088</v>
       </c>
       <c r="L129" s="23">
         <v>11.9599136129358</v>
       </c>
       <c r="M129" s="24">
         <v>7.84882518683977</v>
       </c>
     </row>
     <row r="130" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A130" s="42" t="s">
+      <c r="A130" s="49" t="s">
         <v>331</v>
       </c>
-      <c r="B130" s="32"/>
+      <c r="B130" s="36"/>
       <c r="C130" s="25">
         <v>13.2948450604187</v>
       </c>
       <c r="D130" s="25">
         <v>11.9818891566871</v>
       </c>
-      <c r="E130" s="58">
+      <c r="E130" s="57">
         <v>10.561398160134001</v>
       </c>
-      <c r="F130" s="32"/>
+      <c r="F130" s="36"/>
       <c r="G130" s="25">
         <v>10.195070967575999</v>
       </c>
-      <c r="H130" s="58">
+      <c r="H130" s="57">
         <v>9.7352393681185401</v>
       </c>
-      <c r="I130" s="32"/>
+      <c r="I130" s="36"/>
       <c r="J130" s="25">
         <v>10.896078371344201</v>
       </c>
       <c r="K130" s="25">
         <v>8.4599587101685305</v>
       </c>
       <c r="L130" s="25">
         <v>9.6258661696921592</v>
       </c>
       <c r="M130" s="26">
         <v>11.405159450479699</v>
       </c>
     </row>
     <row r="131" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A131" s="46" t="s">
+      <c r="A131" s="47" t="s">
         <v>332</v>
       </c>
-      <c r="B131" s="32"/>
+      <c r="B131" s="36"/>
       <c r="C131" s="23">
         <v>7.1038724768257797</v>
       </c>
       <c r="D131" s="23">
         <v>7.2199442915974599</v>
       </c>
-      <c r="E131" s="55">
+      <c r="E131" s="56">
         <v>8.5008623784848503</v>
       </c>
-      <c r="F131" s="32"/>
+      <c r="F131" s="36"/>
       <c r="G131" s="23">
         <v>9.2410303157376106</v>
       </c>
-      <c r="H131" s="55">
+      <c r="H131" s="56">
         <v>7.7791574656061098</v>
       </c>
-      <c r="I131" s="32"/>
+      <c r="I131" s="36"/>
       <c r="J131" s="23">
         <v>6.5320225218910899</v>
       </c>
       <c r="K131" s="23">
         <v>6.9384376310134304</v>
       </c>
       <c r="L131" s="23">
         <v>4.9489658648910897</v>
       </c>
       <c r="M131" s="24">
         <v>9.0166622698574095</v>
       </c>
     </row>
     <row r="132" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A132" s="42" t="s">
+      <c r="A132" s="49" t="s">
         <v>333</v>
       </c>
-      <c r="B132" s="32"/>
+      <c r="B132" s="36"/>
       <c r="C132" s="25">
         <v>23.0524103329039</v>
       </c>
       <c r="D132" s="25">
         <v>25.730885811474899</v>
       </c>
-      <c r="E132" s="58">
+      <c r="E132" s="57">
         <v>21.242202889270001</v>
       </c>
-      <c r="F132" s="32"/>
+      <c r="F132" s="36"/>
       <c r="G132" s="25">
         <v>19.737422695373201</v>
       </c>
-      <c r="H132" s="58">
+      <c r="H132" s="57">
         <v>23.9145525067417</v>
       </c>
-      <c r="I132" s="32"/>
+      <c r="I132" s="36"/>
       <c r="J132" s="25">
         <v>14.1969906407825</v>
       </c>
       <c r="K132" s="25">
         <v>22.389985407327</v>
       </c>
       <c r="L132" s="25">
         <v>24.3330268029606</v>
       </c>
       <c r="M132" s="26">
         <v>22.053858022923599</v>
       </c>
     </row>
     <row r="133" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A133" s="46" t="s">
+      <c r="A133" s="47" t="s">
         <v>334</v>
       </c>
-      <c r="B133" s="32"/>
+      <c r="B133" s="36"/>
       <c r="C133" s="23">
         <v>17.2593722405073</v>
       </c>
       <c r="D133" s="23">
         <v>17.8416878490454</v>
       </c>
-      <c r="E133" s="55">
+      <c r="E133" s="56">
         <v>15.6512249724685</v>
       </c>
-      <c r="F133" s="32"/>
+      <c r="F133" s="36"/>
       <c r="G133" s="23">
         <v>19.482324169516701</v>
       </c>
-      <c r="H133" s="55">
+      <c r="H133" s="56">
         <v>18.635701939290101</v>
       </c>
-      <c r="I133" s="32"/>
+      <c r="I133" s="36"/>
       <c r="J133" s="23">
         <v>17.6619358545171</v>
       </c>
       <c r="K133" s="23">
         <v>11.3615117947952</v>
       </c>
       <c r="L133" s="23">
         <v>8.1303647819353895</v>
       </c>
       <c r="M133" s="24">
         <v>9.5639194810676091</v>
       </c>
     </row>
     <row r="134" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A134" s="42" t="s">
+      <c r="A134" s="49" t="s">
         <v>335</v>
       </c>
-      <c r="B134" s="32"/>
+      <c r="B134" s="36"/>
       <c r="C134" s="25">
         <v>20.6286583636317</v>
       </c>
       <c r="D134" s="25">
         <v>14.363497755882999</v>
       </c>
-      <c r="E134" s="58">
+      <c r="E134" s="57">
         <v>13.7303953474098</v>
       </c>
-      <c r="F134" s="32"/>
+      <c r="F134" s="36"/>
       <c r="G134" s="25">
         <v>16.884810437131399</v>
       </c>
-      <c r="H134" s="58">
+      <c r="H134" s="57">
         <v>8.2365540314574996</v>
       </c>
-      <c r="I134" s="32"/>
+      <c r="I134" s="36"/>
       <c r="J134" s="25">
         <v>11.119419376537101</v>
       </c>
       <c r="K134" s="25">
         <v>10.5461955617342</v>
       </c>
       <c r="L134" s="25">
         <v>8.5353227626206003</v>
       </c>
       <c r="M134" s="26">
         <v>11.1711026305712</v>
       </c>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A135" s="46" t="s">
+      <c r="A135" s="47" t="s">
         <v>336</v>
       </c>
-      <c r="B135" s="32"/>
+      <c r="B135" s="36"/>
       <c r="C135" s="23">
         <v>14.848626502048599</v>
       </c>
       <c r="D135" s="23">
         <v>12.6454731103086</v>
       </c>
-      <c r="E135" s="55">
+      <c r="E135" s="56">
         <v>15.9026817295406</v>
       </c>
-      <c r="F135" s="32"/>
+      <c r="F135" s="36"/>
       <c r="G135" s="23">
         <v>22.6099055249184</v>
       </c>
-      <c r="H135" s="55">
+      <c r="H135" s="56">
         <v>15.6816800638234</v>
       </c>
-      <c r="I135" s="32"/>
+      <c r="I135" s="36"/>
       <c r="J135" s="23">
         <v>19.060896476915399</v>
       </c>
       <c r="K135" s="23">
         <v>18.995183169347399</v>
       </c>
       <c r="L135" s="23">
         <v>18.1241702361731</v>
       </c>
       <c r="M135" s="24">
         <v>16.2499837833154</v>
       </c>
     </row>
     <row r="136" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A136" s="42" t="s">
+      <c r="A136" s="49" t="s">
         <v>337</v>
       </c>
-      <c r="B136" s="32"/>
+      <c r="B136" s="36"/>
       <c r="C136" s="25">
         <v>9.9585652552771506</v>
       </c>
       <c r="D136" s="25">
         <v>12.2878035820598</v>
       </c>
-      <c r="E136" s="58">
+      <c r="E136" s="57">
         <v>11.3266432287779</v>
       </c>
-      <c r="F136" s="32"/>
+      <c r="F136" s="36"/>
       <c r="G136" s="25">
         <v>9.2869415858886608</v>
       </c>
-      <c r="H136" s="58">
+      <c r="H136" s="57">
         <v>9.2436934268667095</v>
       </c>
-      <c r="I136" s="32"/>
+      <c r="I136" s="36"/>
       <c r="J136" s="25">
         <v>10.6179832253112</v>
       </c>
       <c r="K136" s="25">
         <v>9.9678262608351798</v>
       </c>
       <c r="L136" s="25">
         <v>7.9110321804966999</v>
       </c>
       <c r="M136" s="26">
         <v>10.500058049482901</v>
       </c>
     </row>
     <row r="137" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A137" s="46" t="s">
+      <c r="A137" s="47" t="s">
         <v>338</v>
       </c>
-      <c r="B137" s="32"/>
+      <c r="B137" s="36"/>
       <c r="C137" s="23">
         <v>11.383860571758399</v>
       </c>
       <c r="D137" s="23">
         <v>13.514480368229799</v>
       </c>
-      <c r="E137" s="55">
+      <c r="E137" s="56">
         <v>10.7218215668463</v>
       </c>
-      <c r="F137" s="32"/>
+      <c r="F137" s="36"/>
       <c r="G137" s="23">
         <v>10.1364075071606</v>
       </c>
-      <c r="H137" s="55">
+      <c r="H137" s="56">
         <v>8.6295006197368291</v>
       </c>
-      <c r="I137" s="32"/>
+      <c r="I137" s="36"/>
       <c r="J137" s="23">
         <v>6.2418872592759103</v>
       </c>
       <c r="K137" s="23">
         <v>9.6554640753975907</v>
       </c>
       <c r="L137" s="23">
         <v>9.1353560698967406</v>
       </c>
       <c r="M137" s="24">
         <v>9.0876015289934298</v>
       </c>
     </row>
     <row r="138" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A138" s="42" t="s">
+      <c r="A138" s="49" t="s">
         <v>339</v>
       </c>
-      <c r="B138" s="32"/>
+      <c r="B138" s="36"/>
       <c r="C138" s="25">
         <v>22.319352738770601</v>
       </c>
       <c r="D138" s="25">
         <v>19.477574355640101</v>
       </c>
-      <c r="E138" s="58">
+      <c r="E138" s="57">
         <v>19.836003763028302</v>
       </c>
-      <c r="F138" s="32"/>
+      <c r="F138" s="36"/>
       <c r="G138" s="25">
         <v>26.571650110925201</v>
       </c>
-      <c r="H138" s="58">
+      <c r="H138" s="57">
         <v>21.583288718403601</v>
       </c>
-      <c r="I138" s="32"/>
+      <c r="I138" s="36"/>
       <c r="J138" s="25">
         <v>17.175544528604899</v>
       </c>
       <c r="K138" s="25">
         <v>15.097245980668101</v>
       </c>
       <c r="L138" s="25">
         <v>15.2934474077573</v>
       </c>
       <c r="M138" s="26">
         <v>13.737581873454401</v>
       </c>
     </row>
     <row r="139" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A139" s="46" t="s">
+      <c r="A139" s="47" t="s">
         <v>340</v>
       </c>
-      <c r="B139" s="32"/>
+      <c r="B139" s="36"/>
       <c r="C139" s="23">
         <v>16.916895749629902</v>
       </c>
       <c r="D139" s="23">
         <v>18.748011637574201</v>
       </c>
-      <c r="E139" s="55">
+      <c r="E139" s="56">
         <v>24.1971056536328</v>
       </c>
-      <c r="F139" s="32"/>
+      <c r="F139" s="36"/>
       <c r="G139" s="23">
         <v>22.2577521896064</v>
       </c>
-      <c r="H139" s="55">
+      <c r="H139" s="56">
         <v>25.636435623474899</v>
       </c>
-      <c r="I139" s="32"/>
+      <c r="I139" s="36"/>
       <c r="J139" s="23">
         <v>22.929960842251099</v>
       </c>
       <c r="K139" s="23">
         <v>23.8442501696113</v>
       </c>
       <c r="L139" s="23">
         <v>20.4344961586187</v>
       </c>
       <c r="M139" s="24">
         <v>12.3129384238889</v>
       </c>
     </row>
     <row r="140" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A140" s="42" t="s">
+      <c r="A140" s="49" t="s">
         <v>341</v>
       </c>
-      <c r="B140" s="32"/>
+      <c r="B140" s="36"/>
       <c r="C140" s="25">
         <v>10.1949538267252</v>
       </c>
       <c r="D140" s="25">
         <v>11.230645607783201</v>
       </c>
-      <c r="E140" s="58">
+      <c r="E140" s="57">
         <v>10.153929642831899</v>
       </c>
-      <c r="F140" s="32"/>
+      <c r="F140" s="36"/>
       <c r="G140" s="25">
         <v>11.124350533906</v>
       </c>
-      <c r="H140" s="58">
+      <c r="H140" s="57">
         <v>9.6221656466148602</v>
       </c>
-      <c r="I140" s="32"/>
+      <c r="I140" s="36"/>
       <c r="J140" s="25">
         <v>6.3591454171861503</v>
       </c>
       <c r="K140" s="25">
         <v>8.8445636956540294</v>
       </c>
       <c r="L140" s="25">
         <v>6.3279723241847803</v>
       </c>
       <c r="M140" s="26">
         <v>6.64134437004713</v>
       </c>
     </row>
     <row r="141" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A141" s="46" t="s">
+      <c r="A141" s="47" t="s">
         <v>342</v>
       </c>
-      <c r="B141" s="32"/>
+      <c r="B141" s="36"/>
       <c r="C141" s="23">
         <v>40.364943323196002</v>
       </c>
       <c r="D141" s="23">
         <v>33.537968380071703</v>
       </c>
-      <c r="E141" s="55">
+      <c r="E141" s="56">
         <v>36.064126801469797</v>
       </c>
-      <c r="F141" s="32"/>
+      <c r="F141" s="36"/>
       <c r="G141" s="23">
         <v>29.338966317069701</v>
       </c>
-      <c r="H141" s="55">
+      <c r="H141" s="56">
         <v>25.345249247278002</v>
       </c>
-      <c r="I141" s="32"/>
+      <c r="I141" s="36"/>
       <c r="J141" s="23">
         <v>19.0743816594116</v>
       </c>
       <c r="K141" s="23">
         <v>14.871924887203299</v>
       </c>
       <c r="L141" s="23">
         <v>14.835776547514</v>
       </c>
       <c r="M141" s="24">
         <v>20.6542153876659</v>
       </c>
     </row>
     <row r="142" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A142" s="42" t="s">
+      <c r="A142" s="49" t="s">
         <v>343</v>
       </c>
-      <c r="B142" s="32"/>
+      <c r="B142" s="36"/>
       <c r="C142" s="25">
         <v>6.9431586743195703</v>
       </c>
       <c r="D142" s="25">
         <v>7.8596131390295403</v>
       </c>
-      <c r="E142" s="58">
+      <c r="E142" s="57">
         <v>7.4867687324293204</v>
       </c>
-      <c r="F142" s="32"/>
+      <c r="F142" s="36"/>
       <c r="G142" s="25">
         <v>5.5753552451550199</v>
       </c>
-      <c r="H142" s="58">
+      <c r="H142" s="57">
         <v>7.2720743658882601</v>
       </c>
-      <c r="I142" s="32"/>
+      <c r="I142" s="36"/>
       <c r="J142" s="25">
         <v>6.0668255432636</v>
       </c>
       <c r="K142" s="25">
         <v>4.7799841502343998</v>
       </c>
       <c r="L142" s="25">
         <v>4.1327334506151896</v>
       </c>
       <c r="M142" s="26">
         <v>3.7205464445351102</v>
       </c>
     </row>
     <row r="143" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A143" s="46" t="s">
+      <c r="A143" s="47" t="s">
         <v>132</v>
       </c>
-      <c r="B143" s="32"/>
+      <c r="B143" s="36"/>
       <c r="C143" s="23">
         <v>15.7645822385707</v>
       </c>
       <c r="D143" s="23">
         <v>17.262504074753899</v>
       </c>
-      <c r="E143" s="55">
+      <c r="E143" s="56">
         <v>14.507853080999</v>
       </c>
-      <c r="F143" s="32"/>
+      <c r="F143" s="36"/>
       <c r="G143" s="23">
         <v>11.620386932886699</v>
       </c>
-      <c r="H143" s="55">
+      <c r="H143" s="56">
         <v>10.1395765357953</v>
       </c>
-      <c r="I143" s="32"/>
+      <c r="I143" s="36"/>
       <c r="J143" s="23">
         <v>11.2275231036776</v>
       </c>
       <c r="K143" s="23">
         <v>6.9282759279804997</v>
       </c>
       <c r="L143" s="23">
         <v>8.0453848588385508</v>
       </c>
       <c r="M143" s="24">
         <v>7.0825044968639501</v>
       </c>
     </row>
     <row r="144" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A144" s="42" t="s">
+      <c r="A144" s="49" t="s">
         <v>344</v>
       </c>
-      <c r="B144" s="32"/>
+      <c r="B144" s="36"/>
       <c r="C144" s="25">
         <v>15.9912554147605</v>
       </c>
       <c r="D144" s="25">
         <v>20.599029054667898</v>
       </c>
-      <c r="E144" s="58">
+      <c r="E144" s="57">
         <v>22.845724804366899</v>
       </c>
-      <c r="F144" s="32"/>
+      <c r="F144" s="36"/>
       <c r="G144" s="25">
         <v>25.6398784463053</v>
       </c>
-      <c r="H144" s="58">
+      <c r="H144" s="57">
         <v>20.914533764038602</v>
       </c>
-      <c r="I144" s="32"/>
+      <c r="I144" s="36"/>
       <c r="J144" s="25">
         <v>17.411071144551599</v>
       </c>
       <c r="K144" s="25">
         <v>14.9906783289731</v>
       </c>
       <c r="L144" s="25">
         <v>16.4885188891115</v>
       </c>
       <c r="M144" s="26">
         <v>21.7094253505418</v>
       </c>
     </row>
     <row r="145" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A145" s="46" t="s">
+      <c r="A145" s="47" t="s">
         <v>345</v>
       </c>
-      <c r="B145" s="32"/>
+      <c r="B145" s="36"/>
       <c r="C145" s="23">
         <v>21.019043760129701</v>
       </c>
       <c r="D145" s="23">
         <v>11.0715365189096</v>
       </c>
-      <c r="E145" s="55">
+      <c r="E145" s="56">
         <v>13.295942133651501</v>
       </c>
-      <c r="F145" s="32"/>
+      <c r="F145" s="36"/>
       <c r="G145" s="23">
         <v>12.4596071994202</v>
       </c>
-      <c r="H145" s="55">
+      <c r="H145" s="56">
         <v>14.6057568318242</v>
       </c>
-      <c r="I145" s="32"/>
+      <c r="I145" s="36"/>
       <c r="J145" s="23">
         <v>14.760146512166299</v>
       </c>
       <c r="K145" s="23">
         <v>11.027898401883499</v>
       </c>
       <c r="L145" s="23">
         <v>8.8059003446042308</v>
       </c>
       <c r="M145" s="24">
         <v>11.7442401047253</v>
       </c>
     </row>
     <row r="146" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A146" s="42" t="s">
+      <c r="A146" s="49" t="s">
         <v>346</v>
       </c>
-      <c r="B146" s="32"/>
+      <c r="B146" s="36"/>
       <c r="C146" s="25">
         <v>21.651201522721902</v>
       </c>
       <c r="D146" s="25">
         <v>15.0238945653127</v>
       </c>
-      <c r="E146" s="58">
+      <c r="E146" s="57">
         <v>15.235006906536499</v>
       </c>
-      <c r="F146" s="32"/>
+      <c r="F146" s="36"/>
       <c r="G146" s="25">
         <v>14.050644414676199</v>
       </c>
-      <c r="H146" s="58">
+      <c r="H146" s="57">
         <v>10.235027834158201</v>
       </c>
-      <c r="I146" s="32"/>
+      <c r="I146" s="36"/>
       <c r="J146" s="25">
         <v>8.7572982228727092</v>
       </c>
       <c r="K146" s="25">
         <v>6.2712286496020599</v>
       </c>
       <c r="L146" s="25">
         <v>10.7034699343704</v>
       </c>
       <c r="M146" s="26">
         <v>8.2776741111115193</v>
       </c>
     </row>
     <row r="147" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A147" s="46" t="s">
+      <c r="A147" s="47" t="s">
         <v>347</v>
       </c>
-      <c r="B147" s="32"/>
+      <c r="B147" s="36"/>
       <c r="C147" s="23">
         <v>22.069835264443899</v>
       </c>
       <c r="D147" s="23">
         <v>23.569053989239201</v>
       </c>
-      <c r="E147" s="55">
+      <c r="E147" s="56">
         <v>24.635121588988799</v>
       </c>
-      <c r="F147" s="32"/>
+      <c r="F147" s="36"/>
       <c r="G147" s="23">
         <v>24.721628667076999</v>
       </c>
-      <c r="H147" s="55">
+      <c r="H147" s="56">
         <v>17.608149541573699</v>
       </c>
-      <c r="I147" s="32"/>
+      <c r="I147" s="36"/>
       <c r="J147" s="23">
         <v>17.864729937357101</v>
       </c>
       <c r="K147" s="23">
         <v>15.8613135086049</v>
       </c>
       <c r="L147" s="23">
         <v>22.563652910998901</v>
       </c>
       <c r="M147" s="24">
         <v>21.710243117291501</v>
       </c>
     </row>
     <row r="148" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A148" s="42" t="s">
+      <c r="A148" s="49" t="s">
         <v>348</v>
       </c>
-      <c r="B148" s="32"/>
+      <c r="B148" s="36"/>
       <c r="C148" s="25">
         <v>11.2714976548013</v>
       </c>
       <c r="D148" s="25">
         <v>10.614833272364001</v>
       </c>
-      <c r="E148" s="58">
+      <c r="E148" s="57">
         <v>11.5599771183591</v>
       </c>
-      <c r="F148" s="32"/>
+      <c r="F148" s="36"/>
       <c r="G148" s="25">
         <v>7.8933033074414301</v>
       </c>
-      <c r="H148" s="58">
+      <c r="H148" s="57">
         <v>7.2847462841680004</v>
       </c>
-      <c r="I148" s="32"/>
+      <c r="I148" s="36"/>
       <c r="J148" s="25">
         <v>6.1862354851368702</v>
       </c>
       <c r="K148" s="25">
         <v>6.4737438747735299</v>
       </c>
       <c r="L148" s="25">
         <v>7.6294401921994996</v>
       </c>
       <c r="M148" s="26">
         <v>6.5918941911062099</v>
       </c>
     </row>
     <row r="149" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A149" s="46" t="s">
+      <c r="A149" s="47" t="s">
         <v>349</v>
       </c>
-      <c r="B149" s="32"/>
+      <c r="B149" s="36"/>
       <c r="C149" s="23">
         <v>12.7661385267876</v>
       </c>
       <c r="D149" s="23">
         <v>12.130782701797299</v>
       </c>
-      <c r="E149" s="55">
+      <c r="E149" s="56">
         <v>15.9452912023492</v>
       </c>
-      <c r="F149" s="32"/>
+      <c r="F149" s="36"/>
       <c r="G149" s="23">
         <v>16.057139052471001</v>
       </c>
-      <c r="H149" s="55">
+      <c r="H149" s="56">
         <v>13.005679648753601</v>
       </c>
-      <c r="I149" s="32"/>
+      <c r="I149" s="36"/>
       <c r="J149" s="23">
         <v>15.3233917066414</v>
       </c>
       <c r="K149" s="23">
         <v>14.0302579781308</v>
       </c>
       <c r="L149" s="23">
         <v>14.617118265441</v>
       </c>
       <c r="M149" s="24">
         <v>15.258163304749001</v>
       </c>
     </row>
     <row r="150" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A150" s="42" t="s">
+      <c r="A150" s="49" t="s">
         <v>350</v>
       </c>
-      <c r="B150" s="32"/>
+      <c r="B150" s="36"/>
       <c r="C150" s="25">
         <v>14.192749618758601</v>
       </c>
       <c r="D150" s="25">
         <v>16.492915303302301</v>
       </c>
-      <c r="E150" s="58">
+      <c r="E150" s="57">
         <v>8.6126222344554506</v>
       </c>
-      <c r="F150" s="32"/>
+      <c r="F150" s="36"/>
       <c r="G150" s="25">
         <v>15.867795172505399</v>
       </c>
-      <c r="H150" s="58">
+      <c r="H150" s="57">
         <v>11.486853521519601</v>
       </c>
-      <c r="I150" s="32"/>
+      <c r="I150" s="36"/>
       <c r="J150" s="25">
         <v>11.2333153403465</v>
       </c>
       <c r="K150" s="25">
         <v>9.1447454021434709</v>
       </c>
       <c r="L150" s="25">
         <v>10.2112830763669</v>
       </c>
       <c r="M150" s="26">
         <v>4.8033555676895201</v>
       </c>
     </row>
     <row r="151" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A151" s="46" t="s">
+      <c r="A151" s="47" t="s">
         <v>351</v>
       </c>
-      <c r="B151" s="32"/>
+      <c r="B151" s="36"/>
       <c r="C151" s="23">
         <v>14.1103744848593</v>
       </c>
       <c r="D151" s="23">
         <v>13.871223587344501</v>
       </c>
-      <c r="E151" s="55">
+      <c r="E151" s="56">
         <v>9.5855600626512203</v>
       </c>
-      <c r="F151" s="32"/>
+      <c r="F151" s="36"/>
       <c r="G151" s="23">
         <v>10.847766452635801</v>
       </c>
-      <c r="H151" s="55">
+      <c r="H151" s="56">
         <v>10.794076836248101</v>
       </c>
-      <c r="I151" s="32"/>
+      <c r="I151" s="36"/>
       <c r="J151" s="23">
         <v>7.4362078891648098</v>
       </c>
       <c r="K151" s="23">
         <v>10.6728162998561</v>
       </c>
       <c r="L151" s="23">
         <v>12.589447208443101</v>
       </c>
       <c r="M151" s="24">
         <v>9.3038832396406992</v>
       </c>
     </row>
     <row r="152" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A152" s="42" t="s">
+      <c r="A152" s="49" t="s">
         <v>352</v>
       </c>
-      <c r="B152" s="32"/>
+      <c r="B152" s="36"/>
       <c r="C152" s="25">
         <v>10.417494327762601</v>
       </c>
       <c r="D152" s="25">
         <v>10.910140842175601</v>
       </c>
-      <c r="E152" s="58">
+      <c r="E152" s="57">
         <v>10.948979690422201</v>
       </c>
-      <c r="F152" s="32"/>
+      <c r="F152" s="36"/>
       <c r="G152" s="25">
         <v>8.5343850854061607</v>
       </c>
-      <c r="H152" s="58">
+      <c r="H152" s="57">
         <v>10.724075201159</v>
       </c>
-      <c r="I152" s="32"/>
+      <c r="I152" s="36"/>
       <c r="J152" s="25">
         <v>7.2999346836197097</v>
       </c>
       <c r="K152" s="25">
         <v>5.4708363306820296</v>
       </c>
       <c r="L152" s="25">
         <v>6.5560388188677896</v>
       </c>
       <c r="M152" s="26">
         <v>6.7939846942734903</v>
       </c>
     </row>
     <row r="153" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A153" s="46" t="s">
+      <c r="A153" s="47" t="s">
         <v>353</v>
       </c>
-      <c r="B153" s="32"/>
+      <c r="B153" s="36"/>
       <c r="C153" s="23">
         <v>10.8198085726176</v>
       </c>
       <c r="D153" s="23">
         <v>9.9781080309800299</v>
       </c>
-      <c r="E153" s="55">
+      <c r="E153" s="56">
         <v>9.1430048241541098</v>
       </c>
-      <c r="F153" s="32"/>
+      <c r="F153" s="36"/>
       <c r="G153" s="23">
         <v>6.0728844961936401</v>
       </c>
-      <c r="H153" s="55">
+      <c r="H153" s="56">
         <v>4.9358665041157899</v>
       </c>
-      <c r="I153" s="32"/>
+      <c r="I153" s="36"/>
       <c r="J153" s="23">
         <v>6.8300533823312302</v>
       </c>
       <c r="K153" s="23">
         <v>8.7155700936106708</v>
       </c>
       <c r="L153" s="23">
         <v>9.2260099455301798</v>
       </c>
       <c r="M153" s="24">
         <v>9.4980278701988698</v>
       </c>
     </row>
     <row r="154" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A154" s="42" t="s">
+      <c r="A154" s="49" t="s">
         <v>354</v>
       </c>
-      <c r="B154" s="32"/>
+      <c r="B154" s="36"/>
       <c r="C154" s="25">
         <v>9.3609549336883902</v>
       </c>
       <c r="D154" s="25">
         <v>9.4603033643555694</v>
       </c>
-      <c r="E154" s="58">
+      <c r="E154" s="57">
         <v>8.5194866905205409</v>
       </c>
-      <c r="F154" s="32"/>
+      <c r="F154" s="36"/>
       <c r="G154" s="25">
         <v>10.9755439083536</v>
       </c>
-      <c r="H154" s="58">
+      <c r="H154" s="57">
         <v>12.809941212494699</v>
       </c>
-      <c r="I154" s="32"/>
+      <c r="I154" s="36"/>
       <c r="J154" s="25">
         <v>7.9288591705143601</v>
       </c>
       <c r="K154" s="25">
         <v>8.8099738418661708</v>
       </c>
       <c r="L154" s="25">
         <v>7.3845688504707496</v>
       </c>
       <c r="M154" s="26">
         <v>8.0642596827620494</v>
       </c>
     </row>
     <row r="155" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A155" s="46" t="s">
+      <c r="A155" s="47" t="s">
         <v>355</v>
       </c>
-      <c r="B155" s="32"/>
+      <c r="B155" s="36"/>
       <c r="C155" s="9"/>
       <c r="D155" s="9"/>
-      <c r="E155" s="46"/>
-      <c r="F155" s="32"/>
+      <c r="E155" s="47"/>
+      <c r="F155" s="36"/>
       <c r="G155" s="9"/>
-      <c r="H155" s="46"/>
-      <c r="I155" s="32"/>
+      <c r="H155" s="47"/>
+      <c r="I155" s="36"/>
       <c r="J155" s="23">
         <v>0</v>
       </c>
       <c r="K155" s="9"/>
       <c r="L155" s="23">
         <v>0</v>
       </c>
       <c r="M155" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A156" s="42" t="s">
+      <c r="A156" s="49" t="s">
         <v>356</v>
       </c>
-      <c r="B156" s="32"/>
+      <c r="B156" s="36"/>
       <c r="C156" s="25">
         <v>10.451474246684199</v>
       </c>
       <c r="D156" s="25">
         <v>13.850423267461601</v>
       </c>
-      <c r="E156" s="58">
+      <c r="E156" s="57">
         <v>7.9414948311016103</v>
       </c>
-      <c r="F156" s="32"/>
+      <c r="F156" s="36"/>
       <c r="G156" s="25">
         <v>12.036913514600201</v>
       </c>
-      <c r="H156" s="58">
+      <c r="H156" s="57">
         <v>18.737973478213799</v>
       </c>
-      <c r="I156" s="32"/>
+      <c r="I156" s="36"/>
       <c r="J156" s="25">
         <v>13.442160872946801</v>
       </c>
       <c r="K156" s="25">
         <v>15.928887600289</v>
       </c>
       <c r="L156" s="25">
         <v>16.247820541504701</v>
       </c>
       <c r="M156" s="26">
         <v>11.480734334261999</v>
       </c>
     </row>
     <row r="157" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A157" s="46" t="s">
+      <c r="A157" s="47" t="s">
         <v>357</v>
       </c>
-      <c r="B157" s="32"/>
+      <c r="B157" s="36"/>
       <c r="C157" s="23">
         <v>7.5984954978914203</v>
       </c>
       <c r="D157" s="23">
         <v>6.9074632974066699</v>
       </c>
-      <c r="E157" s="55">
+      <c r="E157" s="56">
         <v>7.5417561822061501</v>
       </c>
-      <c r="F157" s="32"/>
+      <c r="F157" s="36"/>
       <c r="G157" s="23">
         <v>8.4808834642548696</v>
       </c>
-      <c r="H157" s="55">
+      <c r="H157" s="56">
         <v>6.244490901212</v>
       </c>
-      <c r="I157" s="32"/>
+      <c r="I157" s="36"/>
       <c r="J157" s="23">
         <v>6.4968317376489297</v>
       </c>
       <c r="K157" s="23">
         <v>7.4912220691840696</v>
       </c>
       <c r="L157" s="23">
         <v>6.47169527051153</v>
       </c>
       <c r="M157" s="24">
         <v>4.9262413945860999</v>
       </c>
     </row>
     <row r="158" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A158" s="42" t="s">
+      <c r="A158" s="49" t="s">
         <v>358</v>
       </c>
-      <c r="B158" s="32"/>
+      <c r="B158" s="36"/>
       <c r="C158" s="25">
         <v>7.5921275477428001</v>
       </c>
       <c r="D158" s="25">
         <v>5.5125646435244899</v>
       </c>
-      <c r="E158" s="58">
+      <c r="E158" s="57">
         <v>6.6270121625842302</v>
       </c>
-      <c r="F158" s="32"/>
+      <c r="F158" s="36"/>
       <c r="G158" s="25">
         <v>8.3046643433652196</v>
       </c>
-      <c r="H158" s="58">
+      <c r="H158" s="57">
         <v>6.5439888781779301</v>
       </c>
-      <c r="I158" s="32"/>
+      <c r="I158" s="36"/>
       <c r="J158" s="25">
         <v>7.90498925655496</v>
       </c>
       <c r="K158" s="25">
         <v>7.5851144656982203</v>
       </c>
       <c r="L158" s="25">
         <v>8.3989581260423805</v>
       </c>
       <c r="M158" s="26">
         <v>5.6067093023268804</v>
       </c>
     </row>
     <row r="159" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A159" s="46" t="s">
+      <c r="A159" s="47" t="s">
         <v>359</v>
       </c>
-      <c r="B159" s="32"/>
+      <c r="B159" s="36"/>
       <c r="C159" s="23">
         <v>25.550140304238699</v>
       </c>
       <c r="D159" s="23">
         <v>18.291357666877101</v>
       </c>
-      <c r="E159" s="55">
+      <c r="E159" s="56">
         <v>15.1623694720559</v>
       </c>
-      <c r="F159" s="32"/>
+      <c r="F159" s="36"/>
       <c r="G159" s="23">
         <v>12.891428070504499</v>
       </c>
-      <c r="H159" s="55">
+      <c r="H159" s="56">
         <v>13.5518533252314</v>
       </c>
-      <c r="I159" s="32"/>
+      <c r="I159" s="36"/>
       <c r="J159" s="23">
         <v>9.8666165481238597</v>
       </c>
       <c r="K159" s="23">
         <v>9.8444887822846603</v>
       </c>
       <c r="L159" s="23">
         <v>11.994387955935</v>
       </c>
       <c r="M159" s="24">
         <v>8.2442523784342701</v>
       </c>
     </row>
     <row r="160" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="A160" s="42" t="s">
+      <c r="A160" s="49" t="s">
         <v>360</v>
       </c>
-      <c r="B160" s="32"/>
+      <c r="B160" s="36"/>
       <c r="C160" s="25">
         <v>4.7161160164540004</v>
       </c>
       <c r="D160" s="25">
         <v>5.4390751707384002</v>
       </c>
-      <c r="E160" s="58">
+      <c r="E160" s="57">
         <v>6.9031021774174004</v>
       </c>
-      <c r="F160" s="32"/>
+      <c r="F160" s="36"/>
       <c r="G160" s="25">
         <v>6.5731453036241998</v>
       </c>
-      <c r="H160" s="58">
+      <c r="H160" s="57">
         <v>6.7529603289842202</v>
       </c>
-      <c r="I160" s="32"/>
+      <c r="I160" s="36"/>
       <c r="J160" s="25">
         <v>7.6774656081736596</v>
       </c>
       <c r="K160" s="25">
         <v>7.6313938310027796</v>
       </c>
       <c r="L160" s="25">
         <v>7.1003486148750099</v>
       </c>
       <c r="M160" s="26">
         <v>4.6321090043493802</v>
       </c>
     </row>
     <row r="161" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A161" s="46" t="s">
+      <c r="A161" s="47" t="s">
         <v>361</v>
       </c>
-      <c r="B161" s="32"/>
+      <c r="B161" s="36"/>
       <c r="C161" s="23">
         <v>11.976047904191599</v>
       </c>
       <c r="D161" s="23">
         <v>14.034869868101801</v>
       </c>
-      <c r="E161" s="55">
+      <c r="E161" s="56">
         <v>12.535035424010101</v>
       </c>
-      <c r="F161" s="32"/>
+      <c r="F161" s="36"/>
       <c r="G161" s="23">
         <v>11.057216215732799</v>
       </c>
-      <c r="H161" s="55">
+      <c r="H161" s="56">
         <v>6.2544982271063496</v>
       </c>
-      <c r="I161" s="32"/>
+      <c r="I161" s="36"/>
       <c r="J161" s="23">
         <v>6.97192964853964</v>
       </c>
       <c r="K161" s="23">
         <v>7.6950109726145204</v>
       </c>
       <c r="L161" s="23">
         <v>9.9868435819362507</v>
       </c>
       <c r="M161" s="24">
         <v>6.8300589590869096</v>
       </c>
     </row>
     <row r="162" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A162" s="42" t="s">
+      <c r="A162" s="49" t="s">
         <v>362</v>
       </c>
-      <c r="B162" s="32"/>
+      <c r="B162" s="36"/>
       <c r="C162" s="25">
         <v>12.925017664190801</v>
       </c>
       <c r="D162" s="25">
         <v>11.765747977025599</v>
       </c>
-      <c r="E162" s="58">
+      <c r="E162" s="57">
         <v>10.161898947053899</v>
       </c>
-      <c r="F162" s="32"/>
+      <c r="F162" s="36"/>
       <c r="G162" s="25">
         <v>10.8477016084752</v>
       </c>
-      <c r="H162" s="58">
+      <c r="H162" s="57">
         <v>9.0010628068000695</v>
       </c>
-      <c r="I162" s="32"/>
+      <c r="I162" s="36"/>
       <c r="J162" s="25">
         <v>7.2632201501563101</v>
       </c>
       <c r="K162" s="25">
         <v>10.716417604937501</v>
       </c>
       <c r="L162" s="25">
         <v>10.681263753472599</v>
       </c>
       <c r="M162" s="26">
         <v>10.235879571112701</v>
       </c>
     </row>
     <row r="163" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A163" s="46" t="s">
+      <c r="A163" s="47" t="s">
         <v>363</v>
       </c>
-      <c r="B163" s="32"/>
+      <c r="B163" s="36"/>
       <c r="C163" s="23">
         <v>9.0067960370097406</v>
       </c>
       <c r="D163" s="23">
         <v>10.878074650406599</v>
       </c>
-      <c r="E163" s="55">
+      <c r="E163" s="56">
         <v>8.9067027742597809</v>
       </c>
-      <c r="F163" s="32"/>
+      <c r="F163" s="36"/>
       <c r="G163" s="23">
         <v>12.0581847608661</v>
       </c>
-      <c r="H163" s="55">
+      <c r="H163" s="56">
         <v>13.564777157042901</v>
       </c>
-      <c r="I163" s="32"/>
+      <c r="I163" s="36"/>
       <c r="J163" s="23">
         <v>8.1896951074259494</v>
       </c>
       <c r="K163" s="23">
         <v>5.2579974469793402</v>
       </c>
       <c r="L163" s="23">
         <v>4.4574719159603999</v>
       </c>
       <c r="M163" s="24">
         <v>9.6787515122068299</v>
       </c>
     </row>
     <row r="164" spans="1:15" x14ac:dyDescent="0.35">
-      <c r="A164" s="56" t="s">
+      <c r="A164" s="58" t="s">
         <v>364</v>
       </c>
-      <c r="B164" s="32"/>
+      <c r="B164" s="36"/>
       <c r="C164" s="27">
         <v>12.3465070287046</v>
       </c>
       <c r="D164" s="27">
         <v>11.949422326033</v>
       </c>
-      <c r="E164" s="57">
+      <c r="E164" s="59">
         <v>11.312633839662</v>
       </c>
-      <c r="F164" s="32"/>
+      <c r="F164" s="36"/>
       <c r="G164" s="27">
-        <v>10.81758263789</v>
-[...4 lines deleted...]
-      <c r="I164" s="32"/>
+        <v>10.8184081554906</v>
+      </c>
+      <c r="H164" s="59">
+        <v>10.4812757515353</v>
+      </c>
+      <c r="I164" s="36"/>
       <c r="J164" s="27">
         <v>9.6682947997309192</v>
       </c>
       <c r="K164" s="27">
-        <v>9.6175689265675697</v>
+        <v>9.6183741483464207</v>
       </c>
       <c r="L164" s="27">
         <v>9.1910707071368698</v>
       </c>
       <c r="M164" s="28">
         <v>9.1541016230276693</v>
       </c>
     </row>
     <row r="165" spans="1:15" ht="76.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A165" s="40" t="s">
+      <c r="A165" s="33" t="s">
         <v>365</v>
       </c>
-      <c r="B165" s="35"/>
-[...12 lines deleted...]
-      <c r="O165" s="35"/>
+      <c r="B165" s="32"/>
+      <c r="C165" s="32"/>
+      <c r="D165" s="32"/>
+      <c r="E165" s="32"/>
+      <c r="F165" s="32"/>
+      <c r="G165" s="32"/>
+      <c r="H165" s="32"/>
+      <c r="I165" s="32"/>
+      <c r="J165" s="32"/>
+      <c r="K165" s="32"/>
+      <c r="L165" s="32"/>
+      <c r="M165" s="32"/>
+      <c r="N165" s="32"/>
+      <c r="O165" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="481">
-    <mergeCell ref="A7:B7"/>
-[...466 lines deleted...]
-    <mergeCell ref="H158:I158"/>
     <mergeCell ref="A165:O165"/>
     <mergeCell ref="A163:B163"/>
     <mergeCell ref="E163:F163"/>
     <mergeCell ref="H163:I163"/>
     <mergeCell ref="A164:B164"/>
     <mergeCell ref="E164:F164"/>
     <mergeCell ref="H164:I164"/>
     <mergeCell ref="A161:B161"/>
     <mergeCell ref="E161:F161"/>
     <mergeCell ref="H161:I161"/>
     <mergeCell ref="A162:B162"/>
     <mergeCell ref="E162:F162"/>
     <mergeCell ref="H162:I162"/>
+    <mergeCell ref="A159:B159"/>
+    <mergeCell ref="E159:F159"/>
+    <mergeCell ref="H159:I159"/>
+    <mergeCell ref="A160:B160"/>
+    <mergeCell ref="E160:F160"/>
+    <mergeCell ref="H160:I160"/>
+    <mergeCell ref="A157:B157"/>
+    <mergeCell ref="E157:F157"/>
+    <mergeCell ref="H157:I157"/>
+    <mergeCell ref="A158:B158"/>
+    <mergeCell ref="E158:F158"/>
+    <mergeCell ref="H158:I158"/>
+    <mergeCell ref="A155:B155"/>
+    <mergeCell ref="E155:F155"/>
+    <mergeCell ref="H155:I155"/>
+    <mergeCell ref="A156:B156"/>
+    <mergeCell ref="E156:F156"/>
+    <mergeCell ref="H156:I156"/>
+    <mergeCell ref="A153:B153"/>
+    <mergeCell ref="E153:F153"/>
+    <mergeCell ref="H153:I153"/>
+    <mergeCell ref="A154:B154"/>
+    <mergeCell ref="E154:F154"/>
+    <mergeCell ref="H154:I154"/>
+    <mergeCell ref="A151:B151"/>
+    <mergeCell ref="E151:F151"/>
+    <mergeCell ref="H151:I151"/>
+    <mergeCell ref="A152:B152"/>
+    <mergeCell ref="E152:F152"/>
+    <mergeCell ref="H152:I152"/>
+    <mergeCell ref="A149:B149"/>
+    <mergeCell ref="E149:F149"/>
+    <mergeCell ref="H149:I149"/>
+    <mergeCell ref="A150:B150"/>
+    <mergeCell ref="E150:F150"/>
+    <mergeCell ref="H150:I150"/>
+    <mergeCell ref="A147:B147"/>
+    <mergeCell ref="E147:F147"/>
+    <mergeCell ref="H147:I147"/>
+    <mergeCell ref="A148:B148"/>
+    <mergeCell ref="E148:F148"/>
+    <mergeCell ref="H148:I148"/>
+    <mergeCell ref="A145:B145"/>
+    <mergeCell ref="E145:F145"/>
+    <mergeCell ref="H145:I145"/>
+    <mergeCell ref="A146:B146"/>
+    <mergeCell ref="E146:F146"/>
+    <mergeCell ref="H146:I146"/>
+    <mergeCell ref="A143:B143"/>
+    <mergeCell ref="E143:F143"/>
+    <mergeCell ref="H143:I143"/>
+    <mergeCell ref="A144:B144"/>
+    <mergeCell ref="E144:F144"/>
+    <mergeCell ref="H144:I144"/>
+    <mergeCell ref="A141:B141"/>
+    <mergeCell ref="E141:F141"/>
+    <mergeCell ref="H141:I141"/>
+    <mergeCell ref="A142:B142"/>
+    <mergeCell ref="E142:F142"/>
+    <mergeCell ref="H142:I142"/>
+    <mergeCell ref="A139:B139"/>
+    <mergeCell ref="E139:F139"/>
+    <mergeCell ref="H139:I139"/>
+    <mergeCell ref="A140:B140"/>
+    <mergeCell ref="E140:F140"/>
+    <mergeCell ref="H140:I140"/>
+    <mergeCell ref="A137:B137"/>
+    <mergeCell ref="E137:F137"/>
+    <mergeCell ref="H137:I137"/>
+    <mergeCell ref="A138:B138"/>
+    <mergeCell ref="E138:F138"/>
+    <mergeCell ref="H138:I138"/>
+    <mergeCell ref="A135:B135"/>
+    <mergeCell ref="E135:F135"/>
+    <mergeCell ref="H135:I135"/>
+    <mergeCell ref="A136:B136"/>
+    <mergeCell ref="E136:F136"/>
+    <mergeCell ref="H136:I136"/>
+    <mergeCell ref="A133:B133"/>
+    <mergeCell ref="E133:F133"/>
+    <mergeCell ref="H133:I133"/>
+    <mergeCell ref="A134:B134"/>
+    <mergeCell ref="E134:F134"/>
+    <mergeCell ref="H134:I134"/>
+    <mergeCell ref="A131:B131"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="H131:I131"/>
+    <mergeCell ref="A132:B132"/>
+    <mergeCell ref="E132:F132"/>
+    <mergeCell ref="H132:I132"/>
+    <mergeCell ref="A129:B129"/>
+    <mergeCell ref="E129:F129"/>
+    <mergeCell ref="H129:I129"/>
+    <mergeCell ref="A130:B130"/>
+    <mergeCell ref="E130:F130"/>
+    <mergeCell ref="H130:I130"/>
+    <mergeCell ref="A127:B127"/>
+    <mergeCell ref="E127:F127"/>
+    <mergeCell ref="H127:I127"/>
+    <mergeCell ref="A128:B128"/>
+    <mergeCell ref="E128:F128"/>
+    <mergeCell ref="H128:I128"/>
+    <mergeCell ref="A125:B125"/>
+    <mergeCell ref="E125:F125"/>
+    <mergeCell ref="H125:I125"/>
+    <mergeCell ref="A126:B126"/>
+    <mergeCell ref="E126:F126"/>
+    <mergeCell ref="H126:I126"/>
+    <mergeCell ref="A123:B123"/>
+    <mergeCell ref="E123:F123"/>
+    <mergeCell ref="H123:I123"/>
+    <mergeCell ref="A124:B124"/>
+    <mergeCell ref="E124:F124"/>
+    <mergeCell ref="H124:I124"/>
+    <mergeCell ref="A121:B121"/>
+    <mergeCell ref="E121:F121"/>
+    <mergeCell ref="H121:I121"/>
+    <mergeCell ref="A122:B122"/>
+    <mergeCell ref="E122:F122"/>
+    <mergeCell ref="H122:I122"/>
+    <mergeCell ref="A119:B119"/>
+    <mergeCell ref="E119:F119"/>
+    <mergeCell ref="H119:I119"/>
+    <mergeCell ref="A120:B120"/>
+    <mergeCell ref="E120:F120"/>
+    <mergeCell ref="H120:I120"/>
+    <mergeCell ref="A117:B117"/>
+    <mergeCell ref="E117:F117"/>
+    <mergeCell ref="H117:I117"/>
+    <mergeCell ref="A118:B118"/>
+    <mergeCell ref="E118:F118"/>
+    <mergeCell ref="H118:I118"/>
+    <mergeCell ref="A115:B115"/>
+    <mergeCell ref="E115:F115"/>
+    <mergeCell ref="H115:I115"/>
+    <mergeCell ref="A116:B116"/>
+    <mergeCell ref="E116:F116"/>
+    <mergeCell ref="H116:I116"/>
+    <mergeCell ref="A113:B113"/>
+    <mergeCell ref="E113:F113"/>
+    <mergeCell ref="H113:I113"/>
+    <mergeCell ref="A114:B114"/>
+    <mergeCell ref="E114:F114"/>
+    <mergeCell ref="H114:I114"/>
+    <mergeCell ref="A111:B111"/>
+    <mergeCell ref="E111:F111"/>
+    <mergeCell ref="H111:I111"/>
+    <mergeCell ref="A112:B112"/>
+    <mergeCell ref="E112:F112"/>
+    <mergeCell ref="H112:I112"/>
+    <mergeCell ref="A109:B109"/>
+    <mergeCell ref="E109:F109"/>
+    <mergeCell ref="H109:I109"/>
+    <mergeCell ref="A110:B110"/>
+    <mergeCell ref="E110:F110"/>
+    <mergeCell ref="H110:I110"/>
+    <mergeCell ref="A107:B107"/>
+    <mergeCell ref="E107:F107"/>
+    <mergeCell ref="H107:I107"/>
+    <mergeCell ref="A108:B108"/>
+    <mergeCell ref="E108:F108"/>
+    <mergeCell ref="H108:I108"/>
+    <mergeCell ref="A105:B105"/>
+    <mergeCell ref="E105:F105"/>
+    <mergeCell ref="H105:I105"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="E106:F106"/>
+    <mergeCell ref="H106:I106"/>
+    <mergeCell ref="A103:B103"/>
+    <mergeCell ref="E103:F103"/>
+    <mergeCell ref="H103:I103"/>
+    <mergeCell ref="A104:B104"/>
+    <mergeCell ref="E104:F104"/>
+    <mergeCell ref="H104:I104"/>
+    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="E101:F101"/>
+    <mergeCell ref="H101:I101"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="E102:F102"/>
+    <mergeCell ref="H102:I102"/>
+    <mergeCell ref="A99:B99"/>
+    <mergeCell ref="E99:F99"/>
+    <mergeCell ref="H99:I99"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="E100:F100"/>
+    <mergeCell ref="H100:I100"/>
+    <mergeCell ref="A97:B97"/>
+    <mergeCell ref="E97:F97"/>
+    <mergeCell ref="H97:I97"/>
+    <mergeCell ref="A98:B98"/>
+    <mergeCell ref="E98:F98"/>
+    <mergeCell ref="H98:I98"/>
+    <mergeCell ref="A95:B95"/>
+    <mergeCell ref="E95:F95"/>
+    <mergeCell ref="H95:I95"/>
+    <mergeCell ref="A96:B96"/>
+    <mergeCell ref="E96:F96"/>
+    <mergeCell ref="H96:I96"/>
+    <mergeCell ref="A93:B93"/>
+    <mergeCell ref="E93:F93"/>
+    <mergeCell ref="H93:I93"/>
+    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="E94:F94"/>
+    <mergeCell ref="H94:I94"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="E91:F91"/>
+    <mergeCell ref="H91:I91"/>
+    <mergeCell ref="A92:B92"/>
+    <mergeCell ref="E92:F92"/>
+    <mergeCell ref="H92:I92"/>
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="E89:F89"/>
+    <mergeCell ref="H89:I89"/>
+    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="E90:F90"/>
+    <mergeCell ref="H90:I90"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="E87:F87"/>
+    <mergeCell ref="H87:I87"/>
+    <mergeCell ref="A88:B88"/>
+    <mergeCell ref="E88:F88"/>
+    <mergeCell ref="H88:I88"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="E85:F85"/>
+    <mergeCell ref="H85:I85"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="E86:F86"/>
+    <mergeCell ref="H86:I86"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="E83:F83"/>
+    <mergeCell ref="H83:I83"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="E84:F84"/>
+    <mergeCell ref="H84:I84"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="E81:F81"/>
+    <mergeCell ref="H81:I81"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="E82:F82"/>
+    <mergeCell ref="H82:I82"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="E79:F79"/>
+    <mergeCell ref="H79:I79"/>
+    <mergeCell ref="A80:B80"/>
+    <mergeCell ref="E80:F80"/>
+    <mergeCell ref="H80:I80"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="E77:F77"/>
+    <mergeCell ref="H77:I77"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="E78:F78"/>
+    <mergeCell ref="H78:I78"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="E75:F75"/>
+    <mergeCell ref="H75:I75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="E76:F76"/>
+    <mergeCell ref="H76:I76"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="E73:F73"/>
+    <mergeCell ref="H73:I73"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="E74:F74"/>
+    <mergeCell ref="H74:I74"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="E71:F71"/>
+    <mergeCell ref="H71:I71"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="E72:F72"/>
+    <mergeCell ref="H72:I72"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="E69:F69"/>
+    <mergeCell ref="H69:I69"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="E70:F70"/>
+    <mergeCell ref="H70:I70"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="E67:F67"/>
+    <mergeCell ref="H67:I67"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="E68:F68"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="E65:F65"/>
+    <mergeCell ref="H65:I65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="E66:F66"/>
+    <mergeCell ref="H66:I66"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="H63:I63"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="E64:F64"/>
+    <mergeCell ref="H64:I64"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="E61:F61"/>
+    <mergeCell ref="H61:I61"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="E62:F62"/>
+    <mergeCell ref="H62:I62"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="E59:F59"/>
+    <mergeCell ref="H59:I59"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="E60:F60"/>
+    <mergeCell ref="H60:I60"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="E57:F57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="E58:F58"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="E55:F55"/>
+    <mergeCell ref="H55:I55"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="E56:F56"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="E53:F53"/>
+    <mergeCell ref="H53:I53"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="E54:F54"/>
+    <mergeCell ref="H54:I54"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="H51:I51"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="E52:F52"/>
+    <mergeCell ref="H52:I52"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="E49:F49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="E45:F45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="H46:I46"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="E43:F43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="E39:F39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="H37:I37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="E35:F35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="E33:F33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="H34:I34"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="H32:I32"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="E27:F27"/>
+    <mergeCell ref="H27:I27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="E25:F25"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="E23:F23"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="E21:F21"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="E19:F19"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="H9:I9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="E10:F10"/>
+    <mergeCell ref="H10:I10"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="E7:F7"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F2:H2"/>
+    <mergeCell ref="B3:P3"/>
+    <mergeCell ref="A5:O5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002A95ECC3320A244C844C52A126B102B3" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c5f8f25f9e7dd938e307e15f61f5c4c0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4f4d28d2-45b3-41ba-b51b-dd260bd68034" xmlns:ns3="8783d789-77ef-42d8-801f-89da1e346a68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="23ec14d5b4f22fa0f07b1b09292ce25c" ns2:_="" ns3:_="">
     <xsd:import namespace="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
     <xsd:import namespace="8783d789-77ef-42d8-801f-89da1e346a68"/>
@@ -23852,103 +24149,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8783d789-77ef-42d8-801f-89da1e346a68" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4f4d28d2-45b3-41ba-b51b-dd260bd68034">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{176D41F6-5EFD-4095-A528-E7CD362534D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBA0EF27-04EF-4A52-A42E-A1B5BB21F11C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
     <ds:schemaRef ds:uri="8783d789-77ef-42d8-801f-89da1e346a68"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C8B68EA-9473-47D4-9C6A-21273A93ECB8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C15E19FA-9B95-41FF-9F55-CAF9D8D98C2E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8783d789-77ef-42d8-801f-89da1e346a68"/>
+    <ds:schemaRef ds:uri="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AB69D4-7CEF-48A3-9811-05D162671B05}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FDA6C0E-9681-426E-A7F8-A229DAFB44E3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>