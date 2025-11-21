--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -7,503 +7,481 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cafcass.sharepoint.com/teams/Monthly.Statistics/Shared Documents/General/2025/09 September/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cafcass.sharepoint.com/teams/Monthly.Statistics/Shared Documents/General/2025/10 October/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="81" documentId="11_A2ED98FA27B7C92C163177367D4201F88E47E458" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2E7FCD1E-96F0-497D-9BAC-AB5570258C6C}"/>
+  <xr:revisionPtr revIDLastSave="84" documentId="11_7BD10360714F2622642664B0CB078B0B72AE402D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4E9BABD3-400E-447B-BFC7-2521FE7D512D}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculations" sheetId="1" r:id="rId1"/>
     <sheet name="Total Cases PR" sheetId="2" r:id="rId2"/>
     <sheet name="Total Cases" sheetId="3" r:id="rId3"/>
     <sheet name="Open Cases" sheetId="4" r:id="rId4"/>
     <sheet name="Private Cases" sheetId="5" r:id="rId5"/>
     <sheet name="12 Month Rolling Demand" sheetId="12" r:id="rId6"/>
     <sheet name="Private Cases by DFJ" sheetId="14" r:id="rId7"/>
     <sheet name="Private Application Types" sheetId="17" r:id="rId8"/>
     <sheet name="Care Per 10k Children" sheetId="18" r:id="rId9"/>
     <sheet name="Definitions" sheetId="19" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="5">'12 Month Rolling Demand'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Calculations!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'Care Per 10k Children'!$1:$4</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">Definitions!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'Open Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'Private Application Types'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Private Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'Private Cases by DFJ'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'Total Cases'!$1:$6</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Total Cases PR'!$1:$6</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AZ30" i="4" l="1"/>
+  <c r="AY30" i="4"/>
+  <c r="AW30" i="4"/>
+  <c r="AV30" i="4"/>
+  <c r="AZ29" i="4"/>
+  <c r="AY29" i="4"/>
+  <c r="AW29" i="4"/>
+  <c r="AV29" i="4"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="419">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="420">
   <si>
     <t>Cafcass Offical Demand Statistics</t>
   </si>
   <si>
-    <t>Data for the period ending - Sep-25 - Data last refreshed - 02/10/2025</t>
+    <t>Data for the period ending - Oct-25 - Data last refreshed - 05/11/2025</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Figures in the tables and graphs below are provided from Cafcass national Electronic Case Management System (ChildFirst). The unit of measurement is specified on each tab, upon its receipt by Cafcass from the Court and its entry into ChildFirst.  Each child's case can involve multiple applications and multiple children. ChildFirst is a live system and any late entries or amendments will be accounted for at the time of release of subsequent updates to this data.  Updates to this information will be published on a </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>monthly basis.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">In September 2025 Cafcass received 5,068 new children's cases (7,602 children) 
+      <t xml:space="preserve">In October 2025 Cafcass received 5,471 new children's cases (8,411 children) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">The average daily demand level in September 2025 was 230 children's cases per working day compared to 217 children's cases received per working day during September 2024
+      <t xml:space="preserve">The average daily demand level in October 2025 was 238 children's cases per working day compared to 221 children's cases received per working day during October 2024
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">The number of open outstanding children's cases at the end of September 2025 is at 27,268 children's cases, this is -2.8% / -782 children's cases compared to September 2024. There are currently 43,799 children on open children's cases. 
-Financial year to date (April 2025 - September 2025) totals, the main changes are: 
+      <t xml:space="preserve">The number of open outstanding children's cases at the end of October 2025 remains at high levels (27,566 children's cases), this is -8.5% / -2,570 children's cases compared to March 2020. There are currently 44,050 children on open children's cases. 
+Financial year to date (April 2025 - October 2025) totals, the main changes are: 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in total case demand (+4.2% / +1,143 children's cases compared to the same period last year) 
+      <t xml:space="preserve">A decrease in total case demand (+4.4% / +1,439 children's cases compared to the same period last year) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in public law children's cases (+5.4% / +439 children's cases) 
+      <t xml:space="preserve">A decrease in public law children's cases (+4.8% / +462 children's cases) 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Courier New"/>
-        <family val="3"/>
       </rPr>
       <t xml:space="preserve">  • </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t xml:space="preserve">An increase in private law children's cases (+3.6% / +704 children's cases) </t>
+      <t xml:space="preserve">A decrease in private law children's cases (+4.2% / +977 children's cases) </t>
     </r>
   </si>
   <si>
     <t>Demand</t>
   </si>
   <si>
+    <t>Oct-25</t>
+  </si>
+  <si>
+    <t>Oct-24</t>
+  </si>
+  <si>
     <t>Sep-25</t>
-  </si>
-[...4 lines deleted...]
-    <t>Aug-25</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>2024-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>2025-26</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">%Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>2024-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>2025-26</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Sep-25</t>
+      <t>Oct-25</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">%Change </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Aug-25</t>
+      <t>Sep-25</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Sep-25</t>
+      <t>Oct-25</t>
     </r>
   </si>
   <si>
     <t>Percentage of Total Public Cases</t>
   </si>
   <si>
     <t>March 2020 (pre Covid-19)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Change Mar 20 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Sep-25</t>
+      <t>Oct-25</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">% Change Mar-20 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>Sep-25</t>
+      <t>Oct-25</t>
     </r>
   </si>
   <si>
     <t>All Children's Cases</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Public Children's Cases</t>
   </si>
   <si>
     <t>Public Care Children's Cases</t>
   </si>
   <si>
     <t>Care Applications</t>
   </si>
   <si>
     <t>Other Public Children's Cases</t>
   </si>
   <si>
     <t>Private Children's Cases</t>
   </si>
   <si>
     <t>Open Children's Cases - including inactive</t>
@@ -562,76 +540,75 @@
   <si>
     <t>YTD Demand</t>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>Change</t>
   </si>
   <si>
     <t>%Change</t>
   </si>
   <si>
     <t>2018-19 (pre pandemic)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Total Children's  Cases
 </t>
     </r>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Private</t>
   </si>
   <si>
     <t>Press Release</t>
   </si>
   <si>
-    <t>Cafcass received 20,120 new private law children's cases between April 2025 and September 2025; 704 (3.6%) more than the same period last year. These children's cases involved 30,311 children; 820 (2.8%) more than last year.</t>
-[...8 lines deleted...]
-    <t>Cafcass received 28,676 new children's cases between April 2025 and September 2025; 1,143 (4.2%) more than the same period last year. These children's cases involved 44,052 children; 1,660 (3.9%) more than last year.</t>
+    <t>Cafcass received 23,982 new private law children's cases between April 2025 and October 2025; 977 (4.2%) more than the same period last year. These children's cases involved 36,318 children; 1,288 (3.7%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 10,069 new public law children's cases between April 2025 and October 2025; 462 (4.8%) more than the same period last year. These children's cases involved 16,149 children; 835 (5.5%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 7,157 new care applications between April 2025 and October 2025; 432 (6.4%) more than the same period last year. These children's cases involved 11,780 children; 793 (7.2%) more than last year.</t>
+  </si>
+  <si>
+    <t>Cafcass received 34,051 new children's cases between April 2025 and October 2025; 1,439 (4.4%) more than the same period last year. These children's cases involved 52,467 children; 2,123 (4.2%) more than last year.</t>
   </si>
   <si>
     <t>Total Children's Cases</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>Month Name</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
   </si>
   <si>
     <t>Jun</t>
   </si>
   <si>
     <t>Jul</t>
   </si>
@@ -641,99 +618,99 @@
   <si>
     <t>Sep</t>
   </si>
   <si>
     <t>Oct</t>
   </si>
   <si>
     <t>Nov</t>
   </si>
   <si>
     <t>Dec</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Cafcass received 28,676 new Total Children's Cases between April 2025 and September 2025 featuring 44,052 children; this represents an increase of 4.2% (1,143 Total Children's Cases) and an increase of 3.9% (1,660 children) on the 27,533 Total Children's Cases received and the 42,392 children on those children's cases between April 2024 and September 2024. Compared to between April 2023 and September 2023 there was an increase of 5.1% (1,394 Total Children's Cases) based on the 27,282 received and an increase of 4.3% (1,810 children) compared to the 42,242 children on those children's cases. On average, Cafcass has received 4,779 new Total Children's Cases per month so far this year which feature, on average, 7,342 children.</t>
+    <t>Cafcass received 34,051 new Total Children's Cases between April 2025 and October 2025 featuring 52,467 children; this represents an increase of 4.4% (1,439 Total Children's Cases) and an increase of 4.2% (2,123 children) on the 32,612 Total Children's Cases received and the 50,344 children on those children's cases between April 2024 and October 2024. Compared to between April 2023 and October 2023 there was an increase of 5.6% (1,817 Total Children's Cases) based on the 32,234 received and an increase of 5.1% (2,534 children) compared to the 49,933 children on those children's cases. On average, Cafcass has received 4,864 new Total Children's Cases per month so far this year which feature, on average, 7,495 children.</t>
   </si>
   <si>
     <t>2014-15</t>
   </si>
   <si>
     <t>2015-16</t>
   </si>
   <si>
     <t>2016-17</t>
   </si>
   <si>
     <t>2017-18</t>
   </si>
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>2019-20</t>
   </si>
   <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>2021-22</t>
   </si>
   <si>
     <t xml:space="preserve">The below data is a snapshot taken on the first working day of each month to reflect open children's cases where there is outstanding work for Cafcass, as at the last working day of the previous month. Data pre-April 2016 is not available in the below format due to migration of reporting methods. Figures for children on open children's cases are not available pre 2021 due to changes in recording. </t>
   </si>
   <si>
-    <t>Cafcass had 27,268 open children's cases at the end of Sep-25, this is -782 children's cases (-2.8%) less than the same time last year. This is -3,484 children's cases (-11.3%) less than when compared to same period two years ago.</t>
-[...5 lines deleted...]
-    <t>Cafcass had 11,207 open public law children's cases at the end of Sep-25, this is -108 children's cases (-1.0%) less than the same time last year. This is -950 children's cases (-7.8%) less than when compared to same period two years ago.</t>
+    <t>Cafcass had 27,566 open children's cases at the end of Oct-25, this is -709 children's cases (-2.5%) less than the same time last year. This is -3,019 children's cases (-9.9%) less than when compared to same period two years ago.</t>
+  </si>
+  <si>
+    <t>Cafcass had 16,341 open private law children's cases at the end of Oct-25, this is -561 children's cases (-3.3%) less than the same time last year. This is -2,294 children's cases (-12.3%) less than when compared to same period two years ago.</t>
+  </si>
+  <si>
+    <t>Cafcass had 11,225 open public law children's cases at the end of Oct-25, this is -148 children's cases (-1.3%) less than the same time last year. This is -725 children's cases (-6.1%) less than when compared to same period two years ago.</t>
   </si>
   <si>
     <t>Public Children's  Cases</t>
   </si>
   <si>
     <t xml:space="preserve">Total Children on Private Cases </t>
   </si>
   <si>
     <t>Total Children On Public Cases</t>
   </si>
   <si>
-    <t>Cafcass received 20,120 new Private Children's Cases between April 2025 and September 2025 featuring 30,311 children; this represents an increase of 3.6% (704 Private Children's Cases) and an increase of 2.8% (820 children) on the 19,416 Private Children's Cases received and the 29,491 children on those children's cases between April 2024 and September 2024. Compared to between April 2023 and September 2023 there was an increase of 4.2% (815 Private Children's Cases) based on the 19,305 received and an increase of 3.0% (895 children) compared to the 29,416 children on those children's cases. On average, Cafcass has received 3,353 new Private Children's Cases per month so far this year which feature, on average, 5,052 children.</t>
+    <t>Cafcass received 23,982 new Private Children's Cases between April 2025 and October 2025 featuring 36,318 children; this represents an increase of 4.2% (977 Private Children's Cases) and an increase of 3.7% (1,288 children) on the 23,005 Private Children's Cases received and the 35,030 children on those children's cases between April 2024 and October 2024. Compared to between April 2023 and October 2023 there was an increase of 4.6% (1,048 Private Children's Cases) based on the 22,934 received and an increase of 3.9% (1,378 children) compared to the 34,940 children on those children's cases. On average, Cafcass has received 3,426 new Private Children's Cases per month so far this year which feature, on average, 5,188 children.</t>
   </si>
   <si>
     <t>12 Month Rolling Child's Case Demand</t>
   </si>
   <si>
     <t>The below graph and table show the child's case demand for public and private law for each of the previous 12 months.</t>
   </si>
   <si>
     <t>Children on Private Cases</t>
   </si>
   <si>
     <t>DFJ</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Q4</t>
   </si>
@@ -1084,101 +1061,95 @@
   </si>
   <si>
     <t>Revoke Contact (s26)</t>
   </si>
   <si>
     <t>Special Guardianship (s14A)</t>
   </si>
   <si>
     <t>Specific Issue (s8)</t>
   </si>
   <si>
     <t>Transparency</t>
   </si>
   <si>
     <t>Variation of Special G'ship Order (CA(s14(D)))</t>
   </si>
   <si>
     <t>Wardship Proceedings</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Data for the period ending - March </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">2025
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Figures in the table below are provided from the Cafcass national case management systems (ChildFirst) and the ONS.  The units of measurement are a) care applications, which are recevied from the Court and entered into ChildFirst by Cafcass and b) the child population (0 - 17) as estimated by ONS based on 2016 population projection which were updated in Oct 2019.
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Local Authority care applications per 10,000 child population
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
-        <family val="2"/>
       </rPr>
       <t> </t>
     </r>
   </si>
   <si>
     <t>Local Authority</t>
   </si>
   <si>
     <t>Barnsley</t>
   </si>
   <si>
     <t>Bath and North East Somerset</t>
   </si>
   <si>
     <t>Bedford Borough</t>
   </si>
   <si>
     <t>Blackburn</t>
   </si>
   <si>
     <t>Blackpool</t>
   </si>
   <si>
     <t>Bolton</t>
   </si>
@@ -1583,91 +1554,86 @@
   </si>
   <si>
     <t>Wirral</t>
   </si>
   <si>
     <t>Wokingham</t>
   </si>
   <si>
     <t>Wolverhampton</t>
   </si>
   <si>
     <t>Worcestershire</t>
   </si>
   <si>
     <t>York</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Notes: 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">1. Figures in the above table are provided from the Cafcass national case management systems (ChildFirst) and the ONS.  The units of measurement are a) care applications, which are recevied from the Court and entered into ChildFirst by Cafcass and b) the child population (0 - 17) as estimated by ONS based on 2016 population projection.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">2. The calculated figures are multiplied by 10,000 to obtain tangible units and therefore represent the application per 10,000 child population.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">3. N/A = No data available. In 2009, Cheshire Local Authority split into Cheshire East and Cheshire West and Chester. Similarly, Bedfordshire LA split into Bedford Borough and Central Bedfordshire.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>4. Bournmouth, Christchurch and Pool LA merged in April 2019.</t>
     </r>
   </si>
   <si>
     <t>Definitions</t>
   </si>
   <si>
     <t>The below glossary of terms provides definitions for terms used throughout this workbook.</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Application</t>
   </si>
   <si>
     <t>An application made to the Court in respect of a Child(ren) or Young Person(s).</t>
   </si>
   <si>
     <t>Case</t>
   </si>
@@ -1786,123 +1752,126 @@
     <t>All Private Cases received by Cafcass in the defined period associated by the DFJ Area that the application was made in.</t>
   </si>
   <si>
     <t>Top 5 Public Non-Care Applications</t>
   </si>
   <si>
     <t>The Top 5 Public Law Applications received in the defined period ranked by total received 'Year to Date' which are not Care.</t>
   </si>
   <si>
     <t>Public Application Types</t>
   </si>
   <si>
     <t>All of the available options for Applications on Public Law Cases; ordered alphabetically.</t>
   </si>
   <si>
     <t>Private Application Types</t>
   </si>
   <si>
     <t>All of the available options for Applications on Private Law Cases; ordered alphabetically.</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Figures are provided from our national databases, the current electronic case management system (ChildFirst) and historical case management system (CMS). The ChildFirst is a live system and any late entries will be accounted for upon the release of subsequent updates to this data.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Figures in the tables and graphs below are provided from Cafcass national Electronic Case Management System (ChildFirst). The unit of measurement is specified on each tab, upon its receipt by Cafcass from the Court and its entry into ChildFirst.  Each child's case can involve multiple applications and multiple children. ChildFirst is a live system and any late entries or amendments will be accounted for at the time of release of subsequent updates to this data.  Updates to this information will be published on a monthly basis.
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0"/>
     <numFmt numFmtId="165" formatCode="[$-10409]0.0%"/>
     <numFmt numFmtId="166" formatCode="[$-10409]0"/>
     <numFmt numFmtId="167" formatCode="[$-10409]#,##0;\-#,##0"/>
     <numFmt numFmtId="168" formatCode="[$-10409]#,###"/>
     <numFmt numFmtId="169" formatCode="[$-10409]##,###"/>
     <numFmt numFmtId="170" formatCode="[$-10409]0.0"/>
     <numFmt numFmtId="171" formatCode="[$-10409]0.0;\(0.0\)"/>
     <numFmt numFmtId="172" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Courier New"/>
-      <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Courier New"/>
-      <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF572381"/>
         <bgColor rgb="FF572381"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
@@ -1947,52 +1916,53 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="60">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2037,51 +2007,51 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="171" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="172" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
@@ -2124,52 +2094,53 @@
     <xf numFmtId="168" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="170" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00572381"/>
       <rgbColor rgb="00D9D9D9"/>
       <rgbColor rgb="005C5C5C"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -2209,51 +2180,51 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
@@ -2424,111 +2395,119 @@
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>3086100</xdr:rowOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>161925</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="3590925"/>
+          <a:ext cx="9248775" cy="2295525"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1244600</xdr:colOff>
       <xdr:row>13</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>9524</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>3263900</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>3073400</xdr:rowOff>
+      <xdr:colOff>1600201</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>1647824</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
+        <a:xfrm>
+          <a:off x="1254125" y="5895974"/>
+          <a:ext cx="10071101" cy="2047875"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>342404</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>532772</xdr:rowOff>
     </xdr:to>
@@ -2948,54 +2927,50 @@
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-1100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -3282,129 +3257,129 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q42"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A16" sqref="A16"/>
+      <pane ySplit="6" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="26" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
-    <col min="4" max="4" width="16.26953125" customWidth="1"/>
+    <col min="4" max="4" width="16.1796875" customWidth="1"/>
     <col min="5" max="5" width="13.54296875" customWidth="1"/>
     <col min="6" max="6" width="0.54296875" customWidth="1"/>
     <col min="7" max="7" width="27" customWidth="1"/>
     <col min="8" max="8" width="6.26953125" customWidth="1"/>
     <col min="9" max="9" width="16.26953125" customWidth="1"/>
     <col min="10" max="10" width="13.54296875" customWidth="1"/>
     <col min="11" max="11" width="16.26953125" customWidth="1"/>
     <col min="12" max="12" width="13.453125" customWidth="1"/>
     <col min="13" max="13" width="9.81640625" customWidth="1"/>
     <col min="14" max="14" width="0.1796875" customWidth="1"/>
     <col min="15" max="15" width="3.453125" customWidth="1"/>
     <col min="16" max="17" width="13.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:17" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="2:17" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" spans="2:17" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="2:17" ht="42.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="2:17" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
     </row>
     <row r="4" spans="2:17" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="2:17" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:17" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
     </row>
     <row r="6" spans="2:17" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="32"/>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
       <c r="J6" s="32"/>
       <c r="K6" s="32"/>
       <c r="L6" s="32"/>
       <c r="M6" s="32"/>
       <c r="N6" s="32"/>
     </row>
-    <row r="7" spans="2:17" ht="154.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:17" ht="154" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="34" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="35"/>
       <c r="D7" s="35"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="35"/>
       <c r="I7" s="35"/>
       <c r="J7" s="35"/>
       <c r="K7" s="35"/>
       <c r="L7" s="35"/>
       <c r="M7" s="35"/>
       <c r="N7" s="35"/>
       <c r="O7" s="35"/>
       <c r="P7" s="35"/>
       <c r="Q7" s="36"/>
     </row>
     <row r="8" spans="2:17" ht="39" x14ac:dyDescent="0.35">
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>5</v>
@@ -3427,575 +3402,575 @@
         <v>10</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="M8" s="37" t="s">
         <v>13</v>
       </c>
       <c r="N8" s="35"/>
       <c r="O8" s="36"/>
       <c r="P8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="Q8" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="2">
-        <v>5068</v>
+        <v>5471</v>
       </c>
       <c r="D9" s="2">
-        <v>4566</v>
+        <v>5079</v>
       </c>
       <c r="E9" s="2">
-        <v>4484</v>
+        <v>5020</v>
       </c>
       <c r="F9" s="38">
-        <v>502</v>
+        <v>392</v>
       </c>
       <c r="G9" s="35"/>
       <c r="H9" s="36"/>
       <c r="I9" s="3">
-        <v>0.10994305738064</v>
+        <v>7.7180547351840906E-2</v>
       </c>
       <c r="J9" s="2">
-        <v>584</v>
+        <v>451</v>
       </c>
       <c r="K9" s="3">
-        <v>0.13024085637823399</v>
+        <v>8.9840637450199198E-2</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M9" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N9" s="35"/>
       <c r="O9" s="36"/>
       <c r="P9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
-        <v>1338</v>
+        <v>1513</v>
       </c>
       <c r="D10" s="2">
-        <v>1262</v>
+        <v>1490</v>
       </c>
       <c r="E10" s="2">
-        <v>1289</v>
+        <v>1334</v>
       </c>
       <c r="F10" s="38">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="G10" s="35"/>
       <c r="H10" s="36"/>
       <c r="I10" s="3">
-        <v>6.0221870047543598E-2</v>
+        <v>1.54362416107383E-2</v>
       </c>
       <c r="J10" s="2">
-        <v>49</v>
+        <v>179</v>
       </c>
       <c r="K10" s="3">
-        <v>3.80139643134213E-2</v>
+        <v>0.13418290854572701</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M10" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N10" s="35"/>
       <c r="O10" s="36"/>
       <c r="P10" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="2">
-        <v>919</v>
+        <v>1041</v>
       </c>
       <c r="D11" s="2">
-        <v>828</v>
+        <v>1024</v>
       </c>
       <c r="E11" s="2">
-        <v>889</v>
+        <v>923</v>
       </c>
       <c r="F11" s="38">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G11" s="35"/>
       <c r="H11" s="36"/>
       <c r="I11" s="3">
-        <v>0.109903381642512</v>
+        <v>1.66015625E-2</v>
       </c>
       <c r="J11" s="2">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="K11" s="3">
-        <v>3.37457817772778E-2</v>
+        <v>0.127843986998917</v>
       </c>
       <c r="L11" s="3">
-        <v>0.68684603886397599</v>
+        <v>0.68803701255783201</v>
       </c>
       <c r="M11" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N11" s="35"/>
       <c r="O11" s="36"/>
       <c r="P11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2">
-        <v>939</v>
+        <v>1081</v>
       </c>
       <c r="D12" s="2">
-        <v>866</v>
+        <v>1060</v>
       </c>
       <c r="E12" s="2">
-        <v>908</v>
+        <v>937</v>
       </c>
       <c r="F12" s="38">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="G12" s="35"/>
       <c r="H12" s="36"/>
       <c r="I12" s="3">
-        <v>8.4295612009237894E-2</v>
+        <v>1.9811320754717001E-2</v>
       </c>
       <c r="J12" s="2">
-        <v>31</v>
+        <v>144</v>
       </c>
       <c r="K12" s="3">
-        <v>3.4140969162995603E-2</v>
+        <v>0.15368196371398099</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M12" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N12" s="35"/>
       <c r="O12" s="36"/>
       <c r="P12" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B13" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2">
-        <v>419</v>
+        <v>472</v>
       </c>
       <c r="D13" s="2">
-        <v>434</v>
+        <v>466</v>
       </c>
       <c r="E13" s="2">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="F13" s="38">
-        <v>-15</v>
+        <v>6</v>
       </c>
       <c r="G13" s="35"/>
       <c r="H13" s="36"/>
       <c r="I13" s="3">
-        <v>-3.4562211981566802E-2</v>
+        <v>1.28755364806867E-2</v>
       </c>
       <c r="J13" s="2">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K13" s="3">
-        <v>4.7500000000000001E-2</v>
+        <v>0.14841849148418501</v>
       </c>
       <c r="L13" s="3">
-        <v>0.31315396113602401</v>
+        <v>0.31196298744216799</v>
       </c>
       <c r="M13" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N13" s="35"/>
       <c r="O13" s="36"/>
       <c r="P13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B14" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="2">
-        <v>3730</v>
+        <v>3958</v>
       </c>
       <c r="D14" s="2">
-        <v>3304</v>
+        <v>3589</v>
       </c>
       <c r="E14" s="2">
-        <v>3195</v>
+        <v>3686</v>
       </c>
       <c r="F14" s="38">
-        <v>426</v>
+        <v>369</v>
       </c>
       <c r="G14" s="35"/>
       <c r="H14" s="36"/>
       <c r="I14" s="3">
-        <v>0.12893462469733699</v>
+        <v>0.102814154360546</v>
       </c>
       <c r="J14" s="2">
-        <v>535</v>
+        <v>272</v>
       </c>
       <c r="K14" s="3">
-        <v>0.167449139280125</v>
+        <v>7.37927292457949E-2</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M14" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="35"/>
       <c r="O14" s="36"/>
       <c r="P14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B15" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="2">
+        <v>31607</v>
+      </c>
+      <c r="D15" s="2">
+        <v>32120</v>
+      </c>
+      <c r="E15" s="2">
         <v>31015</v>
       </c>
-      <c r="D15" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="38">
-        <v>-925</v>
+        <v>-513</v>
       </c>
       <c r="G15" s="35"/>
       <c r="H15" s="36"/>
       <c r="I15" s="3">
-        <v>-2.8960551033187201E-2</v>
+        <v>-1.5971357409713598E-2</v>
       </c>
       <c r="J15" s="2">
-        <v>445</v>
+        <v>592</v>
       </c>
       <c r="K15" s="3">
-        <v>1.4556754988550901E-2</v>
+        <v>1.9087538287925199E-2</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M15" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N15" s="35"/>
       <c r="O15" s="36"/>
       <c r="P15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="2">
+        <v>27566</v>
+      </c>
+      <c r="D16" s="2">
+        <v>28275</v>
+      </c>
+      <c r="E16" s="2">
         <v>27268</v>
       </c>
-      <c r="D16" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="38">
-        <v>-782</v>
+        <v>-709</v>
       </c>
       <c r="G16" s="35"/>
       <c r="H16" s="36"/>
       <c r="I16" s="3">
-        <v>-2.7878787878787899E-2</v>
+        <v>-2.50751547303271E-2</v>
       </c>
       <c r="J16" s="2">
-        <v>247</v>
+        <v>298</v>
       </c>
       <c r="K16" s="3">
-        <v>9.1410384515747001E-3</v>
+        <v>1.0928560950564801E-2</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M16" s="38">
         <v>30136</v>
       </c>
       <c r="N16" s="35"/>
       <c r="O16" s="36"/>
       <c r="P16" s="2">
-        <v>-2868</v>
+        <v>-2570</v>
       </c>
       <c r="Q16" s="3">
-        <v>-9.5168569153172303E-2</v>
+        <v>-8.5280063711175996E-2</v>
       </c>
     </row>
     <row r="17" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B17" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2">
+        <v>11225</v>
+      </c>
+      <c r="D17" s="5">
+        <v>11373</v>
+      </c>
+      <c r="E17" s="2">
         <v>11207</v>
       </c>
-      <c r="D17" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="40">
-        <v>-108</v>
+        <v>-148</v>
       </c>
       <c r="G17" s="35"/>
       <c r="H17" s="36"/>
       <c r="I17" s="6">
-        <v>-9.5448519664162595E-3</v>
+        <v>-1.30132770597028E-2</v>
       </c>
       <c r="J17" s="2">
-        <v>-7</v>
+        <v>18</v>
       </c>
       <c r="K17" s="3">
-        <v>-6.2421972534332096E-4</v>
+        <v>1.6061390202552E-3</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M17" s="38">
         <v>12076</v>
       </c>
       <c r="N17" s="35"/>
       <c r="O17" s="36"/>
       <c r="P17" s="2">
-        <v>-869</v>
+        <v>-851</v>
       </c>
       <c r="Q17" s="3">
-        <v>-7.1960914210003293E-2</v>
+        <v>-7.0470354421993994E-2</v>
       </c>
     </row>
     <row r="18" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="2">
+        <v>16341</v>
+      </c>
+      <c r="D18" s="5">
+        <v>16902</v>
+      </c>
+      <c r="E18" s="2">
         <v>16061</v>
       </c>
-      <c r="D18" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="40">
-        <v>-674</v>
+        <v>-561</v>
       </c>
       <c r="G18" s="35"/>
       <c r="H18" s="36"/>
       <c r="I18" s="6">
-        <v>-4.0274873020615498E-2</v>
+        <v>-3.3191338303159401E-2</v>
       </c>
       <c r="J18" s="2">
-        <v>254</v>
+        <v>280</v>
       </c>
       <c r="K18" s="3">
-        <v>1.6068830265072401E-2</v>
+        <v>1.7433534649150099E-2</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M18" s="38">
         <v>18060</v>
       </c>
       <c r="N18" s="35"/>
       <c r="O18" s="36"/>
       <c r="P18" s="2">
-        <v>-1999</v>
+        <v>-1719</v>
       </c>
       <c r="Q18" s="3">
-        <v>-0.11068660022148399</v>
+        <v>-9.5182724252491704E-2</v>
       </c>
     </row>
     <row r="19" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B19" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="2">
+        <v>44050</v>
+      </c>
+      <c r="D19" s="5">
+        <v>45834</v>
+      </c>
+      <c r="E19" s="2">
         <v>43799</v>
       </c>
-      <c r="D19" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="40">
-        <v>-1646</v>
+        <v>-1784</v>
       </c>
       <c r="G19" s="35"/>
       <c r="H19" s="36"/>
       <c r="I19" s="6">
-        <v>-3.62196061172846E-2</v>
+        <v>-3.8923070209887903E-2</v>
       </c>
       <c r="J19" s="2">
-        <v>409</v>
+        <v>251</v>
       </c>
       <c r="K19" s="3">
-        <v>9.4261350541599408E-3</v>
+        <v>5.7307244457636001E-3</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M19" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N19" s="35"/>
       <c r="O19" s="36"/>
       <c r="P19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C20" s="2">
+        <v>19585</v>
+      </c>
+      <c r="D20" s="2">
+        <v>19857</v>
+      </c>
+      <c r="E20" s="2">
         <v>19555</v>
       </c>
-      <c r="D20" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="38">
-        <v>-236</v>
+        <v>-272</v>
       </c>
       <c r="G20" s="35"/>
       <c r="H20" s="36"/>
       <c r="I20" s="3">
-        <v>-1.19246121974635E-2</v>
+        <v>-1.3697940272951599E-2</v>
       </c>
       <c r="J20" s="2">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="K20" s="3">
-        <v>8.7009929368410302E-4</v>
+        <v>1.53413449245717E-3</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M20" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N20" s="35"/>
       <c r="O20" s="36"/>
       <c r="P20" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B21" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2">
+        <v>24465</v>
+      </c>
+      <c r="D21" s="2">
+        <v>25977</v>
+      </c>
+      <c r="E21" s="2">
         <v>24244</v>
       </c>
-      <c r="D21" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="38">
-        <v>-1410</v>
+        <v>-1512</v>
       </c>
       <c r="G21" s="35"/>
       <c r="H21" s="36"/>
       <c r="I21" s="3">
-        <v>-5.4962189132299097E-2</v>
+        <v>-5.8205335489086497E-2</v>
       </c>
       <c r="J21" s="2">
-        <v>392</v>
+        <v>221</v>
       </c>
       <c r="K21" s="3">
-        <v>1.64346805299346E-2</v>
+        <v>9.1156574822636501E-3</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M21" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N21" s="35"/>
       <c r="O21" s="36"/>
       <c r="P21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>17</v>
@@ -4057,270 +4032,270 @@
         <v>17</v>
       </c>
       <c r="K23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="L23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M23" s="37" t="s">
         <v>17</v>
       </c>
       <c r="N23" s="35"/>
       <c r="O23" s="36"/>
       <c r="P23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q23" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B24" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="2">
-        <v>7602</v>
+        <v>8411</v>
       </c>
       <c r="D24" s="2">
-        <v>6960</v>
+        <v>7951</v>
       </c>
       <c r="E24" s="2">
-        <v>642</v>
+        <v>460</v>
       </c>
       <c r="F24" s="41">
-        <v>9.2241379310344804E-2</v>
+        <v>5.7854357942397197E-2</v>
       </c>
       <c r="G24" s="35"/>
       <c r="H24" s="36"/>
       <c r="I24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M24" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N24" s="35"/>
       <c r="O24" s="36"/>
       <c r="P24" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B25" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="2">
-        <v>2164</v>
+        <v>2393</v>
       </c>
       <c r="D25" s="2">
-        <v>1969</v>
+        <v>2415</v>
       </c>
       <c r="E25" s="2">
-        <v>195</v>
+        <v>-22</v>
       </c>
       <c r="F25" s="41">
-        <v>9.9035043169121401E-2</v>
+        <v>-9.1097308488612798E-3</v>
       </c>
       <c r="G25" s="35"/>
       <c r="H25" s="36"/>
       <c r="I25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M25" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N25" s="35"/>
       <c r="O25" s="36"/>
       <c r="P25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="2">
-        <v>1583</v>
+        <v>1722</v>
       </c>
       <c r="D26" s="2">
-        <v>1380</v>
+        <v>1764</v>
       </c>
       <c r="E26" s="2">
-        <v>203</v>
+        <v>-42</v>
       </c>
       <c r="F26" s="41">
-        <v>0.14710144927536201</v>
+        <v>-2.3809523809523801E-2</v>
       </c>
       <c r="G26" s="35"/>
       <c r="H26" s="36"/>
       <c r="I26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M26" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N26" s="35"/>
       <c r="O26" s="36"/>
       <c r="P26" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B27" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="2">
-        <v>581</v>
+        <v>671</v>
       </c>
       <c r="D27" s="2">
-        <v>589</v>
+        <v>651</v>
       </c>
       <c r="E27" s="2">
-        <v>-8</v>
+        <v>20</v>
       </c>
       <c r="F27" s="41">
-        <v>-1.3582342954159599E-2</v>
+        <v>3.0721966205837201E-2</v>
       </c>
       <c r="G27" s="35"/>
       <c r="H27" s="36"/>
       <c r="I27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M27" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N27" s="35"/>
       <c r="O27" s="36"/>
       <c r="P27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="2:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B28" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="2">
-        <v>5438</v>
+        <v>6018</v>
       </c>
       <c r="D28" s="2">
-        <v>4991</v>
+        <v>5536</v>
       </c>
       <c r="E28" s="2">
-        <v>447</v>
+        <v>482</v>
       </c>
       <c r="F28" s="41">
-        <v>8.9561210178320999E-2</v>
+        <v>8.7066473988439294E-2</v>
       </c>
       <c r="G28" s="35"/>
       <c r="H28" s="36"/>
       <c r="I28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M28" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N28" s="35"/>
       <c r="O28" s="36"/>
       <c r="P28" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B29" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="2">
-        <v>1592</v>
+        <v>1749</v>
       </c>
       <c r="D29" s="2">
-        <v>1397</v>
+        <v>1767</v>
       </c>
       <c r="E29" s="2">
-        <v>195</v>
+        <v>-18</v>
       </c>
       <c r="F29" s="41">
-        <v>0.139584824624195</v>
+        <v>-1.01867572156197E-2</v>
       </c>
       <c r="G29" s="35"/>
       <c r="H29" s="36"/>
       <c r="I29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M29" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N29" s="35"/>
       <c r="O29" s="36"/>
       <c r="P29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>17</v>
@@ -4393,99 +4368,99 @@
         <v>17</v>
       </c>
       <c r="K31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="L31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M31" s="37" t="s">
         <v>17</v>
       </c>
       <c r="N31" s="35"/>
       <c r="O31" s="36"/>
       <c r="P31" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q31" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="2:17" x14ac:dyDescent="0.35">
       <c r="B32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="2">
-        <v>5068</v>
+        <v>5471</v>
       </c>
       <c r="D32" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E32" s="7">
-        <v>230.363636363636</v>
+        <v>237.869565217391</v>
       </c>
       <c r="F32" s="39" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="35"/>
       <c r="H32" s="36"/>
       <c r="I32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M32" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N32" s="35"/>
       <c r="O32" s="36"/>
       <c r="P32" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B33" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="2">
-        <v>4566</v>
+        <v>5079</v>
       </c>
       <c r="D33" s="2">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E33" s="7">
-        <v>217.42857142857099</v>
+        <v>220.826086956522</v>
       </c>
       <c r="F33" s="39" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="35"/>
       <c r="H33" s="36"/>
       <c r="I33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M33" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N33" s="35"/>
       <c r="O33" s="36"/>
       <c r="P33" s="4" t="s">
         <v>17</v>
@@ -4561,186 +4536,186 @@
         <v>44</v>
       </c>
       <c r="K35" s="1" t="s">
         <v>45</v>
       </c>
       <c r="L35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="M35" s="37" t="s">
         <v>17</v>
       </c>
       <c r="N35" s="35"/>
       <c r="O35" s="36"/>
       <c r="P35" s="1" t="s">
         <v>17</v>
       </c>
       <c r="Q35" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="26" x14ac:dyDescent="0.35">
       <c r="B36" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C36" s="2">
-        <v>28676</v>
+        <v>34051</v>
       </c>
       <c r="D36" s="2">
-        <v>27533</v>
+        <v>32612</v>
       </c>
       <c r="E36" s="2">
-        <v>1143</v>
+        <v>1439</v>
       </c>
       <c r="F36" s="41">
-        <v>4.1513819779900499E-2</v>
+        <v>4.4124862013982601E-2</v>
       </c>
       <c r="G36" s="35"/>
       <c r="H36" s="36"/>
       <c r="I36" s="2">
-        <v>30873</v>
+        <v>36492</v>
       </c>
       <c r="J36" s="2">
-        <v>-2197</v>
+        <v>-2441</v>
       </c>
       <c r="K36" s="3">
-        <v>-7.1162504453729805E-2</v>
+        <v>-6.6891373451715405E-2</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M36" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N36" s="35"/>
       <c r="O36" s="36"/>
       <c r="P36" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B37" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C37" s="2">
-        <v>8556</v>
+        <v>10069</v>
       </c>
       <c r="D37" s="2">
-        <v>8117</v>
+        <v>9607</v>
       </c>
       <c r="E37" s="2">
-        <v>439</v>
+        <v>462</v>
       </c>
       <c r="F37" s="41">
-        <v>5.4084021190094901E-2</v>
+        <v>4.8089934422816699E-2</v>
       </c>
       <c r="G37" s="35"/>
       <c r="H37" s="36"/>
       <c r="I37" s="2">
-        <v>9327</v>
+        <v>10968</v>
       </c>
       <c r="J37" s="2">
-        <v>-771</v>
+        <v>-899</v>
       </c>
       <c r="K37" s="3">
-        <v>-8.2663235767127696E-2</v>
+        <v>-8.1965718453683403E-2</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M37" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N37" s="35"/>
       <c r="O37" s="36"/>
       <c r="P37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B38" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C38" s="2">
-        <v>20120</v>
+        <v>23982</v>
       </c>
       <c r="D38" s="2">
-        <v>19416</v>
+        <v>23005</v>
       </c>
       <c r="E38" s="2">
-        <v>704</v>
+        <v>977</v>
       </c>
       <c r="F38" s="41">
-        <v>3.6258755665430603E-2</v>
+        <v>4.2469028472071298E-2</v>
       </c>
       <c r="G38" s="35"/>
       <c r="H38" s="36"/>
       <c r="I38" s="2">
-        <v>21546</v>
+        <v>25524</v>
       </c>
       <c r="J38" s="2">
-        <v>-1426</v>
+        <v>-1542</v>
       </c>
       <c r="K38" s="3">
-        <v>-6.6183978464680202E-2</v>
+        <v>-6.0413728255759302E-2</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M38" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N38" s="35"/>
       <c r="O38" s="36"/>
       <c r="P38" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.35">
       <c r="B39" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C39" s="2">
-        <v>44052</v>
+        <v>52467</v>
       </c>
       <c r="D39" s="2">
-        <v>42392</v>
+        <v>50344</v>
       </c>
       <c r="E39" s="2">
-        <v>1660</v>
+        <v>2123</v>
       </c>
       <c r="F39" s="41">
-        <v>3.9158331760709597E-2</v>
+        <v>4.2169871285555403E-2</v>
       </c>
       <c r="G39" s="35"/>
       <c r="H39" s="36"/>
       <c r="I39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M39" s="39" t="s">
         <v>17</v>
       </c>
       <c r="N39" s="35"/>
       <c r="O39" s="36"/>
       <c r="P39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>17</v>
@@ -4846,107 +4821,107 @@
     <mergeCell ref="B5:N5"/>
     <mergeCell ref="B6:N6"/>
     <mergeCell ref="B7:Q7"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="M8:O8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1200-000000000000}">
   <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
-    <col min="2" max="2" width="19.26953125" customWidth="1"/>
+    <col min="2" max="2" width="19.1796875" customWidth="1"/>
     <col min="3" max="3" width="57.1796875" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
     <col min="5" max="5" width="75.81640625" customWidth="1"/>
     <col min="6" max="6" width="0.1796875" customWidth="1"/>
     <col min="7" max="7" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:6" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" spans="1:6" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:6" ht="42.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
     </row>
     <row r="4" spans="1:6" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:6" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
     </row>
     <row r="6" spans="1:6" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
     </row>
     <row r="7" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="44" t="s">
         <v>366</v>
       </c>
       <c r="B7" s="35"/>
       <c r="C7" s="35"/>
       <c r="D7" s="35"/>
       <c r="E7" s="36"/>
     </row>
     <row r="8" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="39" t="s">
         <v>367</v>
       </c>
       <c r="B8" s="35"/>
       <c r="C8" s="35"/>
       <c r="D8" s="35"/>
       <c r="E8" s="36"/>
     </row>
-    <row r="9" spans="1:6" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="44" t="s">
         <v>368</v>
       </c>
       <c r="B9" s="36"/>
       <c r="C9" s="44" t="s">
         <v>369</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="36"/>
     </row>
     <row r="10" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="47" t="s">
         <v>370</v>
       </c>
       <c r="B10" s="36"/>
       <c r="C10" s="47" t="s">
         <v>371</v>
       </c>
       <c r="D10" s="35"/>
       <c r="E10" s="36"/>
     </row>
     <row r="11" spans="1:6" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="49" t="s">
         <v>372</v>
       </c>
@@ -5258,277 +5233,275 @@
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="B3:F3"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:O30"/>
+  <dimension ref="A2:O30"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A8" sqref="A8:N8"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A17" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="32.25" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="13.453125" customWidth="1"/>
     <col min="4" max="4" width="13.54296875" customWidth="1"/>
     <col min="5" max="6" width="13.453125" customWidth="1"/>
     <col min="7" max="7" width="0.26953125" customWidth="1"/>
     <col min="8" max="8" width="13.26953125" customWidth="1"/>
     <col min="9" max="9" width="13.453125" customWidth="1"/>
     <col min="10" max="10" width="0.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.26953125" customWidth="1"/>
     <col min="12" max="12" width="13.453125" customWidth="1"/>
-    <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="9.1796875" customWidth="1"/>
     <col min="14" max="14" width="49.1796875" customWidth="1"/>
     <col min="15" max="15" width="0.1796875" customWidth="1"/>
     <col min="16" max="16" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:15" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="H2" s="32"/>
       <c r="I2" s="32"/>
       <c r="J2" s="32"/>
     </row>
-    <row r="3" spans="1:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
     </row>
-    <row r="4" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:15" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
     </row>
-    <row r="6" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
-        <v>2</v>
+        <v>419</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="32"/>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
       <c r="J6" s="32"/>
       <c r="K6" s="32"/>
       <c r="L6" s="32"/>
       <c r="M6" s="32"/>
       <c r="N6" s="32"/>
       <c r="O6" s="32"/>
     </row>
-    <row r="7" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="43" t="s">
         <v>50</v>
       </c>
       <c r="B7" s="32"/>
       <c r="C7" s="32"/>
       <c r="D7" s="32"/>
       <c r="E7" s="32"/>
       <c r="F7" s="32"/>
       <c r="G7" s="32"/>
       <c r="H7" s="32"/>
       <c r="I7" s="32"/>
       <c r="J7" s="32"/>
       <c r="K7" s="32"/>
       <c r="L7" s="32"/>
       <c r="M7" s="32"/>
       <c r="N7" s="32"/>
     </row>
-    <row r="8" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A8" s="33" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="32"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
       <c r="I8" s="32"/>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="32"/>
       <c r="N8" s="32"/>
     </row>
-    <row r="9" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A9" s="33" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="33"/>
-[...13 lines deleted...]
-    <row r="10" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="32"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="32"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32"/>
+      <c r="I9" s="32"/>
+      <c r="J9" s="32"/>
+      <c r="K9" s="32"/>
+      <c r="L9" s="32"/>
+      <c r="M9" s="32"/>
+      <c r="N9" s="32"/>
+    </row>
+    <row r="10" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A10" s="33" t="s">
         <v>53</v>
       </c>
       <c r="B10" s="32"/>
       <c r="C10" s="32"/>
       <c r="D10" s="32"/>
       <c r="E10" s="32"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
       <c r="I10" s="32"/>
       <c r="J10" s="32"/>
       <c r="K10" s="32"/>
       <c r="L10" s="32"/>
       <c r="M10" s="32"/>
       <c r="N10" s="32"/>
     </row>
-    <row r="11" spans="1:15" ht="18.399999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" s="33" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="32"/>
       <c r="C11" s="32"/>
       <c r="D11" s="32"/>
       <c r="E11" s="32"/>
       <c r="F11" s="32"/>
       <c r="G11" s="32"/>
       <c r="H11" s="32"/>
       <c r="I11" s="32"/>
       <c r="J11" s="32"/>
       <c r="K11" s="32"/>
       <c r="L11" s="32"/>
       <c r="M11" s="32"/>
       <c r="N11" s="32"/>
     </row>
-    <row r="12" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="42"/>
       <c r="B12" s="32"/>
       <c r="C12" s="32"/>
       <c r="D12" s="32"/>
       <c r="E12" s="32"/>
       <c r="F12" s="32"/>
       <c r="G12" s="32"/>
       <c r="H12" s="32"/>
       <c r="I12" s="32"/>
       <c r="J12" s="32"/>
       <c r="K12" s="32"/>
       <c r="L12" s="32"/>
       <c r="M12" s="32"/>
       <c r="N12" s="32"/>
     </row>
-    <row r="13" spans="1:15" ht="243" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="148.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="42"/>
       <c r="B13" s="32"/>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32"/>
       <c r="H13" s="32"/>
       <c r="I13" s="32"/>
       <c r="J13" s="32"/>
       <c r="K13" s="32"/>
       <c r="L13" s="32"/>
       <c r="M13" s="32"/>
       <c r="N13" s="32"/>
     </row>
-    <row r="14" spans="1:15" ht="242.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="32.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="42"/>
       <c r="B14" s="32"/>
       <c r="C14" s="32"/>
       <c r="D14" s="32"/>
       <c r="E14" s="32"/>
       <c r="F14" s="32"/>
       <c r="G14" s="32"/>
       <c r="H14" s="32"/>
       <c r="I14" s="32"/>
       <c r="J14" s="32"/>
       <c r="K14" s="32"/>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
     </row>
-    <row r="15" spans="1:15" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="16" spans="1:15" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:15" ht="140.15" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="16" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A16" s="44" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="36"/>
       <c r="C16" s="45" t="s">
         <v>56</v>
       </c>
       <c r="D16" s="36"/>
       <c r="E16" s="45" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="36"/>
       <c r="G16" s="45" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="35"/>
       <c r="I16" s="36"/>
       <c r="J16" s="45" t="s">
         <v>42</v>
       </c>
       <c r="K16" s="35"/>
       <c r="L16" s="36"/>
     </row>
     <row r="17" spans="1:12" ht="26" x14ac:dyDescent="0.35">
       <c r="A17" s="44" t="s">
@@ -5540,440 +5513,444 @@
       </c>
       <c r="D17" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>38</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>30</v>
       </c>
       <c r="G17" s="46" t="s">
         <v>38</v>
       </c>
       <c r="H17" s="36"/>
       <c r="I17" s="8" t="s">
         <v>30</v>
       </c>
       <c r="J17" s="46" t="s">
         <v>38</v>
       </c>
       <c r="K17" s="36"/>
       <c r="L17" s="8" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" s="47" t="s">
         <v>59</v>
       </c>
       <c r="B18" s="36"/>
       <c r="C18" s="10">
         <v>4104</v>
       </c>
       <c r="D18" s="10">
         <v>6277</v>
       </c>
       <c r="E18" s="10">
         <v>3954</v>
       </c>
       <c r="F18" s="10">
         <v>6081</v>
       </c>
       <c r="G18" s="48">
-        <v>4699</v>
+        <v>4700</v>
       </c>
       <c r="H18" s="36"/>
       <c r="I18" s="10">
-        <v>7277</v>
+        <v>7281</v>
       </c>
       <c r="J18" s="48">
-        <v>4571</v>
+        <v>4569</v>
       </c>
       <c r="K18" s="36"/>
       <c r="L18" s="10">
-        <v>7015</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7014</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" s="49" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="12">
         <v>4736</v>
       </c>
       <c r="D19" s="12">
         <v>7369</v>
       </c>
       <c r="E19" s="12">
         <v>4575</v>
       </c>
       <c r="F19" s="12">
         <v>7139</v>
       </c>
       <c r="G19" s="50">
-        <v>4691</v>
+        <v>4693</v>
       </c>
       <c r="H19" s="36"/>
       <c r="I19" s="12">
         <v>7292</v>
       </c>
       <c r="J19" s="50">
-        <v>4717</v>
+        <v>4715</v>
       </c>
       <c r="K19" s="36"/>
       <c r="L19" s="12">
-        <v>7316</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7306</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A20" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="10">
         <v>4739</v>
       </c>
       <c r="D20" s="10">
         <v>7405</v>
       </c>
       <c r="E20" s="10">
         <v>4961</v>
       </c>
       <c r="F20" s="10">
-        <v>7703</v>
+        <v>7704</v>
       </c>
       <c r="G20" s="48">
         <v>3994</v>
       </c>
       <c r="H20" s="36"/>
       <c r="I20" s="10">
-        <v>6175</v>
+        <v>6174</v>
       </c>
       <c r="J20" s="48">
-        <v>4722</v>
+        <v>4714</v>
       </c>
       <c r="K20" s="36"/>
       <c r="L20" s="10">
-        <v>7287</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7276</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A21" s="49" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="12">
         <v>4747</v>
       </c>
       <c r="D21" s="12">
         <v>7509</v>
       </c>
       <c r="E21" s="12">
-        <v>4741</v>
+        <v>4739</v>
       </c>
       <c r="F21" s="12">
-        <v>7341</v>
+        <v>7336</v>
       </c>
       <c r="G21" s="50">
-        <v>5062</v>
+        <v>5061</v>
       </c>
       <c r="H21" s="36"/>
       <c r="I21" s="12">
-        <v>7755</v>
+        <v>7754</v>
       </c>
       <c r="J21" s="50">
-        <v>5114</v>
+        <v>5104</v>
       </c>
       <c r="K21" s="36"/>
       <c r="L21" s="12">
-        <v>7920</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7907</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A22" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="36"/>
       <c r="C22" s="10">
         <v>4901</v>
       </c>
       <c r="D22" s="10">
         <v>7621</v>
       </c>
       <c r="E22" s="10">
         <v>4842</v>
       </c>
       <c r="F22" s="10">
         <v>7458</v>
       </c>
       <c r="G22" s="48">
-        <v>4521</v>
+        <v>4519</v>
       </c>
       <c r="H22" s="36"/>
       <c r="I22" s="10">
-        <v>6933</v>
+        <v>6932</v>
       </c>
       <c r="J22" s="48">
-        <v>4484</v>
+        <v>4458</v>
       </c>
       <c r="K22" s="36"/>
       <c r="L22" s="10">
-        <v>6912</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+        <v>6881</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A23" s="49" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="12">
-        <v>4644</v>
+        <v>4643</v>
       </c>
       <c r="D23" s="12">
-        <v>7142</v>
+        <v>7140</v>
       </c>
       <c r="E23" s="12">
-        <v>4209</v>
+        <v>4211</v>
       </c>
       <c r="F23" s="12">
-        <v>6520</v>
+        <v>6523</v>
       </c>
       <c r="G23" s="50">
         <v>4566</v>
       </c>
       <c r="H23" s="36"/>
       <c r="I23" s="12">
         <v>6960</v>
       </c>
       <c r="J23" s="50">
-        <v>5068</v>
+        <v>5020</v>
       </c>
       <c r="K23" s="36"/>
       <c r="L23" s="12">
-        <v>7602</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+        <v>7672</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A24" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="10">
         <v>4855</v>
       </c>
       <c r="D24" s="10">
         <v>7590</v>
       </c>
       <c r="E24" s="10">
-        <v>4953</v>
+        <v>4952</v>
       </c>
       <c r="F24" s="10">
         <v>7692</v>
       </c>
       <c r="G24" s="48">
-        <v>5078</v>
+        <v>5079</v>
       </c>
       <c r="H24" s="36"/>
       <c r="I24" s="10">
-        <v>7948</v>
-[...1 lines deleted...]
-      <c r="J24" s="47"/>
+        <v>7951</v>
+      </c>
+      <c r="J24" s="48">
+        <v>5471</v>
+      </c>
       <c r="K24" s="36"/>
-      <c r="L24" s="9"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="L24" s="10">
+        <v>8411</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A25" s="49" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="12">
         <v>5057</v>
       </c>
       <c r="D25" s="12">
         <v>7881</v>
       </c>
       <c r="E25" s="12">
-        <v>4820</v>
+        <v>4819</v>
       </c>
       <c r="F25" s="12">
-        <v>7543</v>
+        <v>7539</v>
       </c>
       <c r="G25" s="50">
-        <v>4465</v>
+        <v>4464</v>
       </c>
       <c r="H25" s="36"/>
       <c r="I25" s="12">
-        <v>6794</v>
+        <v>6796</v>
       </c>
       <c r="J25" s="49"/>
       <c r="K25" s="36"/>
       <c r="L25" s="11"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A26" s="47" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="36"/>
       <c r="C26" s="10">
         <v>4049</v>
       </c>
       <c r="D26" s="10">
         <v>6392</v>
       </c>
       <c r="E26" s="10">
-        <v>3834</v>
+        <v>3835</v>
       </c>
       <c r="F26" s="10">
-        <v>5992</v>
+        <v>5994</v>
       </c>
       <c r="G26" s="48">
-        <v>3973</v>
+        <v>3974</v>
       </c>
       <c r="H26" s="36"/>
       <c r="I26" s="10">
-        <v>6167</v>
+        <v>6165</v>
       </c>
       <c r="J26" s="47"/>
       <c r="K26" s="36"/>
       <c r="L26" s="9"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A27" s="49" t="s">
         <v>68</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="12">
         <v>4541</v>
       </c>
       <c r="D27" s="12">
         <v>6993</v>
       </c>
       <c r="E27" s="12">
         <v>4997</v>
       </c>
       <c r="F27" s="12">
-        <v>7729</v>
+        <v>7727</v>
       </c>
       <c r="G27" s="50">
-        <v>4742</v>
+        <v>4743</v>
       </c>
       <c r="H27" s="36"/>
       <c r="I27" s="12">
-        <v>7251</v>
+        <v>7253</v>
       </c>
       <c r="J27" s="49"/>
       <c r="K27" s="36"/>
       <c r="L27" s="11"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A28" s="47" t="s">
         <v>69</v>
       </c>
       <c r="B28" s="36"/>
       <c r="C28" s="10">
-        <v>4575</v>
+        <v>4577</v>
       </c>
       <c r="D28" s="10">
-        <v>6989</v>
+        <v>6993</v>
       </c>
       <c r="E28" s="10">
-        <v>4858</v>
+        <v>4860</v>
       </c>
       <c r="F28" s="10">
-        <v>7560</v>
+        <v>7563</v>
       </c>
       <c r="G28" s="48">
-        <v>4559</v>
+        <v>4556</v>
       </c>
       <c r="H28" s="36"/>
       <c r="I28" s="10">
-        <v>7112</v>
+        <v>7105</v>
       </c>
       <c r="J28" s="47"/>
       <c r="K28" s="36"/>
       <c r="L28" s="9"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A29" s="49" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="12">
         <v>5264</v>
       </c>
       <c r="D29" s="12">
         <v>8135</v>
       </c>
       <c r="E29" s="12">
-        <v>4790</v>
+        <v>4791</v>
       </c>
       <c r="F29" s="12">
-        <v>7344</v>
+        <v>7343</v>
       </c>
       <c r="G29" s="50">
-        <v>4832</v>
+        <v>4828</v>
       </c>
       <c r="H29" s="36"/>
       <c r="I29" s="12">
-        <v>7403</v>
+        <v>7404</v>
       </c>
       <c r="J29" s="49"/>
       <c r="K29" s="36"/>
       <c r="L29" s="11"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:12" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A30" s="44" t="s">
         <v>71</v>
       </c>
       <c r="B30" s="36"/>
       <c r="C30" s="13">
-        <v>56212</v>
+        <v>56213</v>
       </c>
       <c r="D30" s="13">
-        <v>87303</v>
+        <v>87305</v>
       </c>
       <c r="E30" s="13">
-        <v>55534</v>
+        <v>55536</v>
       </c>
       <c r="F30" s="13">
-        <v>86102</v>
+        <v>86099</v>
       </c>
       <c r="G30" s="51">
-        <v>55182</v>
+        <v>55177</v>
       </c>
       <c r="H30" s="36"/>
       <c r="I30" s="13">
         <v>85067</v>
       </c>
       <c r="J30" s="51">
-        <v>28676</v>
+        <v>34051</v>
       </c>
       <c r="K30" s="36"/>
       <c r="L30" s="13">
-        <v>44052</v>
+        <v>52467</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="58">
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="G29:H29"/>
     <mergeCell ref="J29:K29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="G30:H30"/>
     <mergeCell ref="J30:K30"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="G27:H27"/>
     <mergeCell ref="J27:K27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="G28:H28"/>
     <mergeCell ref="J28:K28"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="G25:H25"/>
     <mergeCell ref="J25:K25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="G26:H26"/>
     <mergeCell ref="J26:K26"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="G23:H23"/>
     <mergeCell ref="J23:K23"/>
@@ -6004,123 +5981,123 @@
     <mergeCell ref="E16:F16"/>
     <mergeCell ref="G16:I16"/>
     <mergeCell ref="J16:L16"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A9:N9"/>
     <mergeCell ref="A10:N10"/>
     <mergeCell ref="A11:N11"/>
     <mergeCell ref="A12:N13"/>
     <mergeCell ref="H2:J2"/>
     <mergeCell ref="B3:O3"/>
     <mergeCell ref="B5:O5"/>
     <mergeCell ref="B6:O6"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AE26"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft"/>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="AB28" sqref="AB28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="25.81640625" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" customWidth="1"/>
-    <col min="4" max="4" width="13.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.54296875" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" customWidth="1"/>
     <col min="6" max="6" width="8.81640625" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" customWidth="1"/>
     <col min="8" max="8" width="13.81640625" customWidth="1"/>
     <col min="9" max="9" width="8.26953125" customWidth="1"/>
     <col min="10" max="10" width="5.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.81640625" customWidth="1"/>
-    <col min="12" max="12" width="13.7265625" customWidth="1"/>
+    <col min="12" max="12" width="13.54296875" customWidth="1"/>
     <col min="13" max="13" width="13.81640625" customWidth="1"/>
-    <col min="14" max="14" width="13.7265625" customWidth="1"/>
-    <col min="15" max="15" width="11.7265625" customWidth="1"/>
+    <col min="14" max="14" width="13.54296875" customWidth="1"/>
+    <col min="15" max="15" width="11.81640625" customWidth="1"/>
     <col min="16" max="16" width="2.1796875" customWidth="1"/>
-    <col min="17" max="17" width="1.7265625" customWidth="1"/>
+    <col min="17" max="17" width="1.54296875" customWidth="1"/>
     <col min="18" max="18" width="0.1796875" customWidth="1"/>
-    <col min="19" max="19" width="11.7265625" customWidth="1"/>
+    <col min="19" max="19" width="11.81640625" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" customWidth="1"/>
-    <col min="21" max="21" width="13.7265625" customWidth="1"/>
+    <col min="21" max="21" width="13.54296875" customWidth="1"/>
     <col min="22" max="22" width="13.81640625" customWidth="1"/>
-    <col min="23" max="23" width="13.7265625" customWidth="1"/>
+    <col min="23" max="23" width="13.54296875" customWidth="1"/>
     <col min="24" max="24" width="13.81640625" customWidth="1"/>
-    <col min="25" max="25" width="13.7265625" customWidth="1"/>
+    <col min="25" max="25" width="13.54296875" customWidth="1"/>
     <col min="26" max="26" width="13.81640625" customWidth="1"/>
-    <col min="27" max="27" width="13.7265625" customWidth="1"/>
+    <col min="27" max="27" width="13.54296875" customWidth="1"/>
     <col min="28" max="28" width="13.81640625" customWidth="1"/>
-    <col min="29" max="29" width="13.7265625" customWidth="1"/>
+    <col min="29" max="29" width="13.54296875" customWidth="1"/>
     <col min="30" max="30" width="13.81640625" customWidth="1"/>
-    <col min="31" max="31" width="13.7265625" customWidth="1"/>
+    <col min="31" max="31" width="13.54296875" customWidth="1"/>
     <col min="32" max="32" width="0" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="125.7265625" customWidth="1"/>
     <col min="34" max="34" width="0" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="30.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:31" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:31" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:31" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
       <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
       <c r="Q3" s="32"/>
       <c r="R3" s="32"/>
     </row>
     <row r="4" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:31" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:31" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="32"/>
       <c r="Q5" s="32"/>
       <c r="R5" s="32"/>
     </row>
     <row r="6" spans="1:31" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
@@ -6161,51 +6138,51 @@
       <c r="P7" s="32"/>
       <c r="Q7" s="32"/>
     </row>
     <row r="8" spans="1:31" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="33" t="s">
         <v>72</v>
       </c>
       <c r="B8" s="32"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
       <c r="I8" s="32"/>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="32"/>
       <c r="N8" s="32"/>
       <c r="O8" s="32"/>
       <c r="P8" s="32"/>
       <c r="Q8" s="32"/>
     </row>
     <row r="9" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="10" spans="1:31" ht="250.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:31" ht="251.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="42"/>
       <c r="B10" s="32"/>
       <c r="C10" s="32"/>
       <c r="D10" s="32"/>
       <c r="E10" s="32"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
       <c r="I10" s="32"/>
       <c r="J10" s="32"/>
       <c r="K10" s="32"/>
       <c r="L10" s="32"/>
       <c r="M10" s="32"/>
       <c r="N10" s="32"/>
       <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="44" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="45" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="36"/>
@@ -6391,60 +6368,60 @@
       <c r="T13" s="10">
         <v>3918</v>
       </c>
       <c r="U13" s="10">
         <v>6155</v>
       </c>
       <c r="V13" s="10">
         <v>4907</v>
       </c>
       <c r="W13" s="10">
         <v>7603</v>
       </c>
       <c r="X13" s="10">
         <v>4104</v>
       </c>
       <c r="Y13" s="10">
         <v>6277</v>
       </c>
       <c r="Z13" s="10">
         <v>3954</v>
       </c>
       <c r="AA13" s="10">
         <v>6081</v>
       </c>
       <c r="AB13" s="10">
-        <v>4699</v>
+        <v>4700</v>
       </c>
       <c r="AC13" s="10">
-        <v>7277</v>
+        <v>7281</v>
       </c>
       <c r="AD13" s="10">
-        <v>4571</v>
+        <v>4569</v>
       </c>
       <c r="AE13" s="10">
-        <v>7015</v>
+        <v>7014</v>
       </c>
     </row>
     <row r="14" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A14" s="49" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="36"/>
       <c r="C14" s="12">
         <v>3286</v>
       </c>
       <c r="D14" s="12">
         <v>5084</v>
       </c>
       <c r="E14" s="12">
         <v>4009</v>
       </c>
       <c r="F14" s="50">
         <v>6221</v>
       </c>
       <c r="G14" s="36"/>
       <c r="H14" s="12">
         <v>4683</v>
       </c>
       <c r="I14" s="50">
         <v>7207</v>
@@ -6474,60 +6451,60 @@
       <c r="T14" s="12">
         <v>4770</v>
       </c>
       <c r="U14" s="12">
         <v>7529</v>
       </c>
       <c r="V14" s="12">
         <v>4832</v>
       </c>
       <c r="W14" s="12">
         <v>7517</v>
       </c>
       <c r="X14" s="12">
         <v>4736</v>
       </c>
       <c r="Y14" s="12">
         <v>7369</v>
       </c>
       <c r="Z14" s="12">
         <v>4575</v>
       </c>
       <c r="AA14" s="12">
         <v>7139</v>
       </c>
       <c r="AB14" s="12">
-        <v>4691</v>
+        <v>4693</v>
       </c>
       <c r="AC14" s="12">
         <v>7292</v>
       </c>
       <c r="AD14" s="12">
-        <v>4717</v>
+        <v>4715</v>
       </c>
       <c r="AE14" s="12">
-        <v>7316</v>
+        <v>7306</v>
       </c>
     </row>
     <row r="15" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A15" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="10">
         <v>3805</v>
       </c>
       <c r="D15" s="10">
         <v>5976</v>
       </c>
       <c r="E15" s="10">
         <v>4832</v>
       </c>
       <c r="F15" s="48">
         <v>7473</v>
       </c>
       <c r="G15" s="36"/>
       <c r="H15" s="10">
         <v>5122</v>
       </c>
       <c r="I15" s="48">
         <v>8006</v>
@@ -6554,63 +6531,63 @@
       </c>
       <c r="R15" s="35"/>
       <c r="S15" s="36"/>
       <c r="T15" s="10">
         <v>5318</v>
       </c>
       <c r="U15" s="10">
         <v>8299</v>
       </c>
       <c r="V15" s="10">
         <v>5412</v>
       </c>
       <c r="W15" s="10">
         <v>8340</v>
       </c>
       <c r="X15" s="10">
         <v>4739</v>
       </c>
       <c r="Y15" s="10">
         <v>7405</v>
       </c>
       <c r="Z15" s="10">
         <v>4961</v>
       </c>
       <c r="AA15" s="10">
-        <v>7703</v>
+        <v>7704</v>
       </c>
       <c r="AB15" s="10">
         <v>3994</v>
       </c>
       <c r="AC15" s="10">
-        <v>6175</v>
+        <v>6174</v>
       </c>
       <c r="AD15" s="10">
-        <v>4722</v>
+        <v>4714</v>
       </c>
       <c r="AE15" s="10">
-        <v>7287</v>
+        <v>7276</v>
       </c>
     </row>
     <row r="16" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A16" s="49" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="36"/>
       <c r="C16" s="12">
         <v>4219</v>
       </c>
       <c r="D16" s="12">
         <v>6650</v>
       </c>
       <c r="E16" s="12">
         <v>4960</v>
       </c>
       <c r="F16" s="50">
         <v>7654</v>
       </c>
       <c r="G16" s="36"/>
       <c r="H16" s="12">
         <v>5009</v>
       </c>
       <c r="I16" s="50">
         <v>7752</v>
@@ -6625,75 +6602,75 @@
       <c r="M16" s="12">
         <v>5275</v>
       </c>
       <c r="N16" s="12">
         <v>8399</v>
       </c>
       <c r="O16" s="50">
         <v>6005</v>
       </c>
       <c r="P16" s="36"/>
       <c r="Q16" s="50">
         <v>9386</v>
       </c>
       <c r="R16" s="35"/>
       <c r="S16" s="36"/>
       <c r="T16" s="12">
         <v>6243</v>
       </c>
       <c r="U16" s="12">
         <v>9680</v>
       </c>
       <c r="V16" s="12">
         <v>5168</v>
       </c>
       <c r="W16" s="12">
-        <v>8084</v>
+        <v>8085</v>
       </c>
       <c r="X16" s="12">
         <v>4747</v>
       </c>
       <c r="Y16" s="12">
         <v>7509</v>
       </c>
       <c r="Z16" s="12">
-        <v>4741</v>
+        <v>4739</v>
       </c>
       <c r="AA16" s="12">
-        <v>7341</v>
+        <v>7336</v>
       </c>
       <c r="AB16" s="12">
-        <v>5062</v>
+        <v>5061</v>
       </c>
       <c r="AC16" s="12">
-        <v>7755</v>
+        <v>7754</v>
       </c>
       <c r="AD16" s="12">
-        <v>5114</v>
+        <v>5104</v>
       </c>
       <c r="AE16" s="12">
-        <v>7920</v>
+        <v>7907</v>
       </c>
     </row>
     <row r="17" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A17" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="10">
         <v>3669</v>
       </c>
       <c r="D17" s="10">
         <v>5711</v>
       </c>
       <c r="E17" s="10">
         <v>4174</v>
       </c>
       <c r="F17" s="48">
         <v>6386</v>
       </c>
       <c r="G17" s="36"/>
       <c r="H17" s="10">
         <v>5050</v>
       </c>
       <c r="I17" s="48">
         <v>7885</v>
@@ -6723,60 +6700,60 @@
       <c r="T17" s="10">
         <v>5134</v>
       </c>
       <c r="U17" s="10">
         <v>7948</v>
       </c>
       <c r="V17" s="10">
         <v>4568</v>
       </c>
       <c r="W17" s="10">
         <v>7033</v>
       </c>
       <c r="X17" s="10">
         <v>4901</v>
       </c>
       <c r="Y17" s="10">
         <v>7621</v>
       </c>
       <c r="Z17" s="10">
         <v>4842</v>
       </c>
       <c r="AA17" s="10">
         <v>7458</v>
       </c>
       <c r="AB17" s="10">
-        <v>4521</v>
+        <v>4519</v>
       </c>
       <c r="AC17" s="10">
-        <v>6933</v>
+        <v>6932</v>
       </c>
       <c r="AD17" s="10">
-        <v>4484</v>
+        <v>4458</v>
       </c>
       <c r="AE17" s="10">
-        <v>6912</v>
+        <v>6881</v>
       </c>
     </row>
     <row r="18" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A18" s="49" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="36"/>
       <c r="C18" s="12">
         <v>4056</v>
       </c>
       <c r="D18" s="12">
         <v>6345</v>
       </c>
       <c r="E18" s="12">
         <v>4318</v>
       </c>
       <c r="F18" s="50">
         <v>6668</v>
       </c>
       <c r="G18" s="36"/>
       <c r="H18" s="12">
         <v>5041</v>
       </c>
       <c r="I18" s="50">
         <v>7771</v>
@@ -6794,72 +6771,72 @@
       <c r="N18" s="12">
         <v>7620</v>
       </c>
       <c r="O18" s="50">
         <v>5111</v>
       </c>
       <c r="P18" s="36"/>
       <c r="Q18" s="50">
         <v>7939</v>
       </c>
       <c r="R18" s="35"/>
       <c r="S18" s="36"/>
       <c r="T18" s="12">
         <v>5669</v>
       </c>
       <c r="U18" s="12">
         <v>8820</v>
       </c>
       <c r="V18" s="12">
         <v>4812</v>
       </c>
       <c r="W18" s="12">
         <v>7458</v>
       </c>
       <c r="X18" s="12">
-        <v>4644</v>
+        <v>4643</v>
       </c>
       <c r="Y18" s="12">
-        <v>7142</v>
+        <v>7140</v>
       </c>
       <c r="Z18" s="12">
-        <v>4209</v>
+        <v>4211</v>
       </c>
       <c r="AA18" s="12">
-        <v>6520</v>
+        <v>6523</v>
       </c>
       <c r="AB18" s="12">
         <v>4566</v>
       </c>
       <c r="AC18" s="12">
         <v>6960</v>
       </c>
       <c r="AD18" s="12">
-        <v>5068</v>
+        <v>5020</v>
       </c>
       <c r="AE18" s="12">
-        <v>7602</v>
+        <v>7672</v>
       </c>
     </row>
     <row r="19" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A19" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="10">
         <v>4709</v>
       </c>
       <c r="D19" s="10">
         <v>7266</v>
       </c>
       <c r="E19" s="10">
         <v>4631</v>
       </c>
       <c r="F19" s="48">
         <v>7112</v>
       </c>
       <c r="G19" s="36"/>
       <c r="H19" s="10">
         <v>4860</v>
       </c>
       <c r="I19" s="48">
         <v>7543</v>
@@ -6883,63 +6860,67 @@
       <c r="P19" s="36"/>
       <c r="Q19" s="48">
         <v>9180</v>
       </c>
       <c r="R19" s="35"/>
       <c r="S19" s="36"/>
       <c r="T19" s="10">
         <v>5707</v>
       </c>
       <c r="U19" s="10">
         <v>8855</v>
       </c>
       <c r="V19" s="10">
         <v>4753</v>
       </c>
       <c r="W19" s="10">
         <v>7573</v>
       </c>
       <c r="X19" s="10">
         <v>4855</v>
       </c>
       <c r="Y19" s="10">
         <v>7590</v>
       </c>
       <c r="Z19" s="10">
-        <v>4953</v>
+        <v>4952</v>
       </c>
       <c r="AA19" s="10">
         <v>7692</v>
       </c>
       <c r="AB19" s="10">
-        <v>5078</v>
+        <v>5079</v>
       </c>
       <c r="AC19" s="10">
-        <v>7948</v>
-[...2 lines deleted...]
-      <c r="AE19" s="9"/>
+        <v>7951</v>
+      </c>
+      <c r="AD19" s="10">
+        <v>5471</v>
+      </c>
+      <c r="AE19" s="10">
+        <v>8411</v>
+      </c>
     </row>
     <row r="20" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A20" s="49" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="12">
         <v>4269</v>
       </c>
       <c r="D20" s="12">
         <v>6613</v>
       </c>
       <c r="E20" s="12">
         <v>4720</v>
       </c>
       <c r="F20" s="50">
         <v>7305</v>
       </c>
       <c r="G20" s="36"/>
       <c r="H20" s="12">
         <v>5128</v>
       </c>
       <c r="I20" s="50">
         <v>7906</v>
       </c>
@@ -6962,60 +6943,60 @@
       <c r="P20" s="36"/>
       <c r="Q20" s="50">
         <v>8490</v>
       </c>
       <c r="R20" s="35"/>
       <c r="S20" s="36"/>
       <c r="T20" s="12">
         <v>5498</v>
       </c>
       <c r="U20" s="12">
         <v>8388</v>
       </c>
       <c r="V20" s="12">
         <v>5015</v>
       </c>
       <c r="W20" s="12">
         <v>7715</v>
       </c>
       <c r="X20" s="12">
         <v>5057</v>
       </c>
       <c r="Y20" s="12">
         <v>7881</v>
       </c>
       <c r="Z20" s="12">
-        <v>4820</v>
+        <v>4819</v>
       </c>
       <c r="AA20" s="12">
-        <v>7543</v>
+        <v>7539</v>
       </c>
       <c r="AB20" s="12">
-        <v>4465</v>
+        <v>4464</v>
       </c>
       <c r="AC20" s="12">
-        <v>6794</v>
+        <v>6796</v>
       </c>
       <c r="AD20" s="11"/>
       <c r="AE20" s="11"/>
     </row>
     <row r="21" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A21" s="47" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="10">
         <v>3884</v>
       </c>
       <c r="D21" s="10">
         <v>6054</v>
       </c>
       <c r="E21" s="10">
         <v>4309</v>
       </c>
       <c r="F21" s="48">
         <v>6752</v>
       </c>
       <c r="G21" s="36"/>
       <c r="H21" s="10">
         <v>4235</v>
       </c>
@@ -7041,60 +7022,60 @@
       <c r="P21" s="36"/>
       <c r="Q21" s="48">
         <v>7045</v>
       </c>
       <c r="R21" s="35"/>
       <c r="S21" s="36"/>
       <c r="T21" s="10">
         <v>4804</v>
       </c>
       <c r="U21" s="10">
         <v>7421</v>
       </c>
       <c r="V21" s="10">
         <v>4254</v>
       </c>
       <c r="W21" s="10">
         <v>6667</v>
       </c>
       <c r="X21" s="10">
         <v>4049</v>
       </c>
       <c r="Y21" s="10">
         <v>6392</v>
       </c>
       <c r="Z21" s="10">
-        <v>3834</v>
+        <v>3835</v>
       </c>
       <c r="AA21" s="10">
-        <v>5992</v>
+        <v>5994</v>
       </c>
       <c r="AB21" s="10">
-        <v>3973</v>
+        <v>3974</v>
       </c>
       <c r="AC21" s="10">
-        <v>6167</v>
+        <v>6165</v>
       </c>
       <c r="AD21" s="9"/>
       <c r="AE21" s="9"/>
     </row>
     <row r="22" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A22" s="49" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="36"/>
       <c r="C22" s="12">
         <v>3930</v>
       </c>
       <c r="D22" s="12">
         <v>5998</v>
       </c>
       <c r="E22" s="12">
         <v>4268</v>
       </c>
       <c r="F22" s="50">
         <v>6611</v>
       </c>
       <c r="G22" s="36"/>
       <c r="H22" s="12">
         <v>4707</v>
       </c>
@@ -7123,57 +7104,57 @@
       </c>
       <c r="R22" s="35"/>
       <c r="S22" s="36"/>
       <c r="T22" s="12">
         <v>4686</v>
       </c>
       <c r="U22" s="12">
         <v>7206</v>
       </c>
       <c r="V22" s="12">
         <v>4506</v>
       </c>
       <c r="W22" s="12">
         <v>7020</v>
       </c>
       <c r="X22" s="12">
         <v>4541</v>
       </c>
       <c r="Y22" s="12">
         <v>6993</v>
       </c>
       <c r="Z22" s="12">
         <v>4997</v>
       </c>
       <c r="AA22" s="12">
-        <v>7729</v>
+        <v>7727</v>
       </c>
       <c r="AB22" s="12">
-        <v>4742</v>
+        <v>4743</v>
       </c>
       <c r="AC22" s="12">
-        <v>7251</v>
+        <v>7253</v>
       </c>
       <c r="AD22" s="11"/>
       <c r="AE22" s="11"/>
     </row>
     <row r="23" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A23" s="47" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="10">
         <v>4213</v>
       </c>
       <c r="D23" s="10">
         <v>6591</v>
       </c>
       <c r="E23" s="10">
         <v>4890</v>
       </c>
       <c r="F23" s="48">
         <v>7555</v>
       </c>
       <c r="G23" s="36"/>
       <c r="H23" s="10">
         <v>4838</v>
       </c>
@@ -7193,66 +7174,66 @@
       <c r="N23" s="10">
         <v>7859</v>
       </c>
       <c r="O23" s="48">
         <v>5207</v>
       </c>
       <c r="P23" s="36"/>
       <c r="Q23" s="48">
         <v>8134</v>
       </c>
       <c r="R23" s="35"/>
       <c r="S23" s="36"/>
       <c r="T23" s="10">
         <v>5082</v>
       </c>
       <c r="U23" s="10">
         <v>7810</v>
       </c>
       <c r="V23" s="10">
         <v>4657</v>
       </c>
       <c r="W23" s="10">
         <v>7237</v>
       </c>
       <c r="X23" s="10">
-        <v>4575</v>
+        <v>4577</v>
       </c>
       <c r="Y23" s="10">
-        <v>6989</v>
+        <v>6993</v>
       </c>
       <c r="Z23" s="10">
-        <v>4858</v>
+        <v>4860</v>
       </c>
       <c r="AA23" s="10">
-        <v>7560</v>
+        <v>7563</v>
       </c>
       <c r="AB23" s="10">
-        <v>4559</v>
+        <v>4556</v>
       </c>
       <c r="AC23" s="10">
-        <v>7112</v>
+        <v>7105</v>
       </c>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
     </row>
     <row r="24" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A24" s="49" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="12">
         <v>4576</v>
       </c>
       <c r="D24" s="12">
         <v>7150</v>
       </c>
       <c r="E24" s="12">
         <v>4952</v>
       </c>
       <c r="F24" s="50">
         <v>7584</v>
       </c>
       <c r="G24" s="36"/>
       <c r="H24" s="12">
         <v>5526</v>
       </c>
@@ -7266,72 +7247,72 @@
       <c r="L24" s="12">
         <v>8241</v>
       </c>
       <c r="M24" s="12">
         <v>5650</v>
       </c>
       <c r="N24" s="12">
         <v>8767</v>
       </c>
       <c r="O24" s="50">
         <v>4798</v>
       </c>
       <c r="P24" s="36"/>
       <c r="Q24" s="50">
         <v>7441</v>
       </c>
       <c r="R24" s="35"/>
       <c r="S24" s="36"/>
       <c r="T24" s="12">
         <v>6152</v>
       </c>
       <c r="U24" s="12">
         <v>9602</v>
       </c>
       <c r="V24" s="12">
-        <v>5304</v>
+        <v>5303</v>
       </c>
       <c r="W24" s="12">
-        <v>8287</v>
+        <v>8285</v>
       </c>
       <c r="X24" s="12">
         <v>5264</v>
       </c>
       <c r="Y24" s="12">
         <v>8135</v>
       </c>
       <c r="Z24" s="12">
-        <v>4790</v>
+        <v>4791</v>
       </c>
       <c r="AA24" s="12">
-        <v>7344</v>
+        <v>7343</v>
       </c>
       <c r="AB24" s="12">
-        <v>4832</v>
+        <v>4828</v>
       </c>
       <c r="AC24" s="12">
-        <v>7403</v>
+        <v>7404</v>
       </c>
       <c r="AD24" s="11"/>
       <c r="AE24" s="11"/>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="13">
         <v>48893</v>
       </c>
       <c r="D25" s="13">
         <v>75996</v>
       </c>
       <c r="E25" s="13">
         <v>54220</v>
       </c>
       <c r="F25" s="51">
         <v>83699</v>
       </c>
       <c r="G25" s="36"/>
       <c r="H25" s="13">
         <v>59260</v>
       </c>
@@ -7345,78 +7326,78 @@
       <c r="L25" s="13">
         <v>94503</v>
       </c>
       <c r="M25" s="13">
         <v>62207</v>
       </c>
       <c r="N25" s="13">
         <v>97125</v>
       </c>
       <c r="O25" s="51">
         <v>63473</v>
       </c>
       <c r="P25" s="36"/>
       <c r="Q25" s="51">
         <v>98763</v>
       </c>
       <c r="R25" s="35"/>
       <c r="S25" s="36"/>
       <c r="T25" s="13">
         <v>62981</v>
       </c>
       <c r="U25" s="13">
         <v>97713</v>
       </c>
       <c r="V25" s="13">
-        <v>58188</v>
+        <v>58187</v>
       </c>
       <c r="W25" s="13">
-        <v>90534</v>
+        <v>90533</v>
       </c>
       <c r="X25" s="13">
-        <v>56212</v>
+        <v>56213</v>
       </c>
       <c r="Y25" s="13">
-        <v>87303</v>
+        <v>87305</v>
       </c>
       <c r="Z25" s="13">
-        <v>55534</v>
+        <v>55536</v>
       </c>
       <c r="AA25" s="13">
-        <v>86102</v>
+        <v>86099</v>
       </c>
       <c r="AB25" s="13">
-        <v>55182</v>
+        <v>55177</v>
       </c>
       <c r="AC25" s="13">
         <v>85067</v>
       </c>
       <c r="AD25" s="13">
-        <v>28676</v>
+        <v>34051</v>
       </c>
       <c r="AE25" s="13">
-        <v>44052</v>
+        <v>52467</v>
       </c>
     </row>
     <row r="26" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="90">
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="F25:G25"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="O25:P25"/>
     <mergeCell ref="Q25:S25"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="F24:G24"/>
     <mergeCell ref="I24:J24"/>
     <mergeCell ref="O24:P24"/>
     <mergeCell ref="Q24:S24"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="I23:J23"/>
     <mergeCell ref="O23:P23"/>
     <mergeCell ref="Q23:S23"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="O22:P22"/>
     <mergeCell ref="Q22:S22"/>
@@ -7480,137 +7461,137 @@
     <mergeCell ref="A10:O10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:S11"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="B3:R3"/>
     <mergeCell ref="B5:R5"/>
     <mergeCell ref="B6:R6"/>
     <mergeCell ref="A7:Q7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AZ30"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="AP1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="AX29" sqref="AX29:AZ30"/>
+      <selection pane="bottomLeft" activeCell="AZ30" sqref="AV30:AZ30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
-    <col min="2" max="2" width="30.81640625" customWidth="1"/>
-    <col min="3" max="3" width="17.81640625" customWidth="1"/>
+    <col min="2" max="2" width="31" customWidth="1"/>
+    <col min="3" max="3" width="18" customWidth="1"/>
     <col min="4" max="4" width="16.26953125" customWidth="1"/>
     <col min="5" max="5" width="11.1796875" customWidth="1"/>
     <col min="6" max="6" width="2.26953125" customWidth="1"/>
-    <col min="7" max="7" width="17.81640625" customWidth="1"/>
-    <col min="8" max="8" width="6.7265625" customWidth="1"/>
+    <col min="7" max="7" width="18" customWidth="1"/>
+    <col min="8" max="8" width="6.81640625" customWidth="1"/>
     <col min="9" max="9" width="9.453125" customWidth="1"/>
     <col min="10" max="10" width="13.26953125" customWidth="1"/>
-    <col min="11" max="11" width="17.81640625" customWidth="1"/>
+    <col min="11" max="11" width="18" customWidth="1"/>
     <col min="12" max="12" width="16.26953125" customWidth="1"/>
     <col min="13" max="13" width="13.26953125" customWidth="1"/>
-    <col min="14" max="14" width="1.7265625" customWidth="1"/>
+    <col min="14" max="14" width="1.81640625" customWidth="1"/>
     <col min="15" max="15" width="3.7265625" customWidth="1"/>
     <col min="16" max="16" width="0.1796875" customWidth="1"/>
     <col min="17" max="17" width="12.26953125" customWidth="1"/>
     <col min="18" max="18" width="16.26953125" customWidth="1"/>
     <col min="19" max="19" width="13.26953125" customWidth="1"/>
-    <col min="20" max="20" width="17.81640625" customWidth="1"/>
+    <col min="20" max="20" width="18" customWidth="1"/>
     <col min="21" max="21" width="16.26953125" customWidth="1"/>
     <col min="22" max="22" width="13.26953125" customWidth="1"/>
-    <col min="23" max="23" width="17.81640625" customWidth="1"/>
+    <col min="23" max="23" width="18" customWidth="1"/>
     <col min="24" max="24" width="16.26953125" customWidth="1"/>
     <col min="25" max="25" width="13.26953125" customWidth="1"/>
     <col min="26" max="26" width="13.453125" customWidth="1"/>
     <col min="27" max="27" width="13.54296875" customWidth="1"/>
     <col min="28" max="28" width="13.453125" customWidth="1"/>
-    <col min="29" max="29" width="17.81640625" customWidth="1"/>
+    <col min="29" max="29" width="18" customWidth="1"/>
     <col min="30" max="30" width="16.26953125" customWidth="1"/>
     <col min="31" max="31" width="13.26953125" customWidth="1"/>
     <col min="32" max="32" width="13.54296875" customWidth="1"/>
     <col min="33" max="34" width="13.453125" customWidth="1"/>
-    <col min="35" max="35" width="17.81640625" customWidth="1"/>
+    <col min="35" max="35" width="18" customWidth="1"/>
     <col min="36" max="36" width="16.26953125" customWidth="1"/>
     <col min="37" max="37" width="13.26953125" customWidth="1"/>
     <col min="38" max="39" width="13.453125" customWidth="1"/>
     <col min="40" max="40" width="13.54296875" customWidth="1"/>
-    <col min="41" max="41" width="17.81640625" customWidth="1"/>
+    <col min="41" max="41" width="18" customWidth="1"/>
     <col min="42" max="42" width="16.26953125" customWidth="1"/>
     <col min="43" max="43" width="13.26953125" customWidth="1"/>
     <col min="44" max="44" width="13.453125" customWidth="1"/>
     <col min="45" max="45" width="13.54296875" customWidth="1"/>
     <col min="46" max="46" width="13.453125" customWidth="1"/>
-    <col min="47" max="47" width="17.81640625" customWidth="1"/>
+    <col min="47" max="47" width="18" customWidth="1"/>
     <col min="48" max="48" width="16.26953125" customWidth="1"/>
     <col min="49" max="49" width="13.26953125" customWidth="1"/>
     <col min="50" max="50" width="13.54296875" customWidth="1"/>
     <col min="51" max="52" width="13.453125" customWidth="1"/>
-    <col min="53" max="53" width="60.26953125" customWidth="1"/>
-    <col min="54" max="54" width="30.7265625" customWidth="1"/>
+    <col min="53" max="53" width="60.1796875" customWidth="1"/>
+    <col min="54" max="54" width="30.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:52" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:52" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:52" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="F2" s="32"/>
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
     </row>
     <row r="3" spans="1:52" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
     </row>
     <row r="4" spans="1:52" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:52" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:52" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="32"/>
     </row>
     <row r="6" spans="1:52" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
@@ -7642,70 +7623,70 @@
       <c r="K7" s="32"/>
       <c r="L7" s="32"/>
       <c r="M7" s="32"/>
       <c r="N7" s="32"/>
       <c r="O7" s="32"/>
     </row>
     <row r="8" spans="1:52" ht="31.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="33" t="s">
         <v>81</v>
       </c>
       <c r="B8" s="32"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
       <c r="I8" s="32"/>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="32"/>
       <c r="N8" s="32"/>
       <c r="O8" s="32"/>
     </row>
-    <row r="9" spans="1:52" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:52" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="33" t="s">
         <v>82</v>
       </c>
       <c r="B9" s="32"/>
       <c r="C9" s="32"/>
       <c r="D9" s="32"/>
       <c r="E9" s="32"/>
       <c r="F9" s="32"/>
       <c r="G9" s="32"/>
       <c r="H9" s="32"/>
       <c r="I9" s="32"/>
       <c r="J9" s="32"/>
       <c r="K9" s="32"/>
       <c r="L9" s="32"/>
       <c r="M9" s="32"/>
       <c r="N9" s="32"/>
       <c r="O9" s="32"/>
     </row>
-    <row r="10" spans="1:52" ht="34.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:52" ht="34" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="33" t="s">
         <v>83</v>
       </c>
       <c r="B10" s="32"/>
       <c r="C10" s="32"/>
       <c r="D10" s="32"/>
       <c r="E10" s="32"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
       <c r="I10" s="32"/>
       <c r="J10" s="32"/>
       <c r="K10" s="32"/>
       <c r="L10" s="32"/>
       <c r="M10" s="32"/>
       <c r="N10" s="32"/>
       <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:52" ht="28.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="32"/>
       <c r="C11" s="32"/>
       <c r="D11" s="32"/>
@@ -8923,56 +8904,68 @@
       </c>
       <c r="AM22" s="14">
         <v>28264</v>
       </c>
       <c r="AN22" s="14">
         <v>21085</v>
       </c>
       <c r="AO22" s="14">
         <v>28275</v>
       </c>
       <c r="AP22" s="14">
         <v>16902</v>
       </c>
       <c r="AQ22" s="14">
         <v>11373</v>
       </c>
       <c r="AR22" s="14">
         <v>45834</v>
       </c>
       <c r="AS22" s="14">
         <v>25977</v>
       </c>
       <c r="AT22" s="14">
         <v>19857</v>
       </c>
-      <c r="AU22" s="15"/>
-[...4 lines deleted...]
-      <c r="AZ22" s="15"/>
+      <c r="AU22" s="14">
+        <v>27566</v>
+      </c>
+      <c r="AV22" s="14">
+        <v>16341</v>
+      </c>
+      <c r="AW22" s="14">
+        <v>11225</v>
+      </c>
+      <c r="AX22" s="14">
+        <v>44050</v>
+      </c>
+      <c r="AY22" s="14">
+        <v>24465</v>
+      </c>
+      <c r="AZ22" s="14">
+        <v>19585</v>
+      </c>
     </row>
     <row r="23" spans="1:52" x14ac:dyDescent="0.35">
       <c r="A23" s="49" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="16">
         <v>23802</v>
       </c>
       <c r="D23" s="16">
         <v>12663</v>
       </c>
       <c r="E23" s="53">
         <v>11139</v>
       </c>
       <c r="F23" s="36"/>
       <c r="G23" s="16">
         <v>25194</v>
       </c>
       <c r="H23" s="53">
         <v>14266</v>
       </c>
       <c r="I23" s="36"/>
       <c r="J23" s="16">
         <v>10928</v>
@@ -9602,58 +9595,86 @@
       </c>
       <c r="AP27" s="16">
         <v>16483</v>
       </c>
       <c r="AQ27" s="16">
         <v>11046</v>
       </c>
       <c r="AR27" s="16">
         <v>44216</v>
       </c>
       <c r="AS27" s="16">
         <v>24871</v>
       </c>
       <c r="AT27" s="16">
         <v>19345</v>
       </c>
       <c r="AU27" s="17"/>
       <c r="AV27" s="17"/>
       <c r="AW27" s="17"/>
       <c r="AX27" s="17"/>
       <c r="AY27" s="17"/>
       <c r="AZ27" s="17"/>
     </row>
     <row r="28" spans="1:52" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="29" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="AV29" s="29">
+        <f>AV22-AP22</f>
+        <v>-561</v>
+      </c>
+      <c r="AW29" s="29">
+        <f>AW22-AQ22</f>
+        <v>-148</v>
+      </c>
       <c r="AX29" s="29"/>
-      <c r="AY29" s="29"/>
-      <c r="AZ29" s="29"/>
+      <c r="AY29" s="29">
+        <f>AY22-AS22</f>
+        <v>-1512</v>
+      </c>
+      <c r="AZ29" s="29">
+        <f>AZ22-AT22</f>
+        <v>-272</v>
+      </c>
     </row>
     <row r="30" spans="1:52" x14ac:dyDescent="0.35">
+      <c r="AV30" s="30">
+        <f>AV22/AP22-1</f>
+        <v>-3.3191338303159346E-2</v>
+      </c>
+      <c r="AW30" s="30">
+        <f>AW22/AQ22-1</f>
+        <v>-1.3013277059702788E-2</v>
+      </c>
       <c r="AX30" s="30"/>
-      <c r="AY30" s="30"/>
-      <c r="AZ30" s="30"/>
+      <c r="AY30" s="30">
+        <f>AY22/AS22-1</f>
+        <v>-5.8205335489086463E-2</v>
+      </c>
+      <c r="AZ30" s="30">
+        <f>AZ22/AT22-1</f>
+        <v>-1.369794027295157E-2</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="73">
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="E26:F26"/>
     <mergeCell ref="H26:I26"/>
     <mergeCell ref="N26:Q26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="H27:I27"/>
     <mergeCell ref="N27:Q27"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="E24:F24"/>
     <mergeCell ref="H24:I24"/>
     <mergeCell ref="N24:Q24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="H25:I25"/>
     <mergeCell ref="N25:Q25"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="E22:F22"/>
     <mergeCell ref="H22:I22"/>
     <mergeCell ref="N22:Q22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="E23:F23"/>
@@ -9698,123 +9719,123 @@
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="K14:M14"/>
     <mergeCell ref="N14:S14"/>
     <mergeCell ref="A8:O8"/>
     <mergeCell ref="A9:O9"/>
     <mergeCell ref="A10:O10"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:N12"/>
     <mergeCell ref="F2:H2"/>
     <mergeCell ref="B3:P3"/>
     <mergeCell ref="B5:P5"/>
     <mergeCell ref="B6:P6"/>
     <mergeCell ref="A7:O7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:AE26"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
+    <sheetView showGridLines="0" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="25.81640625" customWidth="1"/>
     <col min="3" max="3" width="13.81640625" customWidth="1"/>
-    <col min="4" max="4" width="13.7265625" customWidth="1"/>
+    <col min="4" max="4" width="13.54296875" customWidth="1"/>
     <col min="5" max="5" width="13.81640625" customWidth="1"/>
     <col min="6" max="6" width="8.81640625" customWidth="1"/>
     <col min="7" max="7" width="4.7265625" customWidth="1"/>
     <col min="8" max="8" width="13.81640625" customWidth="1"/>
     <col min="9" max="9" width="8.26953125" customWidth="1"/>
     <col min="10" max="10" width="5.26953125" customWidth="1"/>
     <col min="11" max="11" width="13.81640625" customWidth="1"/>
-    <col min="12" max="12" width="13.7265625" customWidth="1"/>
+    <col min="12" max="12" width="13.54296875" customWidth="1"/>
     <col min="13" max="13" width="13.81640625" customWidth="1"/>
-    <col min="14" max="14" width="13.7265625" customWidth="1"/>
-    <col min="15" max="15" width="11.7265625" customWidth="1"/>
+    <col min="14" max="14" width="13.54296875" customWidth="1"/>
+    <col min="15" max="15" width="11.81640625" customWidth="1"/>
     <col min="16" max="16" width="2.1796875" customWidth="1"/>
-    <col min="17" max="17" width="1.7265625" customWidth="1"/>
+    <col min="17" max="17" width="1.54296875" customWidth="1"/>
     <col min="18" max="18" width="0.1796875" customWidth="1"/>
-    <col min="19" max="19" width="11.7265625" customWidth="1"/>
+    <col min="19" max="19" width="11.81640625" customWidth="1"/>
     <col min="20" max="20" width="13.81640625" customWidth="1"/>
-    <col min="21" max="21" width="13.7265625" customWidth="1"/>
+    <col min="21" max="21" width="13.54296875" customWidth="1"/>
     <col min="22" max="22" width="13.81640625" customWidth="1"/>
-    <col min="23" max="23" width="13.7265625" customWidth="1"/>
+    <col min="23" max="23" width="13.54296875" customWidth="1"/>
     <col min="24" max="24" width="13.81640625" customWidth="1"/>
-    <col min="25" max="25" width="13.7265625" customWidth="1"/>
+    <col min="25" max="25" width="13.54296875" customWidth="1"/>
     <col min="26" max="26" width="13.81640625" customWidth="1"/>
-    <col min="27" max="27" width="13.7265625" customWidth="1"/>
+    <col min="27" max="27" width="13.54296875" customWidth="1"/>
     <col min="28" max="28" width="13.81640625" customWidth="1"/>
-    <col min="29" max="29" width="13.7265625" customWidth="1"/>
+    <col min="29" max="29" width="13.54296875" customWidth="1"/>
     <col min="30" max="30" width="13.81640625" customWidth="1"/>
-    <col min="31" max="31" width="13.7265625" customWidth="1"/>
+    <col min="31" max="31" width="13.54296875" customWidth="1"/>
     <col min="32" max="32" width="0" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="125.7265625" customWidth="1"/>
     <col min="34" max="34" width="0" hidden="1" customWidth="1"/>
     <col min="35" max="35" width="30.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:31" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:31" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:31" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
       <c r="I2" s="32"/>
     </row>
     <row r="3" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
       <c r="Q3" s="32"/>
       <c r="R3" s="32"/>
     </row>
     <row r="4" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:31" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:31" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="32"/>
       <c r="Q5" s="32"/>
       <c r="R5" s="32"/>
     </row>
     <row r="6" spans="1:31" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
@@ -9855,51 +9876,51 @@
       <c r="P7" s="32"/>
       <c r="Q7" s="32"/>
     </row>
     <row r="8" spans="1:31" ht="61.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="33" t="s">
         <v>88</v>
       </c>
       <c r="B8" s="32"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
       <c r="I8" s="32"/>
       <c r="J8" s="32"/>
       <c r="K8" s="32"/>
       <c r="L8" s="32"/>
       <c r="M8" s="32"/>
       <c r="N8" s="32"/>
       <c r="O8" s="32"/>
       <c r="P8" s="32"/>
       <c r="Q8" s="32"/>
     </row>
     <row r="9" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="10" spans="1:31" ht="250.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:31" ht="251.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="42"/>
       <c r="B10" s="32"/>
       <c r="C10" s="32"/>
       <c r="D10" s="32"/>
       <c r="E10" s="32"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
       <c r="I10" s="32"/>
       <c r="J10" s="32"/>
       <c r="K10" s="32"/>
       <c r="L10" s="32"/>
       <c r="M10" s="32"/>
       <c r="N10" s="32"/>
       <c r="O10" s="32"/>
     </row>
     <row r="11" spans="1:31" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="44" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="45" t="s">
         <v>73</v>
       </c>
       <c r="D11" s="36"/>
@@ -10085,60 +10106,60 @@
       <c r="T13" s="10">
         <v>2553</v>
       </c>
       <c r="U13" s="10">
         <v>3885</v>
       </c>
       <c r="V13" s="10">
         <v>3580</v>
       </c>
       <c r="W13" s="10">
         <v>5459</v>
       </c>
       <c r="X13" s="10">
         <v>2843</v>
       </c>
       <c r="Y13" s="10">
         <v>4299</v>
       </c>
       <c r="Z13" s="10">
         <v>2867</v>
       </c>
       <c r="AA13" s="10">
         <v>4300</v>
       </c>
       <c r="AB13" s="10">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="AC13" s="10">
-        <v>5185</v>
+        <v>5189</v>
       </c>
       <c r="AD13" s="10">
-        <v>3198</v>
+        <v>3196</v>
       </c>
       <c r="AE13" s="10">
-        <v>4860</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="14" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A14" s="49" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="36"/>
       <c r="C14" s="12">
         <v>2141</v>
       </c>
       <c r="D14" s="12">
         <v>3229</v>
       </c>
       <c r="E14" s="12">
         <v>2798</v>
       </c>
       <c r="F14" s="50">
         <v>4182</v>
       </c>
       <c r="G14" s="36"/>
       <c r="H14" s="12">
         <v>3168</v>
       </c>
       <c r="I14" s="50">
         <v>4772</v>
@@ -10168,60 +10189,60 @@
       <c r="T14" s="12">
         <v>3336</v>
       </c>
       <c r="U14" s="12">
         <v>5131</v>
       </c>
       <c r="V14" s="12">
         <v>3469</v>
       </c>
       <c r="W14" s="12">
         <v>5318</v>
       </c>
       <c r="X14" s="12">
         <v>3300</v>
       </c>
       <c r="Y14" s="12">
         <v>5032</v>
       </c>
       <c r="Z14" s="12">
         <v>3241</v>
       </c>
       <c r="AA14" s="12">
         <v>5000</v>
       </c>
       <c r="AB14" s="12">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="AC14" s="12">
-        <v>5035</v>
+        <v>5037</v>
       </c>
       <c r="AD14" s="12">
-        <v>3239</v>
+        <v>3235</v>
       </c>
       <c r="AE14" s="12">
-        <v>4963</v>
+        <v>4955</v>
       </c>
     </row>
     <row r="15" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A15" s="47" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="10">
         <v>2598</v>
       </c>
       <c r="D15" s="10">
         <v>3990</v>
       </c>
       <c r="E15" s="10">
         <v>3381</v>
       </c>
       <c r="F15" s="48">
         <v>5099</v>
       </c>
       <c r="G15" s="36"/>
       <c r="H15" s="10">
         <v>3481</v>
       </c>
       <c r="I15" s="48">
         <v>5252</v>
@@ -10257,54 +10278,54 @@
       <c r="V15" s="10">
         <v>3919</v>
       </c>
       <c r="W15" s="10">
         <v>5946</v>
       </c>
       <c r="X15" s="10">
         <v>3318</v>
       </c>
       <c r="Y15" s="10">
         <v>5102</v>
       </c>
       <c r="Z15" s="10">
         <v>3473</v>
       </c>
       <c r="AA15" s="10">
         <v>5290</v>
       </c>
       <c r="AB15" s="10">
         <v>2797</v>
       </c>
       <c r="AC15" s="10">
         <v>4266</v>
       </c>
       <c r="AD15" s="10">
-        <v>3280</v>
+        <v>3272</v>
       </c>
       <c r="AE15" s="10">
-        <v>4946</v>
+        <v>4934</v>
       </c>
     </row>
     <row r="16" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A16" s="49" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="36"/>
       <c r="C16" s="12">
         <v>2897</v>
       </c>
       <c r="D16" s="12">
         <v>4429</v>
       </c>
       <c r="E16" s="12">
         <v>3463</v>
       </c>
       <c r="F16" s="50">
         <v>5215</v>
       </c>
       <c r="G16" s="36"/>
       <c r="H16" s="12">
         <v>3372</v>
       </c>
       <c r="I16" s="50">
         <v>5070</v>
@@ -10319,75 +10340,75 @@
       <c r="M16" s="12">
         <v>3683</v>
       </c>
       <c r="N16" s="12">
         <v>5715</v>
       </c>
       <c r="O16" s="50">
         <v>4265</v>
       </c>
       <c r="P16" s="36"/>
       <c r="Q16" s="50">
         <v>6491</v>
       </c>
       <c r="R16" s="35"/>
       <c r="S16" s="36"/>
       <c r="T16" s="12">
         <v>4514</v>
       </c>
       <c r="U16" s="12">
         <v>6886</v>
       </c>
       <c r="V16" s="12">
         <v>3686</v>
       </c>
       <c r="W16" s="12">
-        <v>5710</v>
+        <v>5711</v>
       </c>
       <c r="X16" s="12">
         <v>3349</v>
       </c>
       <c r="Y16" s="12">
         <v>5179</v>
       </c>
       <c r="Z16" s="12">
-        <v>3327</v>
+        <v>3325</v>
       </c>
       <c r="AA16" s="12">
-        <v>5062</v>
+        <v>5057</v>
       </c>
       <c r="AB16" s="12">
-        <v>3475</v>
+        <v>3474</v>
       </c>
       <c r="AC16" s="12">
-        <v>5256</v>
+        <v>5255</v>
       </c>
       <c r="AD16" s="12">
-        <v>3478</v>
+        <v>3466</v>
       </c>
       <c r="AE16" s="12">
-        <v>5245</v>
+        <v>5226</v>
       </c>
     </row>
     <row r="17" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A17" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="10">
         <v>2506</v>
       </c>
       <c r="D17" s="10">
         <v>3810</v>
       </c>
       <c r="E17" s="10">
         <v>2869</v>
       </c>
       <c r="F17" s="48">
         <v>4258</v>
       </c>
       <c r="G17" s="36"/>
       <c r="H17" s="10">
         <v>3437</v>
       </c>
       <c r="I17" s="48">
         <v>5219</v>
@@ -10417,60 +10438,60 @@
       <c r="T17" s="10">
         <v>3671</v>
       </c>
       <c r="U17" s="10">
         <v>5530</v>
       </c>
       <c r="V17" s="10">
         <v>3305</v>
       </c>
       <c r="W17" s="10">
         <v>5012</v>
       </c>
       <c r="X17" s="10">
         <v>3473</v>
       </c>
       <c r="Y17" s="10">
         <v>5348</v>
       </c>
       <c r="Z17" s="10">
         <v>3447</v>
       </c>
       <c r="AA17" s="10">
         <v>5213</v>
       </c>
       <c r="AB17" s="10">
-        <v>3155</v>
+        <v>3153</v>
       </c>
       <c r="AC17" s="10">
-        <v>4758</v>
+        <v>4756</v>
       </c>
       <c r="AD17" s="10">
-        <v>3195</v>
+        <v>3169</v>
       </c>
       <c r="AE17" s="10">
-        <v>4859</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="18" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A18" s="49" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="36"/>
       <c r="C18" s="12">
         <v>2820</v>
       </c>
       <c r="D18" s="12">
         <v>4320</v>
       </c>
       <c r="E18" s="12">
         <v>3016</v>
       </c>
       <c r="F18" s="50">
         <v>4534</v>
       </c>
       <c r="G18" s="36"/>
       <c r="H18" s="12">
         <v>3495</v>
       </c>
       <c r="I18" s="50">
         <v>5237</v>
@@ -10494,66 +10515,66 @@
       <c r="P18" s="36"/>
       <c r="Q18" s="50">
         <v>5727</v>
       </c>
       <c r="R18" s="35"/>
       <c r="S18" s="36"/>
       <c r="T18" s="12">
         <v>4160</v>
       </c>
       <c r="U18" s="12">
         <v>6429</v>
       </c>
       <c r="V18" s="12">
         <v>3527</v>
       </c>
       <c r="W18" s="12">
         <v>5463</v>
       </c>
       <c r="X18" s="12">
         <v>3315</v>
       </c>
       <c r="Y18" s="12">
         <v>4990</v>
       </c>
       <c r="Z18" s="12">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="AA18" s="12">
-        <v>4551</v>
+        <v>4553</v>
       </c>
       <c r="AB18" s="12">
         <v>3304</v>
       </c>
       <c r="AC18" s="12">
         <v>4991</v>
       </c>
       <c r="AD18" s="12">
-        <v>3730</v>
+        <v>3686</v>
       </c>
       <c r="AE18" s="12">
-        <v>5438</v>
+        <v>5502</v>
       </c>
     </row>
     <row r="19" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A19" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="10">
         <v>3372</v>
       </c>
       <c r="D19" s="10">
         <v>5050</v>
       </c>
       <c r="E19" s="10">
         <v>3223</v>
       </c>
       <c r="F19" s="48">
         <v>4795</v>
       </c>
       <c r="G19" s="36"/>
       <c r="H19" s="10">
         <v>3378</v>
       </c>
       <c r="I19" s="48">
         <v>5103</v>
@@ -10577,63 +10598,67 @@
       <c r="P19" s="36"/>
       <c r="Q19" s="48">
         <v>6532</v>
       </c>
       <c r="R19" s="35"/>
       <c r="S19" s="36"/>
       <c r="T19" s="10">
         <v>4146</v>
       </c>
       <c r="U19" s="10">
         <v>6363</v>
       </c>
       <c r="V19" s="10">
         <v>3410</v>
       </c>
       <c r="W19" s="10">
         <v>5291</v>
       </c>
       <c r="X19" s="10">
         <v>3529</v>
       </c>
       <c r="Y19" s="10">
         <v>5384</v>
       </c>
       <c r="Z19" s="10">
-        <v>3631</v>
+        <v>3630</v>
       </c>
       <c r="AA19" s="10">
-        <v>5528</v>
+        <v>5527</v>
       </c>
       <c r="AB19" s="10">
-        <v>3588</v>
+        <v>3589</v>
       </c>
       <c r="AC19" s="10">
-        <v>5534</v>
-[...2 lines deleted...]
-      <c r="AE19" s="9"/>
+        <v>5536</v>
+      </c>
+      <c r="AD19" s="10">
+        <v>3958</v>
+      </c>
+      <c r="AE19" s="10">
+        <v>6018</v>
+      </c>
     </row>
     <row r="20" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A20" s="49" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="12">
         <v>3093</v>
       </c>
       <c r="D20" s="12">
         <v>4645</v>
       </c>
       <c r="E20" s="12">
         <v>3350</v>
       </c>
       <c r="F20" s="50">
         <v>5029</v>
       </c>
       <c r="G20" s="36"/>
       <c r="H20" s="12">
         <v>3492</v>
       </c>
       <c r="I20" s="50">
         <v>5242</v>
       </c>
@@ -10656,60 +10681,60 @@
       <c r="P20" s="36"/>
       <c r="Q20" s="50">
         <v>6059</v>
       </c>
       <c r="R20" s="35"/>
       <c r="S20" s="36"/>
       <c r="T20" s="12">
         <v>4006</v>
       </c>
       <c r="U20" s="12">
         <v>6013</v>
       </c>
       <c r="V20" s="12">
         <v>3612</v>
       </c>
       <c r="W20" s="12">
         <v>5487</v>
       </c>
       <c r="X20" s="12">
         <v>3583</v>
       </c>
       <c r="Y20" s="12">
         <v>5474</v>
       </c>
       <c r="Z20" s="12">
-        <v>3411</v>
+        <v>3409</v>
       </c>
       <c r="AA20" s="12">
-        <v>5246</v>
+        <v>5241</v>
       </c>
       <c r="AB20" s="12">
-        <v>3112</v>
+        <v>3111</v>
       </c>
       <c r="AC20" s="12">
-        <v>4681</v>
+        <v>4682</v>
       </c>
       <c r="AD20" s="11"/>
       <c r="AE20" s="11"/>
     </row>
     <row r="21" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A21" s="47" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="10">
         <v>2659</v>
       </c>
       <c r="D21" s="10">
         <v>4046</v>
       </c>
       <c r="E21" s="10">
         <v>2911</v>
       </c>
       <c r="F21" s="48">
         <v>4425</v>
       </c>
       <c r="G21" s="36"/>
       <c r="H21" s="10">
         <v>2842</v>
       </c>
@@ -10735,57 +10760,57 @@
       <c r="P21" s="36"/>
       <c r="Q21" s="48">
         <v>4892</v>
       </c>
       <c r="R21" s="35"/>
       <c r="S21" s="36"/>
       <c r="T21" s="10">
         <v>3430</v>
       </c>
       <c r="U21" s="10">
         <v>5262</v>
       </c>
       <c r="V21" s="10">
         <v>2842</v>
       </c>
       <c r="W21" s="10">
         <v>4318</v>
       </c>
       <c r="X21" s="10">
         <v>2827</v>
       </c>
       <c r="Y21" s="10">
         <v>4339</v>
       </c>
       <c r="Z21" s="10">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="AA21" s="10">
-        <v>3953</v>
+        <v>3954</v>
       </c>
       <c r="AB21" s="10">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="AC21" s="10">
         <v>4154</v>
       </c>
       <c r="AD21" s="9"/>
       <c r="AE21" s="9"/>
     </row>
     <row r="22" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A22" s="49" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="36"/>
       <c r="C22" s="12">
         <v>2760</v>
       </c>
       <c r="D22" s="12">
         <v>4098</v>
       </c>
       <c r="E22" s="12">
         <v>2877</v>
       </c>
       <c r="F22" s="50">
         <v>4388</v>
       </c>
       <c r="G22" s="36"/>
@@ -10817,57 +10842,57 @@
       </c>
       <c r="R22" s="35"/>
       <c r="S22" s="36"/>
       <c r="T22" s="12">
         <v>3538</v>
       </c>
       <c r="U22" s="12">
         <v>5387</v>
       </c>
       <c r="V22" s="12">
         <v>3281</v>
       </c>
       <c r="W22" s="12">
         <v>5064</v>
       </c>
       <c r="X22" s="12">
         <v>3312</v>
       </c>
       <c r="Y22" s="12">
         <v>5076</v>
       </c>
       <c r="Z22" s="12">
         <v>3692</v>
       </c>
       <c r="AA22" s="12">
-        <v>5684</v>
+        <v>5682</v>
       </c>
       <c r="AB22" s="12">
-        <v>3409</v>
+        <v>3410</v>
       </c>
       <c r="AC22" s="12">
-        <v>5106</v>
+        <v>5108</v>
       </c>
       <c r="AD22" s="11"/>
       <c r="AE22" s="11"/>
     </row>
     <row r="23" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A23" s="47" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="10">
         <v>2933</v>
       </c>
       <c r="D23" s="10">
         <v>4440</v>
       </c>
       <c r="E23" s="10">
         <v>3303</v>
       </c>
       <c r="F23" s="48">
         <v>4990</v>
       </c>
       <c r="G23" s="36"/>
       <c r="H23" s="10">
         <v>3329</v>
       </c>
@@ -10887,66 +10912,66 @@
       <c r="N23" s="10">
         <v>5557</v>
       </c>
       <c r="O23" s="48">
         <v>3806</v>
       </c>
       <c r="P23" s="36"/>
       <c r="Q23" s="48">
         <v>5799</v>
       </c>
       <c r="R23" s="35"/>
       <c r="S23" s="36"/>
       <c r="T23" s="10">
         <v>3714</v>
       </c>
       <c r="U23" s="10">
         <v>5644</v>
       </c>
       <c r="V23" s="10">
         <v>3274</v>
       </c>
       <c r="W23" s="10">
         <v>4925</v>
       </c>
       <c r="X23" s="10">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="Y23" s="10">
-        <v>4978</v>
+        <v>4982</v>
       </c>
       <c r="Z23" s="10">
-        <v>3474</v>
+        <v>3476</v>
       </c>
       <c r="AA23" s="10">
-        <v>5298</v>
+        <v>5301</v>
       </c>
       <c r="AB23" s="10">
-        <v>3241</v>
+        <v>3238</v>
       </c>
       <c r="AC23" s="10">
-        <v>4978</v>
+        <v>4969</v>
       </c>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
     </row>
     <row r="24" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A24" s="49" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="12">
         <v>3166</v>
       </c>
       <c r="D24" s="12">
         <v>4790</v>
       </c>
       <c r="E24" s="12">
         <v>3364</v>
       </c>
       <c r="F24" s="50">
         <v>4981</v>
       </c>
       <c r="G24" s="36"/>
       <c r="H24" s="12">
         <v>3810</v>
       </c>
@@ -10960,72 +10985,72 @@
       <c r="L24" s="12">
         <v>5400</v>
       </c>
       <c r="M24" s="12">
         <v>4060</v>
       </c>
       <c r="N24" s="12">
         <v>6125</v>
       </c>
       <c r="O24" s="50">
         <v>3374</v>
       </c>
       <c r="P24" s="36"/>
       <c r="Q24" s="50">
         <v>5131</v>
       </c>
       <c r="R24" s="35"/>
       <c r="S24" s="36"/>
       <c r="T24" s="12">
         <v>4546</v>
       </c>
       <c r="U24" s="12">
         <v>7002</v>
       </c>
       <c r="V24" s="12">
-        <v>3765</v>
+        <v>3764</v>
       </c>
       <c r="W24" s="12">
-        <v>5718</v>
+        <v>5716</v>
       </c>
       <c r="X24" s="12">
         <v>3795</v>
       </c>
       <c r="Y24" s="12">
         <v>5772</v>
       </c>
       <c r="Z24" s="12">
-        <v>3339</v>
+        <v>3340</v>
       </c>
       <c r="AA24" s="12">
-        <v>5001</v>
+        <v>5000</v>
       </c>
       <c r="AB24" s="12">
-        <v>3476</v>
+        <v>3471</v>
       </c>
       <c r="AC24" s="12">
-        <v>5244</v>
+        <v>5240</v>
       </c>
       <c r="AD24" s="11"/>
       <c r="AE24" s="11"/>
     </row>
     <row r="25" spans="1:31" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="13">
         <v>34114</v>
       </c>
       <c r="D25" s="13">
         <v>51575</v>
       </c>
       <c r="E25" s="13">
         <v>37410</v>
       </c>
       <c r="F25" s="51">
         <v>56168</v>
       </c>
       <c r="G25" s="36"/>
       <c r="H25" s="13">
         <v>40508</v>
       </c>
@@ -11039,78 +11064,78 @@
       <c r="L25" s="13">
         <v>63500</v>
       </c>
       <c r="M25" s="13">
         <v>43830</v>
       </c>
       <c r="N25" s="13">
         <v>66843</v>
       </c>
       <c r="O25" s="51">
         <v>45412</v>
       </c>
       <c r="P25" s="36"/>
       <c r="Q25" s="51">
         <v>69325</v>
       </c>
       <c r="R25" s="35"/>
       <c r="S25" s="36"/>
       <c r="T25" s="13">
         <v>45373</v>
       </c>
       <c r="U25" s="13">
         <v>69275</v>
       </c>
       <c r="V25" s="13">
-        <v>41670</v>
+        <v>41669</v>
       </c>
       <c r="W25" s="13">
-        <v>63711</v>
+        <v>63710</v>
       </c>
       <c r="X25" s="13">
-        <v>39953</v>
+        <v>39955</v>
       </c>
       <c r="Y25" s="13">
-        <v>60973</v>
+        <v>60977</v>
       </c>
       <c r="Z25" s="13">
         <v>39456</v>
       </c>
       <c r="AA25" s="13">
-        <v>60126</v>
+        <v>60118</v>
       </c>
       <c r="AB25" s="13">
-        <v>38978</v>
+        <v>38972</v>
       </c>
       <c r="AC25" s="13">
-        <v>59188</v>
+        <v>59183</v>
       </c>
       <c r="AD25" s="13">
-        <v>20120</v>
+        <v>23982</v>
       </c>
       <c r="AE25" s="13">
-        <v>30311</v>
+        <v>36318</v>
       </c>
     </row>
     <row r="26" spans="1:31" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="90">
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="F25:G25"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="O25:P25"/>
     <mergeCell ref="Q25:S25"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="F24:G24"/>
     <mergeCell ref="I24:J24"/>
     <mergeCell ref="O24:P24"/>
     <mergeCell ref="Q24:S24"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="I23:J23"/>
     <mergeCell ref="O23:P23"/>
     <mergeCell ref="Q23:S23"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="O22:P22"/>
     <mergeCell ref="Q22:S22"/>
@@ -11182,445 +11207,445 @@
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="B3:R3"/>
     <mergeCell ref="B5:R5"/>
     <mergeCell ref="B6:R6"/>
     <mergeCell ref="A7:Q7"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
-    <col min="2" max="2" width="18.26953125" customWidth="1"/>
+    <col min="2" max="2" width="18.453125" customWidth="1"/>
     <col min="3" max="5" width="17.1796875" customWidth="1"/>
     <col min="6" max="6" width="6.54296875" customWidth="1"/>
     <col min="7" max="7" width="27" customWidth="1"/>
     <col min="8" max="8" width="75.81640625" customWidth="1"/>
     <col min="9" max="9" width="0.1796875" customWidth="1"/>
     <col min="10" max="10" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:9" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" spans="1:9" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:9" ht="42.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:9" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
     </row>
     <row r="4" spans="1:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:9" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:9" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
     </row>
     <row r="6" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="32"/>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
     </row>
-    <row r="7" spans="1:9" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:9" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="45" t="s">
         <v>89</v>
       </c>
       <c r="B7" s="35"/>
       <c r="C7" s="35"/>
       <c r="D7" s="35"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="36"/>
     </row>
-    <row r="8" spans="1:9" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:9" ht="19" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="33" t="s">
         <v>90</v>
       </c>
       <c r="B8" s="32"/>
       <c r="C8" s="32"/>
       <c r="D8" s="32"/>
       <c r="E8" s="32"/>
       <c r="F8" s="32"/>
       <c r="G8" s="32"/>
       <c r="H8" s="32"/>
     </row>
     <row r="9" spans="1:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="42"/>
       <c r="B9" s="32"/>
       <c r="C9" s="32"/>
       <c r="D9" s="32"/>
       <c r="E9" s="32"/>
       <c r="F9" s="32"/>
       <c r="G9" s="32"/>
       <c r="H9" s="32"/>
     </row>
-    <row r="10" spans="1:9" ht="286.89999999999998" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:9" ht="287.14999999999998" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="42"/>
       <c r="B10" s="32"/>
       <c r="C10" s="32"/>
       <c r="D10" s="32"/>
       <c r="E10" s="32"/>
       <c r="F10" s="32"/>
       <c r="G10" s="32"/>
       <c r="H10" s="32"/>
     </row>
-    <row r="11" spans="1:9" ht="0.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="11" spans="1:9" ht="0.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="12" spans="1:9" ht="26" x14ac:dyDescent="0.35">
       <c r="A12" s="44" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="36"/>
       <c r="C12" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="8" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A13" s="47" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="14">
-        <v>3588</v>
+        <v>3111</v>
       </c>
       <c r="D13" s="14">
-        <v>1490</v>
+        <v>1353</v>
       </c>
       <c r="E13" s="14">
-        <v>5078</v>
+        <v>4464</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A14" s="49" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B14" s="36"/>
       <c r="C14" s="16">
-        <v>3112</v>
+        <v>2737</v>
       </c>
       <c r="D14" s="16">
-        <v>1353</v>
+        <v>1237</v>
       </c>
       <c r="E14" s="16">
-        <v>4465</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A15" s="47" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="14">
-        <v>2736</v>
+        <v>3410</v>
       </c>
       <c r="D15" s="14">
-        <v>1237</v>
+        <v>1333</v>
       </c>
       <c r="E15" s="14">
-        <v>3973</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A16" s="49" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B16" s="36"/>
       <c r="C16" s="16">
-        <v>3409</v>
+        <v>3238</v>
       </c>
       <c r="D16" s="16">
-        <v>1333</v>
+        <v>1318</v>
       </c>
       <c r="E16" s="16">
-        <v>4742</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A17" s="47" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="14">
-        <v>3241</v>
+        <v>3471</v>
       </c>
       <c r="D17" s="14">
-        <v>1318</v>
+        <v>1357</v>
       </c>
       <c r="E17" s="14">
-        <v>4559</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A18" s="49" t="s">
-        <v>70</v>
+        <v>59</v>
       </c>
       <c r="B18" s="36"/>
       <c r="C18" s="16">
-        <v>3476</v>
+        <v>3196</v>
       </c>
       <c r="D18" s="16">
-        <v>1356</v>
+        <v>1373</v>
       </c>
       <c r="E18" s="16">
-        <v>4832</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A19" s="47" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="14">
-        <v>3198</v>
+        <v>3235</v>
       </c>
       <c r="D19" s="14">
-        <v>1373</v>
+        <v>1480</v>
       </c>
       <c r="E19" s="14">
-        <v>4571</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A20" s="49" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="16">
-        <v>3239</v>
+        <v>3272</v>
       </c>
       <c r="D20" s="16">
-        <v>1478</v>
+        <v>1442</v>
       </c>
       <c r="E20" s="16">
-        <v>4717</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A21" s="47" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="14">
-        <v>3280</v>
+        <v>3466</v>
       </c>
       <c r="D21" s="14">
-        <v>1442</v>
+        <v>1638</v>
       </c>
       <c r="E21" s="14">
-        <v>4722</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A22" s="49" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B22" s="36"/>
       <c r="C22" s="16">
-        <v>3478</v>
+        <v>3169</v>
       </c>
       <c r="D22" s="16">
-        <v>1636</v>
+        <v>1289</v>
       </c>
       <c r="E22" s="16">
-        <v>5114</v>
+        <v>4458</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A23" s="47" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="14">
-        <v>3195</v>
+        <v>3686</v>
       </c>
       <c r="D23" s="14">
-        <v>1289</v>
+        <v>1334</v>
       </c>
       <c r="E23" s="14">
-        <v>4484</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A24" s="49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="16">
-        <v>3730</v>
+        <v>3958</v>
       </c>
       <c r="D24" s="16">
-        <v>1338</v>
+        <v>1513</v>
       </c>
       <c r="E24" s="16">
-        <v>5068</v>
+        <v>5471</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A25" s="44" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="18">
-        <v>39682</v>
+        <v>39949</v>
       </c>
       <c r="D25" s="18">
-        <v>16643</v>
+        <v>16667</v>
       </c>
       <c r="E25" s="18">
-        <v>56325</v>
+        <v>56616</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A9:H10"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="B3:I3"/>
     <mergeCell ref="B5:I5"/>
     <mergeCell ref="B6:I6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:H8"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:AO52"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
-    <col min="2" max="2" width="30.7265625" customWidth="1"/>
+    <col min="2" max="2" width="30.54296875" customWidth="1"/>
     <col min="3" max="7" width="8.1796875" customWidth="1"/>
     <col min="8" max="8" width="5.1796875" customWidth="1"/>
     <col min="9" max="9" width="3" customWidth="1"/>
     <col min="10" max="11" width="8.1796875" customWidth="1"/>
-    <col min="12" max="12" width="7.7265625" customWidth="1"/>
+    <col min="12" max="12" width="7.81640625" customWidth="1"/>
     <col min="13" max="13" width="0.26953125" customWidth="1"/>
     <col min="14" max="22" width="8.1796875" customWidth="1"/>
-    <col min="23" max="23" width="2.7265625" customWidth="1"/>
+    <col min="23" max="23" width="2.81640625" customWidth="1"/>
     <col min="24" max="24" width="5.26953125" customWidth="1"/>
     <col min="25" max="41" width="8.1796875" customWidth="1"/>
     <col min="42" max="42" width="0" hidden="1" customWidth="1"/>
     <col min="43" max="43" width="146.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:41" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:41" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:41" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="I2" s="32"/>
       <c r="J2" s="32"/>
       <c r="K2" s="32"/>
       <c r="L2" s="32"/>
     </row>
     <row r="3" spans="1:41" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
       <c r="Q3" s="32"/>
       <c r="R3" s="32"/>
       <c r="S3" s="32"/>
       <c r="T3" s="32"/>
       <c r="U3" s="32"/>
       <c r="V3" s="32"/>
       <c r="W3" s="32"/>
     </row>
     <row r="4" spans="1:41" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:41" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:41" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
       <c r="F5" s="32"/>
       <c r="G5" s="32"/>
       <c r="H5" s="32"/>
       <c r="I5" s="32"/>
       <c r="J5" s="32"/>
       <c r="K5" s="32"/>
       <c r="L5" s="32"/>
       <c r="M5" s="32"/>
       <c r="N5" s="32"/>
       <c r="O5" s="32"/>
       <c r="P5" s="32"/>
       <c r="Q5" s="32"/>
       <c r="R5" s="32"/>
       <c r="S5" s="32"/>
       <c r="T5" s="32"/>
       <c r="U5" s="32"/>
       <c r="V5" s="32"/>
       <c r="W5" s="32"/>
     </row>
@@ -11908,229 +11933,229 @@
         <v>207</v>
       </c>
       <c r="L10" s="54">
         <v>381</v>
       </c>
       <c r="M10" s="36"/>
       <c r="N10" s="20">
         <v>1122</v>
       </c>
       <c r="O10" s="19">
         <v>335</v>
       </c>
       <c r="P10" s="19">
         <v>224</v>
       </c>
       <c r="Q10" s="19">
         <v>262</v>
       </c>
       <c r="R10" s="19">
         <v>243</v>
       </c>
       <c r="S10" s="20">
         <v>1064</v>
       </c>
       <c r="T10" s="19">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="U10" s="19">
         <v>296</v>
       </c>
       <c r="V10" s="20">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="W10" s="54">
         <v>462</v>
       </c>
       <c r="X10" s="36"/>
       <c r="Y10" s="19">
         <v>533</v>
       </c>
       <c r="Z10" s="19">
         <v>433</v>
       </c>
       <c r="AA10" s="19">
         <v>421</v>
       </c>
       <c r="AB10" s="20">
         <v>1849</v>
       </c>
       <c r="AC10" s="19">
         <v>424</v>
       </c>
       <c r="AD10" s="19">
         <v>411</v>
       </c>
       <c r="AE10" s="19">
         <v>352</v>
       </c>
       <c r="AF10" s="19">
         <v>628</v>
       </c>
       <c r="AG10" s="20">
         <v>1815</v>
       </c>
       <c r="AH10" s="19">
         <v>532</v>
       </c>
       <c r="AI10" s="19">
         <v>330</v>
       </c>
       <c r="AJ10" s="19">
         <v>412</v>
       </c>
       <c r="AK10" s="19">
         <v>389</v>
       </c>
       <c r="AL10" s="20">
         <v>1663</v>
       </c>
       <c r="AM10" s="19">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="AN10" s="19">
         <v>463</v>
       </c>
       <c r="AO10" s="20">
-        <v>843</v>
+        <v>845</v>
       </c>
     </row>
     <row r="11" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A11" s="39" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="36"/>
       <c r="C11" s="19">
         <v>307</v>
       </c>
       <c r="D11" s="19">
         <v>382</v>
       </c>
       <c r="E11" s="19">
         <v>319</v>
       </c>
       <c r="F11" s="19">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="G11" s="20">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="H11" s="54">
         <v>298</v>
       </c>
       <c r="I11" s="36"/>
       <c r="J11" s="19">
         <v>310</v>
       </c>
       <c r="K11" s="19">
         <v>372</v>
       </c>
       <c r="L11" s="54">
         <v>321</v>
       </c>
       <c r="M11" s="36"/>
       <c r="N11" s="20">
         <v>1301</v>
       </c>
       <c r="O11" s="19">
         <v>299</v>
       </c>
       <c r="P11" s="19">
         <v>362</v>
       </c>
       <c r="Q11" s="19">
         <v>343</v>
       </c>
       <c r="R11" s="19">
         <v>327</v>
       </c>
       <c r="S11" s="20">
         <v>1331</v>
       </c>
       <c r="T11" s="19">
         <v>308</v>
       </c>
       <c r="U11" s="19">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="V11" s="20">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="W11" s="54">
         <v>471</v>
       </c>
       <c r="X11" s="36"/>
       <c r="Y11" s="19">
         <v>581</v>
       </c>
       <c r="Z11" s="19">
         <v>482</v>
       </c>
       <c r="AA11" s="19">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="AB11" s="20">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="AC11" s="19">
         <v>474</v>
       </c>
       <c r="AD11" s="19">
         <v>485</v>
       </c>
       <c r="AE11" s="19">
         <v>561</v>
       </c>
       <c r="AF11" s="19">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="AG11" s="20">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="AH11" s="19">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="AI11" s="19">
         <v>547</v>
       </c>
       <c r="AJ11" s="19">
         <v>530</v>
       </c>
       <c r="AK11" s="19">
         <v>486</v>
       </c>
       <c r="AL11" s="20">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="AM11" s="19">
         <v>454</v>
       </c>
       <c r="AN11" s="19">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="AO11" s="20">
-        <v>935</v>
+        <v>937</v>
       </c>
     </row>
     <row r="12" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A12" s="39" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="36"/>
       <c r="C12" s="19">
         <v>114</v>
       </c>
       <c r="D12" s="19">
         <v>128</v>
       </c>
       <c r="E12" s="19">
         <v>119</v>
       </c>
       <c r="F12" s="19">
         <v>109</v>
       </c>
       <c r="G12" s="20">
         <v>470</v>
       </c>
       <c r="H12" s="54">
         <v>92</v>
       </c>
@@ -12145,54 +12170,54 @@
         <v>140</v>
       </c>
       <c r="M12" s="36"/>
       <c r="N12" s="20">
         <v>510</v>
       </c>
       <c r="O12" s="19">
         <v>124</v>
       </c>
       <c r="P12" s="19">
         <v>138</v>
       </c>
       <c r="Q12" s="19">
         <v>116</v>
       </c>
       <c r="R12" s="19">
         <v>106</v>
       </c>
       <c r="S12" s="20">
         <v>484</v>
       </c>
       <c r="T12" s="19">
         <v>97</v>
       </c>
       <c r="U12" s="19">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="V12" s="20">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="W12" s="54">
         <v>187</v>
       </c>
       <c r="X12" s="36"/>
       <c r="Y12" s="19">
         <v>213</v>
       </c>
       <c r="Z12" s="19">
         <v>193</v>
       </c>
       <c r="AA12" s="19">
         <v>167</v>
       </c>
       <c r="AB12" s="20">
         <v>760</v>
       </c>
       <c r="AC12" s="19">
         <v>133</v>
       </c>
       <c r="AD12" s="19">
         <v>225</v>
       </c>
       <c r="AE12" s="19">
         <v>192</v>
@@ -12200,288 +12225,288 @@
       <c r="AF12" s="19">
         <v>217</v>
       </c>
       <c r="AG12" s="20">
         <v>767</v>
       </c>
       <c r="AH12" s="19">
         <v>194</v>
       </c>
       <c r="AI12" s="19">
         <v>214</v>
       </c>
       <c r="AJ12" s="19">
         <v>174</v>
       </c>
       <c r="AK12" s="19">
         <v>171</v>
       </c>
       <c r="AL12" s="20">
         <v>753</v>
       </c>
       <c r="AM12" s="19">
         <v>139</v>
       </c>
       <c r="AN12" s="19">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="AO12" s="20">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A13" s="39" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="36"/>
       <c r="C13" s="19">
         <v>215</v>
       </c>
       <c r="D13" s="19">
         <v>192</v>
       </c>
       <c r="E13" s="19">
         <v>200</v>
       </c>
       <c r="F13" s="19">
         <v>366</v>
       </c>
       <c r="G13" s="20">
         <v>973</v>
       </c>
       <c r="H13" s="54">
         <v>248</v>
       </c>
       <c r="I13" s="36"/>
       <c r="J13" s="19">
         <v>251</v>
       </c>
       <c r="K13" s="19">
         <v>181</v>
       </c>
       <c r="L13" s="54">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M13" s="36"/>
       <c r="N13" s="20">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="O13" s="19">
         <v>209</v>
       </c>
       <c r="P13" s="19">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="Q13" s="19">
         <v>162</v>
       </c>
       <c r="R13" s="19">
         <v>353</v>
       </c>
       <c r="S13" s="20">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="T13" s="19">
         <v>231</v>
       </c>
       <c r="U13" s="19">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="V13" s="20">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="W13" s="54">
         <v>321</v>
       </c>
       <c r="X13" s="36"/>
       <c r="Y13" s="19">
         <v>286</v>
       </c>
       <c r="Z13" s="19">
         <v>311</v>
       </c>
       <c r="AA13" s="19">
         <v>548</v>
       </c>
       <c r="AB13" s="20">
         <v>1466</v>
       </c>
       <c r="AC13" s="19">
         <v>367</v>
       </c>
       <c r="AD13" s="19">
         <v>363</v>
       </c>
       <c r="AE13" s="19">
         <v>288</v>
       </c>
       <c r="AF13" s="19">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="AG13" s="20">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="AH13" s="19">
         <v>306</v>
       </c>
       <c r="AI13" s="19">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="AJ13" s="19">
         <v>236</v>
       </c>
       <c r="AK13" s="19">
         <v>563</v>
       </c>
       <c r="AL13" s="20">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="AM13" s="19">
         <v>348</v>
       </c>
       <c r="AN13" s="19">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="AO13" s="20">
-        <v>786</v>
+        <v>785</v>
       </c>
     </row>
     <row r="14" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A14" s="39" t="s">
         <v>101</v>
       </c>
       <c r="B14" s="36"/>
       <c r="C14" s="19">
         <v>287</v>
       </c>
       <c r="D14" s="19">
         <v>259</v>
       </c>
       <c r="E14" s="19">
         <v>272</v>
       </c>
       <c r="F14" s="19">
         <v>300</v>
       </c>
       <c r="G14" s="20">
         <v>1118</v>
       </c>
       <c r="H14" s="54">
         <v>273</v>
       </c>
       <c r="I14" s="36"/>
       <c r="J14" s="19">
         <v>264</v>
       </c>
       <c r="K14" s="19">
         <v>267</v>
       </c>
       <c r="L14" s="54">
         <v>329</v>
       </c>
       <c r="M14" s="36"/>
       <c r="N14" s="20">
         <v>1133</v>
       </c>
       <c r="O14" s="19">
         <v>261</v>
       </c>
       <c r="P14" s="19">
         <v>243</v>
       </c>
       <c r="Q14" s="19">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="R14" s="19">
         <v>291</v>
       </c>
       <c r="S14" s="20">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="T14" s="19">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="U14" s="19">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="V14" s="20">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="W14" s="54">
         <v>446</v>
       </c>
       <c r="X14" s="36"/>
       <c r="Y14" s="19">
         <v>403</v>
       </c>
       <c r="Z14" s="19">
         <v>400</v>
       </c>
       <c r="AA14" s="19">
         <v>492</v>
       </c>
       <c r="AB14" s="20">
         <v>1741</v>
       </c>
       <c r="AC14" s="19">
         <v>406</v>
       </c>
       <c r="AD14" s="19">
         <v>401</v>
       </c>
       <c r="AE14" s="19">
         <v>422</v>
       </c>
       <c r="AF14" s="19">
         <v>493</v>
       </c>
       <c r="AG14" s="20">
         <v>1722</v>
       </c>
       <c r="AH14" s="19">
         <v>401</v>
       </c>
       <c r="AI14" s="19">
         <v>382</v>
       </c>
       <c r="AJ14" s="19">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="AK14" s="19">
         <v>451</v>
       </c>
       <c r="AL14" s="20">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="AM14" s="19">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="AN14" s="19">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="AO14" s="20">
-        <v>900</v>
+        <v>905</v>
       </c>
     </row>
     <row r="15" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A15" s="39" t="s">
         <v>102</v>
       </c>
       <c r="B15" s="36"/>
       <c r="C15" s="19">
         <v>81</v>
       </c>
       <c r="D15" s="19">
         <v>88</v>
       </c>
       <c r="E15" s="19">
         <v>98</v>
       </c>
       <c r="F15" s="19">
         <v>85</v>
       </c>
       <c r="G15" s="20">
         <v>352</v>
       </c>
       <c r="H15" s="54">
         <v>91</v>
       </c>
@@ -12539,214 +12564,214 @@
       <c r="AB15" s="20">
         <v>513</v>
       </c>
       <c r="AC15" s="19">
         <v>140</v>
       </c>
       <c r="AD15" s="19">
         <v>121</v>
       </c>
       <c r="AE15" s="19">
         <v>131</v>
       </c>
       <c r="AF15" s="19">
         <v>167</v>
       </c>
       <c r="AG15" s="20">
         <v>559</v>
       </c>
       <c r="AH15" s="19">
         <v>125</v>
       </c>
       <c r="AI15" s="19">
         <v>126</v>
       </c>
       <c r="AJ15" s="19">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AK15" s="19">
         <v>131</v>
       </c>
       <c r="AL15" s="20">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="AM15" s="19">
         <v>121</v>
       </c>
       <c r="AN15" s="19">
         <v>133</v>
       </c>
       <c r="AO15" s="20">
         <v>254</v>
       </c>
     </row>
     <row r="16" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A16" s="39" t="s">
         <v>103</v>
       </c>
       <c r="B16" s="36"/>
       <c r="C16" s="19">
         <v>299</v>
       </c>
       <c r="D16" s="19">
         <v>320</v>
       </c>
       <c r="E16" s="19">
         <v>278</v>
       </c>
       <c r="F16" s="19">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G16" s="20">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="H16" s="54">
         <v>366</v>
       </c>
       <c r="I16" s="36"/>
       <c r="J16" s="19">
         <v>328</v>
       </c>
       <c r="K16" s="19">
         <v>308</v>
       </c>
       <c r="L16" s="54">
         <v>357</v>
       </c>
       <c r="M16" s="36"/>
       <c r="N16" s="20">
         <v>1359</v>
       </c>
       <c r="O16" s="19">
         <v>326</v>
       </c>
       <c r="P16" s="19">
         <v>422</v>
       </c>
       <c r="Q16" s="19">
         <v>383</v>
       </c>
       <c r="R16" s="19">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="S16" s="20">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="T16" s="19">
         <v>395</v>
       </c>
       <c r="U16" s="19">
         <v>366</v>
       </c>
       <c r="V16" s="20">
         <v>761</v>
       </c>
       <c r="W16" s="54">
         <v>432</v>
       </c>
       <c r="X16" s="36"/>
       <c r="Y16" s="19">
         <v>460</v>
       </c>
       <c r="Z16" s="19">
         <v>409</v>
       </c>
       <c r="AA16" s="19">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="AB16" s="20">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="AC16" s="19">
         <v>548</v>
       </c>
       <c r="AD16" s="19">
         <v>490</v>
       </c>
       <c r="AE16" s="19">
         <v>451</v>
       </c>
       <c r="AF16" s="19">
         <v>538</v>
       </c>
       <c r="AG16" s="20">
         <v>2027</v>
       </c>
       <c r="AH16" s="19">
         <v>459</v>
       </c>
       <c r="AI16" s="19">
         <v>635</v>
       </c>
       <c r="AJ16" s="19">
         <v>578</v>
       </c>
       <c r="AK16" s="19">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="AL16" s="20">
-        <v>2258</v>
+        <v>2257</v>
       </c>
       <c r="AM16" s="19">
         <v>588</v>
       </c>
       <c r="AN16" s="19">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="AO16" s="20">
-        <v>1120</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="17" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A17" s="39" t="s">
         <v>104</v>
       </c>
       <c r="B17" s="36"/>
       <c r="C17" s="19">
         <v>211</v>
       </c>
       <c r="D17" s="19">
         <v>186</v>
       </c>
       <c r="E17" s="19">
         <v>193</v>
       </c>
       <c r="F17" s="19">
         <v>202</v>
       </c>
       <c r="G17" s="20">
         <v>792</v>
       </c>
       <c r="H17" s="54">
         <v>209</v>
       </c>
       <c r="I17" s="36"/>
       <c r="J17" s="19">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K17" s="19">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="L17" s="54">
         <v>229</v>
       </c>
       <c r="M17" s="36"/>
       <c r="N17" s="20">
         <v>852</v>
       </c>
       <c r="O17" s="19">
         <v>175</v>
       </c>
       <c r="P17" s="19">
         <v>209</v>
       </c>
       <c r="Q17" s="19">
         <v>177</v>
       </c>
       <c r="R17" s="19">
         <v>186</v>
       </c>
       <c r="S17" s="20">
         <v>747</v>
       </c>
       <c r="T17" s="19">
         <v>178</v>
@@ -12755,192 +12780,192 @@
         <v>203</v>
       </c>
       <c r="V17" s="20">
         <v>381</v>
       </c>
       <c r="W17" s="54">
         <v>306</v>
       </c>
       <c r="X17" s="36"/>
       <c r="Y17" s="19">
         <v>271</v>
       </c>
       <c r="Z17" s="19">
         <v>284</v>
       </c>
       <c r="AA17" s="19">
         <v>293</v>
       </c>
       <c r="AB17" s="20">
         <v>1154</v>
       </c>
       <c r="AC17" s="19">
         <v>305</v>
       </c>
       <c r="AD17" s="19">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="AE17" s="19">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="AF17" s="19">
         <v>361</v>
       </c>
       <c r="AG17" s="20">
         <v>1305</v>
       </c>
       <c r="AH17" s="19">
         <v>257</v>
       </c>
       <c r="AI17" s="19">
         <v>316</v>
       </c>
       <c r="AJ17" s="19">
         <v>277</v>
       </c>
       <c r="AK17" s="19">
         <v>281</v>
       </c>
       <c r="AL17" s="20">
         <v>1131</v>
       </c>
       <c r="AM17" s="19">
         <v>272</v>
       </c>
       <c r="AN17" s="19">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="AO17" s="20">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="18" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A18" s="39" t="s">
         <v>105</v>
       </c>
       <c r="B18" s="36"/>
       <c r="C18" s="19">
         <v>181</v>
       </c>
       <c r="D18" s="19">
         <v>177</v>
       </c>
       <c r="E18" s="19">
         <v>159</v>
       </c>
       <c r="F18" s="19">
         <v>210</v>
       </c>
       <c r="G18" s="20">
         <v>727</v>
       </c>
       <c r="H18" s="54">
         <v>197</v>
       </c>
       <c r="I18" s="36"/>
       <c r="J18" s="19">
         <v>183</v>
       </c>
       <c r="K18" s="19">
         <v>194</v>
       </c>
       <c r="L18" s="54">
         <v>200</v>
       </c>
       <c r="M18" s="36"/>
       <c r="N18" s="20">
         <v>774</v>
       </c>
       <c r="O18" s="19">
         <v>185</v>
       </c>
       <c r="P18" s="19">
         <v>193</v>
       </c>
       <c r="Q18" s="19">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="R18" s="19">
         <v>169</v>
       </c>
       <c r="S18" s="20">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="T18" s="19">
         <v>174</v>
       </c>
       <c r="U18" s="19">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="V18" s="20">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="W18" s="54">
         <v>277</v>
       </c>
       <c r="X18" s="36"/>
       <c r="Y18" s="19">
         <v>282</v>
       </c>
       <c r="Z18" s="19">
         <v>242</v>
       </c>
       <c r="AA18" s="19">
         <v>305</v>
       </c>
       <c r="AB18" s="20">
         <v>1106</v>
       </c>
       <c r="AC18" s="19">
         <v>310</v>
       </c>
       <c r="AD18" s="19">
         <v>279</v>
       </c>
       <c r="AE18" s="19">
         <v>278</v>
       </c>
       <c r="AF18" s="19">
         <v>308</v>
       </c>
       <c r="AG18" s="20">
         <v>1175</v>
       </c>
       <c r="AH18" s="19">
         <v>303</v>
       </c>
       <c r="AI18" s="19">
         <v>287</v>
       </c>
       <c r="AJ18" s="19">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="AK18" s="19">
         <v>258</v>
       </c>
       <c r="AL18" s="20">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="AM18" s="19">
         <v>259</v>
       </c>
       <c r="AN18" s="19">
         <v>274</v>
       </c>
       <c r="AO18" s="20">
         <v>533</v>
       </c>
     </row>
     <row r="19" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A19" s="39" t="s">
         <v>106</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="19">
         <v>188</v>
       </c>
       <c r="D19" s="19">
         <v>182</v>
       </c>
       <c r="E19" s="19">
         <v>176</v>
       </c>
@@ -12964,54 +12989,54 @@
         <v>175</v>
       </c>
       <c r="M19" s="36"/>
       <c r="N19" s="20">
         <v>781</v>
       </c>
       <c r="O19" s="19">
         <v>236</v>
       </c>
       <c r="P19" s="19">
         <v>182</v>
       </c>
       <c r="Q19" s="19">
         <v>165</v>
       </c>
       <c r="R19" s="19">
         <v>167</v>
       </c>
       <c r="S19" s="20">
         <v>750</v>
       </c>
       <c r="T19" s="19">
         <v>172</v>
       </c>
       <c r="U19" s="19">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="V19" s="20">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="W19" s="54">
         <v>285</v>
       </c>
       <c r="X19" s="36"/>
       <c r="Y19" s="19">
         <v>279</v>
       </c>
       <c r="Z19" s="19">
         <v>244</v>
       </c>
       <c r="AA19" s="19">
         <v>275</v>
       </c>
       <c r="AB19" s="20">
         <v>1083</v>
       </c>
       <c r="AC19" s="19">
         <v>286</v>
       </c>
       <c r="AD19" s="19">
         <v>259</v>
       </c>
       <c r="AE19" s="19">
         <v>357</v>
@@ -13019,54 +13044,54 @@
       <c r="AF19" s="19">
         <v>265</v>
       </c>
       <c r="AG19" s="20">
         <v>1167</v>
       </c>
       <c r="AH19" s="19">
         <v>351</v>
       </c>
       <c r="AI19" s="19">
         <v>260</v>
       </c>
       <c r="AJ19" s="19">
         <v>247</v>
       </c>
       <c r="AK19" s="19">
         <v>255</v>
       </c>
       <c r="AL19" s="20">
         <v>1113</v>
       </c>
       <c r="AM19" s="19">
         <v>256</v>
       </c>
       <c r="AN19" s="19">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="AO19" s="20">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="20" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A20" s="39" t="s">
         <v>107</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="19">
         <v>236</v>
       </c>
       <c r="D20" s="19">
         <v>220</v>
       </c>
       <c r="E20" s="19">
         <v>224</v>
       </c>
       <c r="F20" s="19">
         <v>208</v>
       </c>
       <c r="G20" s="20">
         <v>888</v>
       </c>
       <c r="H20" s="54">
         <v>188</v>
       </c>
@@ -13081,54 +13106,54 @@
         <v>265</v>
       </c>
       <c r="M20" s="36"/>
       <c r="N20" s="20">
         <v>825</v>
       </c>
       <c r="O20" s="19">
         <v>188</v>
       </c>
       <c r="P20" s="19">
         <v>194</v>
       </c>
       <c r="Q20" s="19">
         <v>211</v>
       </c>
       <c r="R20" s="19">
         <v>226</v>
       </c>
       <c r="S20" s="20">
         <v>819</v>
       </c>
       <c r="T20" s="19">
         <v>233</v>
       </c>
       <c r="U20" s="19">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="V20" s="20">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="W20" s="54">
         <v>365</v>
       </c>
       <c r="X20" s="36"/>
       <c r="Y20" s="19">
         <v>346</v>
       </c>
       <c r="Z20" s="19">
         <v>347</v>
       </c>
       <c r="AA20" s="19">
         <v>302</v>
       </c>
       <c r="AB20" s="20">
         <v>1360</v>
       </c>
       <c r="AC20" s="19">
         <v>295</v>
       </c>
       <c r="AD20" s="19">
         <v>275</v>
       </c>
       <c r="AE20" s="19">
         <v>302</v>
@@ -13136,405 +13161,405 @@
       <c r="AF20" s="19">
         <v>417</v>
       </c>
       <c r="AG20" s="20">
         <v>1289</v>
       </c>
       <c r="AH20" s="19">
         <v>269</v>
       </c>
       <c r="AI20" s="19">
         <v>309</v>
       </c>
       <c r="AJ20" s="19">
         <v>319</v>
       </c>
       <c r="AK20" s="19">
         <v>334</v>
       </c>
       <c r="AL20" s="20">
         <v>1231</v>
       </c>
       <c r="AM20" s="19">
         <v>349</v>
       </c>
       <c r="AN20" s="19">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="AO20" s="20">
-        <v>750</v>
+        <v>749</v>
       </c>
     </row>
     <row r="21" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A21" s="39" t="s">
         <v>108</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="19">
         <v>374</v>
       </c>
       <c r="D21" s="19">
         <v>402</v>
       </c>
       <c r="E21" s="19">
         <v>519</v>
       </c>
       <c r="F21" s="19">
         <v>380</v>
       </c>
       <c r="G21" s="20">
         <v>1675</v>
       </c>
       <c r="H21" s="54">
         <v>395</v>
       </c>
       <c r="I21" s="36"/>
       <c r="J21" s="19">
         <v>371</v>
       </c>
       <c r="K21" s="19">
         <v>325</v>
       </c>
       <c r="L21" s="54">
         <v>324</v>
       </c>
       <c r="M21" s="36"/>
       <c r="N21" s="20">
         <v>1415</v>
       </c>
       <c r="O21" s="19">
         <v>324</v>
       </c>
       <c r="P21" s="19">
         <v>317</v>
       </c>
       <c r="Q21" s="19">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="R21" s="19">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="S21" s="20">
         <v>1374</v>
       </c>
       <c r="T21" s="19">
         <v>395</v>
       </c>
       <c r="U21" s="19">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="V21" s="20">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="W21" s="54">
         <v>577</v>
       </c>
       <c r="X21" s="36"/>
       <c r="Y21" s="19">
         <v>604</v>
       </c>
       <c r="Z21" s="19">
         <v>787</v>
       </c>
       <c r="AA21" s="19">
         <v>593</v>
       </c>
       <c r="AB21" s="20">
         <v>2561</v>
       </c>
       <c r="AC21" s="19">
         <v>597</v>
       </c>
       <c r="AD21" s="19">
         <v>574</v>
       </c>
       <c r="AE21" s="19">
         <v>516</v>
       </c>
       <c r="AF21" s="19">
         <v>494</v>
       </c>
       <c r="AG21" s="20">
         <v>2181</v>
       </c>
       <c r="AH21" s="19">
         <v>507</v>
       </c>
       <c r="AI21" s="19">
         <v>484</v>
       </c>
       <c r="AJ21" s="19">
         <v>489</v>
       </c>
       <c r="AK21" s="19">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="AL21" s="20">
-        <v>2095</v>
+        <v>2093</v>
       </c>
       <c r="AM21" s="19">
         <v>604</v>
       </c>
       <c r="AN21" s="19">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="AO21" s="20">
-        <v>1090</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="22" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A22" s="39" t="s">
         <v>109</v>
       </c>
       <c r="B22" s="36"/>
       <c r="C22" s="19">
         <v>481</v>
       </c>
       <c r="D22" s="19">
         <v>476</v>
       </c>
       <c r="E22" s="19">
         <v>456</v>
       </c>
       <c r="F22" s="19">
         <v>535</v>
       </c>
       <c r="G22" s="20">
         <v>1948</v>
       </c>
       <c r="H22" s="54">
         <v>451</v>
       </c>
       <c r="I22" s="36"/>
       <c r="J22" s="19">
         <v>464</v>
       </c>
       <c r="K22" s="19">
         <v>437</v>
       </c>
       <c r="L22" s="54">
         <v>486</v>
       </c>
       <c r="M22" s="36"/>
       <c r="N22" s="20">
         <v>1838</v>
       </c>
       <c r="O22" s="19">
         <v>452</v>
       </c>
       <c r="P22" s="19">
         <v>529</v>
       </c>
       <c r="Q22" s="19">
         <v>443</v>
       </c>
       <c r="R22" s="19">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="S22" s="20">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="T22" s="19">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="U22" s="19">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="V22" s="20">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="W22" s="54">
         <v>748</v>
       </c>
       <c r="X22" s="36"/>
       <c r="Y22" s="19">
         <v>754</v>
       </c>
       <c r="Z22" s="19">
         <v>687</v>
       </c>
       <c r="AA22" s="19">
         <v>784</v>
       </c>
       <c r="AB22" s="20">
         <v>2973</v>
       </c>
       <c r="AC22" s="19">
         <v>672</v>
       </c>
       <c r="AD22" s="19">
         <v>704</v>
       </c>
       <c r="AE22" s="19">
         <v>669</v>
       </c>
       <c r="AF22" s="19">
         <v>749</v>
       </c>
       <c r="AG22" s="20">
         <v>2794</v>
       </c>
       <c r="AH22" s="19">
         <v>687</v>
       </c>
       <c r="AI22" s="19">
         <v>807</v>
       </c>
       <c r="AJ22" s="19">
         <v>681</v>
       </c>
       <c r="AK22" s="19">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="AL22" s="20">
-        <v>2915</v>
+        <v>2914</v>
       </c>
       <c r="AM22" s="19">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="AN22" s="19">
         <v>799</v>
       </c>
       <c r="AO22" s="20">
-        <v>1557</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="23" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A23" s="39" t="s">
         <v>110</v>
       </c>
       <c r="B23" s="36"/>
       <c r="C23" s="19">
         <v>187</v>
       </c>
       <c r="D23" s="19">
         <v>205</v>
       </c>
       <c r="E23" s="19">
         <v>128</v>
       </c>
       <c r="F23" s="19">
         <v>189</v>
       </c>
       <c r="G23" s="20">
         <v>709</v>
       </c>
       <c r="H23" s="54">
         <v>137</v>
       </c>
       <c r="I23" s="36"/>
       <c r="J23" s="19">
         <v>163</v>
       </c>
       <c r="K23" s="19">
         <v>151</v>
       </c>
       <c r="L23" s="54">
         <v>192</v>
       </c>
       <c r="M23" s="36"/>
       <c r="N23" s="20">
         <v>643</v>
       </c>
       <c r="O23" s="19">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P23" s="19">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Q23" s="19">
         <v>185</v>
       </c>
       <c r="R23" s="19">
         <v>180</v>
       </c>
       <c r="S23" s="20">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="T23" s="19">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="U23" s="19">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="V23" s="20">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="W23" s="54">
         <v>284</v>
       </c>
       <c r="X23" s="36"/>
       <c r="Y23" s="19">
         <v>317</v>
       </c>
       <c r="Z23" s="19">
         <v>201</v>
       </c>
       <c r="AA23" s="19">
         <v>292</v>
       </c>
       <c r="AB23" s="20">
         <v>1094</v>
       </c>
       <c r="AC23" s="19">
         <v>215</v>
       </c>
       <c r="AD23" s="19">
         <v>252</v>
       </c>
       <c r="AE23" s="19">
         <v>237</v>
       </c>
       <c r="AF23" s="19">
         <v>316</v>
       </c>
       <c r="AG23" s="20">
         <v>1020</v>
       </c>
       <c r="AH23" s="19">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="AI23" s="19">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="AJ23" s="19">
         <v>282</v>
       </c>
       <c r="AK23" s="19">
         <v>285</v>
       </c>
       <c r="AL23" s="20">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="AM23" s="19">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="AN23" s="19">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="AO23" s="20">
-        <v>518</v>
+        <v>521</v>
       </c>
     </row>
     <row r="24" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A24" s="39" t="s">
         <v>111</v>
       </c>
       <c r="B24" s="36"/>
       <c r="C24" s="19">
         <v>164</v>
       </c>
       <c r="D24" s="19">
         <v>123</v>
       </c>
       <c r="E24" s="19">
         <v>145</v>
       </c>
       <c r="F24" s="19">
         <v>125</v>
       </c>
       <c r="G24" s="20">
         <v>557</v>
       </c>
       <c r="H24" s="54">
         <v>119</v>
       </c>
@@ -13549,54 +13574,54 @@
         <v>141</v>
       </c>
       <c r="M24" s="36"/>
       <c r="N24" s="20">
         <v>516</v>
       </c>
       <c r="O24" s="19">
         <v>162</v>
       </c>
       <c r="P24" s="19">
         <v>164</v>
       </c>
       <c r="Q24" s="19">
         <v>132</v>
       </c>
       <c r="R24" s="19">
         <v>184</v>
       </c>
       <c r="S24" s="20">
         <v>642</v>
       </c>
       <c r="T24" s="19">
         <v>182</v>
       </c>
       <c r="U24" s="19">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="V24" s="20">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="W24" s="54">
         <v>214</v>
       </c>
       <c r="X24" s="36"/>
       <c r="Y24" s="19">
         <v>168</v>
       </c>
       <c r="Z24" s="19">
         <v>186</v>
       </c>
       <c r="AA24" s="19">
         <v>169</v>
       </c>
       <c r="AB24" s="20">
         <v>737</v>
       </c>
       <c r="AC24" s="19">
         <v>162</v>
       </c>
       <c r="AD24" s="19">
         <v>169</v>
       </c>
       <c r="AE24" s="19">
         <v>192</v>
@@ -13604,54 +13629,54 @@
       <c r="AF24" s="19">
         <v>182</v>
       </c>
       <c r="AG24" s="20">
         <v>705</v>
       </c>
       <c r="AH24" s="19">
         <v>221</v>
       </c>
       <c r="AI24" s="19">
         <v>213</v>
       </c>
       <c r="AJ24" s="19">
         <v>193</v>
       </c>
       <c r="AK24" s="19">
         <v>232</v>
       </c>
       <c r="AL24" s="20">
         <v>859</v>
       </c>
       <c r="AM24" s="19">
         <v>230</v>
       </c>
       <c r="AN24" s="19">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="AO24" s="20">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="25" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A25" s="39" t="s">
         <v>112</v>
       </c>
       <c r="B25" s="36"/>
       <c r="C25" s="19">
         <v>187</v>
       </c>
       <c r="D25" s="19">
         <v>195</v>
       </c>
       <c r="E25" s="19">
         <v>200</v>
       </c>
       <c r="F25" s="19">
         <v>200</v>
       </c>
       <c r="G25" s="20">
         <v>782</v>
       </c>
       <c r="H25" s="54">
         <v>200</v>
       </c>
@@ -13666,226 +13691,226 @@
         <v>193</v>
       </c>
       <c r="M25" s="36"/>
       <c r="N25" s="20">
         <v>827</v>
       </c>
       <c r="O25" s="19">
         <v>194</v>
       </c>
       <c r="P25" s="19">
         <v>200</v>
       </c>
       <c r="Q25" s="19">
         <v>218</v>
       </c>
       <c r="R25" s="19">
         <v>206</v>
       </c>
       <c r="S25" s="20">
         <v>818</v>
       </c>
       <c r="T25" s="19">
         <v>207</v>
       </c>
       <c r="U25" s="19">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="V25" s="20">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="W25" s="54">
         <v>280</v>
       </c>
       <c r="X25" s="36"/>
       <c r="Y25" s="19">
         <v>291</v>
       </c>
       <c r="Z25" s="19">
         <v>313</v>
       </c>
       <c r="AA25" s="19">
         <v>306</v>
       </c>
       <c r="AB25" s="20">
         <v>1190</v>
       </c>
       <c r="AC25" s="19">
         <v>291</v>
       </c>
       <c r="AD25" s="19">
         <v>330</v>
       </c>
       <c r="AE25" s="19">
         <v>324</v>
       </c>
       <c r="AF25" s="19">
         <v>281</v>
       </c>
       <c r="AG25" s="20">
         <v>1226</v>
       </c>
       <c r="AH25" s="19">
         <v>304</v>
       </c>
       <c r="AI25" s="19">
         <v>297</v>
       </c>
       <c r="AJ25" s="19">
         <v>325</v>
       </c>
       <c r="AK25" s="19">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="AL25" s="20">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="AM25" s="19">
         <v>314</v>
       </c>
       <c r="AN25" s="19">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="AO25" s="20">
-        <v>669</v>
+        <v>665</v>
       </c>
     </row>
     <row r="26" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A26" s="39" t="s">
         <v>113</v>
       </c>
       <c r="B26" s="36"/>
       <c r="C26" s="19">
         <v>144</v>
       </c>
       <c r="D26" s="19">
         <v>168</v>
       </c>
       <c r="E26" s="19">
         <v>164</v>
       </c>
       <c r="F26" s="19">
         <v>192</v>
       </c>
       <c r="G26" s="20">
         <v>668</v>
       </c>
       <c r="H26" s="54">
         <v>124</v>
       </c>
       <c r="I26" s="36"/>
       <c r="J26" s="19">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="K26" s="19">
         <v>128</v>
       </c>
       <c r="L26" s="54">
         <v>129</v>
       </c>
       <c r="M26" s="36"/>
       <c r="N26" s="20">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="O26" s="19">
         <v>141</v>
       </c>
       <c r="P26" s="19">
         <v>206</v>
       </c>
       <c r="Q26" s="19">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="R26" s="19">
         <v>160</v>
       </c>
       <c r="S26" s="20">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="T26" s="19">
         <v>158</v>
       </c>
       <c r="U26" s="19">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="V26" s="20">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="W26" s="54">
         <v>216</v>
       </c>
       <c r="X26" s="36"/>
       <c r="Y26" s="19">
         <v>269</v>
       </c>
       <c r="Z26" s="19">
         <v>256</v>
       </c>
       <c r="AA26" s="19">
         <v>309</v>
       </c>
       <c r="AB26" s="20">
         <v>1050</v>
       </c>
       <c r="AC26" s="19">
         <v>193</v>
       </c>
       <c r="AD26" s="19">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="AE26" s="19">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="AF26" s="19">
         <v>195</v>
       </c>
       <c r="AG26" s="20">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="AH26" s="19">
         <v>220</v>
       </c>
       <c r="AI26" s="19">
         <v>323</v>
       </c>
       <c r="AJ26" s="19">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="AK26" s="19">
         <v>248</v>
       </c>
       <c r="AL26" s="20">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="AM26" s="19">
         <v>236</v>
       </c>
       <c r="AN26" s="19">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="AO26" s="20">
-        <v>535</v>
+        <v>540</v>
       </c>
     </row>
     <row r="27" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A27" s="39" t="s">
         <v>114</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="19">
         <v>94</v>
       </c>
       <c r="D27" s="19">
         <v>104</v>
       </c>
       <c r="E27" s="19">
         <v>115</v>
       </c>
       <c r="F27" s="19">
         <v>123</v>
       </c>
       <c r="G27" s="20">
         <v>436</v>
       </c>
       <c r="H27" s="54">
         <v>92</v>
       </c>
@@ -13897,109 +13922,109 @@
         <v>129</v>
       </c>
       <c r="L27" s="54">
         <v>98</v>
       </c>
       <c r="M27" s="36"/>
       <c r="N27" s="20">
         <v>460</v>
       </c>
       <c r="O27" s="19">
         <v>120</v>
       </c>
       <c r="P27" s="19">
         <v>90</v>
       </c>
       <c r="Q27" s="19">
         <v>103</v>
       </c>
       <c r="R27" s="19">
         <v>96</v>
       </c>
       <c r="S27" s="20">
         <v>409</v>
       </c>
       <c r="T27" s="19">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="U27" s="19">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V27" s="20">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="W27" s="54">
         <v>140</v>
       </c>
       <c r="X27" s="36"/>
       <c r="Y27" s="19">
         <v>149</v>
       </c>
       <c r="Z27" s="19">
         <v>178</v>
       </c>
       <c r="AA27" s="19">
         <v>201</v>
       </c>
       <c r="AB27" s="20">
         <v>668</v>
       </c>
       <c r="AC27" s="19">
         <v>149</v>
       </c>
       <c r="AD27" s="19">
         <v>222</v>
       </c>
       <c r="AE27" s="19">
         <v>209</v>
       </c>
       <c r="AF27" s="19">
         <v>146</v>
       </c>
       <c r="AG27" s="20">
         <v>726</v>
       </c>
       <c r="AH27" s="19">
         <v>181</v>
       </c>
       <c r="AI27" s="19">
         <v>152</v>
       </c>
       <c r="AJ27" s="19">
         <v>173</v>
       </c>
       <c r="AK27" s="19">
         <v>154</v>
       </c>
       <c r="AL27" s="20">
         <v>660</v>
       </c>
       <c r="AM27" s="19">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AN27" s="19">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="AO27" s="20">
         <v>384</v>
       </c>
     </row>
     <row r="28" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A28" s="39" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="36"/>
       <c r="C28" s="19">
         <v>439</v>
       </c>
       <c r="D28" s="19">
         <v>495</v>
       </c>
       <c r="E28" s="19">
         <v>499</v>
       </c>
       <c r="F28" s="19">
         <v>511</v>
       </c>
       <c r="G28" s="20">
         <v>1944</v>
       </c>
@@ -14014,346 +14039,346 @@
         <v>535</v>
       </c>
       <c r="L28" s="54">
         <v>529</v>
       </c>
       <c r="M28" s="36"/>
       <c r="N28" s="20">
         <v>2035</v>
       </c>
       <c r="O28" s="19">
         <v>459</v>
       </c>
       <c r="P28" s="19">
         <v>499</v>
       </c>
       <c r="Q28" s="19">
         <v>488</v>
       </c>
       <c r="R28" s="19">
         <v>487</v>
       </c>
       <c r="S28" s="20">
         <v>1933</v>
       </c>
       <c r="T28" s="19">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="U28" s="19">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="V28" s="20">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="W28" s="54">
         <v>649</v>
       </c>
       <c r="X28" s="36"/>
       <c r="Y28" s="19">
         <v>721</v>
       </c>
       <c r="Z28" s="19">
         <v>753</v>
       </c>
       <c r="AA28" s="19">
         <v>775</v>
       </c>
       <c r="AB28" s="20">
         <v>2898</v>
       </c>
       <c r="AC28" s="19">
         <v>788</v>
       </c>
       <c r="AD28" s="19">
         <v>654</v>
       </c>
       <c r="AE28" s="19">
         <v>807</v>
       </c>
       <c r="AF28" s="19">
         <v>777</v>
       </c>
       <c r="AG28" s="20">
         <v>3026</v>
       </c>
       <c r="AH28" s="19">
         <v>707</v>
       </c>
       <c r="AI28" s="19">
         <v>704</v>
       </c>
       <c r="AJ28" s="19">
         <v>722</v>
       </c>
       <c r="AK28" s="19">
         <v>726</v>
       </c>
       <c r="AL28" s="20">
         <v>2859</v>
       </c>
       <c r="AM28" s="19">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="AN28" s="19">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="AO28" s="20">
         <v>1318</v>
       </c>
     </row>
     <row r="29" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A29" s="39" t="s">
         <v>116</v>
       </c>
       <c r="B29" s="36"/>
       <c r="C29" s="19">
         <v>125</v>
       </c>
       <c r="D29" s="19">
         <v>145</v>
       </c>
       <c r="E29" s="19">
         <v>116</v>
       </c>
       <c r="F29" s="19">
         <v>134</v>
       </c>
       <c r="G29" s="20">
         <v>520</v>
       </c>
       <c r="H29" s="54">
         <v>147</v>
       </c>
       <c r="I29" s="36"/>
       <c r="J29" s="19">
         <v>166</v>
       </c>
       <c r="K29" s="19">
         <v>131</v>
       </c>
       <c r="L29" s="54">
         <v>134</v>
       </c>
       <c r="M29" s="36"/>
       <c r="N29" s="20">
         <v>578</v>
       </c>
       <c r="O29" s="19">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="P29" s="19">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Q29" s="19">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="R29" s="19">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="S29" s="20">
         <v>583</v>
       </c>
       <c r="T29" s="19">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="U29" s="19">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="V29" s="20">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="W29" s="54">
         <v>204</v>
       </c>
       <c r="X29" s="36"/>
       <c r="Y29" s="19">
         <v>230</v>
       </c>
       <c r="Z29" s="19">
         <v>165</v>
       </c>
       <c r="AA29" s="19">
         <v>220</v>
       </c>
       <c r="AB29" s="20">
         <v>819</v>
       </c>
       <c r="AC29" s="19">
         <v>220</v>
       </c>
       <c r="AD29" s="19">
         <v>266</v>
       </c>
       <c r="AE29" s="19">
         <v>210</v>
       </c>
       <c r="AF29" s="19">
         <v>219</v>
       </c>
       <c r="AG29" s="20">
         <v>915</v>
       </c>
       <c r="AH29" s="19">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="AI29" s="19">
+        <v>229</v>
+      </c>
+      <c r="AJ29" s="19">
+        <v>261</v>
+      </c>
+      <c r="AK29" s="19">
         <v>228</v>
       </c>
-      <c r="AJ29" s="19">
-[...4 lines deleted...]
-      </c>
       <c r="AL29" s="20">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="AM29" s="19">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="AN29" s="19">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="AO29" s="20">
-        <v>385</v>
+        <v>378</v>
       </c>
     </row>
     <row r="30" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A30" s="39" t="s">
         <v>117</v>
       </c>
       <c r="B30" s="36"/>
       <c r="C30" s="19">
         <v>497</v>
       </c>
       <c r="D30" s="19">
         <v>558</v>
       </c>
       <c r="E30" s="19">
         <v>655</v>
       </c>
       <c r="F30" s="19">
         <v>591</v>
       </c>
       <c r="G30" s="20">
         <v>2301</v>
       </c>
       <c r="H30" s="54">
         <v>442</v>
       </c>
       <c r="I30" s="36"/>
       <c r="J30" s="19">
         <v>641</v>
       </c>
       <c r="K30" s="19">
         <v>676</v>
       </c>
       <c r="L30" s="54">
         <v>632</v>
       </c>
       <c r="M30" s="36"/>
       <c r="N30" s="20">
         <v>2391</v>
       </c>
       <c r="O30" s="19">
         <v>590</v>
       </c>
       <c r="P30" s="19">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="Q30" s="19">
         <v>507</v>
       </c>
       <c r="R30" s="19">
         <v>543</v>
       </c>
       <c r="S30" s="20">
-        <v>2293</v>
+        <v>2292</v>
       </c>
       <c r="T30" s="19">
         <v>456</v>
       </c>
       <c r="U30" s="19">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="V30" s="20">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="W30" s="54">
         <v>753</v>
       </c>
       <c r="X30" s="36"/>
       <c r="Y30" s="19">
         <v>835</v>
       </c>
       <c r="Z30" s="19">
         <v>1040</v>
       </c>
       <c r="AA30" s="19">
         <v>889</v>
       </c>
       <c r="AB30" s="20">
         <v>3517</v>
       </c>
       <c r="AC30" s="19">
         <v>668</v>
       </c>
       <c r="AD30" s="19">
         <v>994</v>
       </c>
       <c r="AE30" s="19">
         <v>1015</v>
       </c>
       <c r="AF30" s="19">
         <v>938</v>
       </c>
       <c r="AG30" s="20">
         <v>3615</v>
       </c>
       <c r="AH30" s="19">
         <v>875</v>
       </c>
       <c r="AI30" s="19">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="AJ30" s="19">
         <v>790</v>
       </c>
       <c r="AK30" s="19">
         <v>804</v>
       </c>
       <c r="AL30" s="20">
-        <v>3421</v>
+        <v>3420</v>
       </c>
       <c r="AM30" s="19">
         <v>703</v>
       </c>
       <c r="AN30" s="19">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="AO30" s="20">
-        <v>1456</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="31" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A31" s="39" t="s">
         <v>118</v>
       </c>
       <c r="B31" s="36"/>
       <c r="C31" s="19">
         <v>342</v>
       </c>
       <c r="D31" s="19">
         <v>432</v>
       </c>
       <c r="E31" s="19">
         <v>395</v>
       </c>
       <c r="F31" s="19">
         <v>406</v>
       </c>
       <c r="G31" s="20">
         <v>1575</v>
       </c>
       <c r="H31" s="54">
         <v>324</v>
       </c>
@@ -14365,229 +14390,229 @@
         <v>399</v>
       </c>
       <c r="L31" s="54">
         <v>424</v>
       </c>
       <c r="M31" s="36"/>
       <c r="N31" s="20">
         <v>1585</v>
       </c>
       <c r="O31" s="19">
         <v>338</v>
       </c>
       <c r="P31" s="19">
         <v>415</v>
       </c>
       <c r="Q31" s="19">
         <v>320</v>
       </c>
       <c r="R31" s="19">
         <v>397</v>
       </c>
       <c r="S31" s="20">
         <v>1470</v>
       </c>
       <c r="T31" s="19">
+        <v>403</v>
+      </c>
+      <c r="U31" s="19">
         <v>404</v>
       </c>
-      <c r="U31" s="19">
-[...1 lines deleted...]
-      </c>
       <c r="V31" s="20">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="W31" s="54">
         <v>499</v>
       </c>
       <c r="X31" s="36"/>
       <c r="Y31" s="19">
         <v>686</v>
       </c>
       <c r="Z31" s="19">
         <v>630</v>
       </c>
       <c r="AA31" s="19">
         <v>627</v>
       </c>
       <c r="AB31" s="20">
         <v>2442</v>
       </c>
       <c r="AC31" s="19">
         <v>515</v>
       </c>
       <c r="AD31" s="19">
         <v>688</v>
       </c>
       <c r="AE31" s="19">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="AF31" s="19">
         <v>655</v>
       </c>
       <c r="AG31" s="20">
-        <v>2479</v>
+        <v>2477</v>
       </c>
       <c r="AH31" s="19">
         <v>544</v>
       </c>
       <c r="AI31" s="19">
         <v>639</v>
       </c>
       <c r="AJ31" s="19">
         <v>499</v>
       </c>
       <c r="AK31" s="19">
         <v>631</v>
       </c>
       <c r="AL31" s="20">
         <v>2313</v>
       </c>
       <c r="AM31" s="19">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="AN31" s="19">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="AO31" s="20">
-        <v>1285</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="32" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A32" s="39" t="s">
         <v>119</v>
       </c>
       <c r="B32" s="36"/>
       <c r="C32" s="19">
         <v>238</v>
       </c>
       <c r="D32" s="19">
         <v>178</v>
       </c>
       <c r="E32" s="19">
         <v>218</v>
       </c>
       <c r="F32" s="19">
         <v>226</v>
       </c>
       <c r="G32" s="20">
         <v>860</v>
       </c>
       <c r="H32" s="54">
         <v>207</v>
       </c>
       <c r="I32" s="36"/>
       <c r="J32" s="19">
         <v>187</v>
       </c>
       <c r="K32" s="19">
         <v>213</v>
       </c>
       <c r="L32" s="54">
         <v>264</v>
       </c>
       <c r="M32" s="36"/>
       <c r="N32" s="20">
         <v>871</v>
       </c>
       <c r="O32" s="19">
         <v>283</v>
       </c>
       <c r="P32" s="19">
         <v>268</v>
       </c>
       <c r="Q32" s="19">
         <v>279</v>
       </c>
       <c r="R32" s="19">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="S32" s="20">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="T32" s="19">
         <v>327</v>
       </c>
       <c r="U32" s="19">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="V32" s="20">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="W32" s="54">
         <v>379</v>
       </c>
       <c r="X32" s="36"/>
       <c r="Y32" s="19">
         <v>271</v>
       </c>
       <c r="Z32" s="19">
         <v>337</v>
       </c>
       <c r="AA32" s="19">
         <v>354</v>
       </c>
       <c r="AB32" s="20">
         <v>1341</v>
       </c>
       <c r="AC32" s="19">
         <v>312</v>
       </c>
       <c r="AD32" s="19">
         <v>302</v>
       </c>
       <c r="AE32" s="19">
         <v>335</v>
       </c>
       <c r="AF32" s="19">
         <v>405</v>
       </c>
       <c r="AG32" s="20">
         <v>1354</v>
       </c>
       <c r="AH32" s="19">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="AI32" s="19">
         <v>417</v>
       </c>
       <c r="AJ32" s="19">
         <v>428</v>
       </c>
       <c r="AK32" s="19">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="AL32" s="20">
         <v>1732</v>
       </c>
       <c r="AM32" s="19">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="AN32" s="19">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="AO32" s="20">
-        <v>987</v>
+        <v>990</v>
       </c>
     </row>
     <row r="33" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A33" s="39" t="s">
         <v>120</v>
       </c>
       <c r="B33" s="36"/>
       <c r="C33" s="19">
         <v>132</v>
       </c>
       <c r="D33" s="19">
         <v>122</v>
       </c>
       <c r="E33" s="19">
         <v>127</v>
       </c>
       <c r="F33" s="19">
         <v>126</v>
       </c>
       <c r="G33" s="20">
         <v>507</v>
       </c>
       <c r="H33" s="54">
         <v>111</v>
       </c>
@@ -14657,54 +14682,54 @@
       <c r="AF33" s="19">
         <v>209</v>
       </c>
       <c r="AG33" s="20">
         <v>757</v>
       </c>
       <c r="AH33" s="19">
         <v>208</v>
       </c>
       <c r="AI33" s="19">
         <v>186</v>
       </c>
       <c r="AJ33" s="19">
         <v>173</v>
       </c>
       <c r="AK33" s="19">
         <v>179</v>
       </c>
       <c r="AL33" s="20">
         <v>746</v>
       </c>
       <c r="AM33" s="19">
         <v>157</v>
       </c>
       <c r="AN33" s="19">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="AO33" s="20">
-        <v>356</v>
+        <v>363</v>
       </c>
     </row>
     <row r="34" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A34" s="39" t="s">
         <v>121</v>
       </c>
       <c r="B34" s="36"/>
       <c r="C34" s="19">
         <v>127</v>
       </c>
       <c r="D34" s="19">
         <v>140</v>
       </c>
       <c r="E34" s="19">
         <v>154</v>
       </c>
       <c r="F34" s="19">
         <v>108</v>
       </c>
       <c r="G34" s="20">
         <v>529</v>
       </c>
       <c r="H34" s="54">
         <v>152</v>
       </c>
@@ -14719,54 +14744,54 @@
         <v>114</v>
       </c>
       <c r="M34" s="36"/>
       <c r="N34" s="20">
         <v>517</v>
       </c>
       <c r="O34" s="19">
         <v>45</v>
       </c>
       <c r="P34" s="19">
         <v>76</v>
       </c>
       <c r="Q34" s="19">
         <v>53</v>
       </c>
       <c r="R34" s="19">
         <v>69</v>
       </c>
       <c r="S34" s="20">
         <v>243</v>
       </c>
       <c r="T34" s="19">
         <v>42</v>
       </c>
       <c r="U34" s="19">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="V34" s="20">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="W34" s="54">
         <v>200</v>
       </c>
       <c r="X34" s="36"/>
       <c r="Y34" s="19">
         <v>224</v>
       </c>
       <c r="Z34" s="19">
         <v>234</v>
       </c>
       <c r="AA34" s="19">
         <v>170</v>
       </c>
       <c r="AB34" s="20">
         <v>828</v>
       </c>
       <c r="AC34" s="19">
         <v>238</v>
       </c>
       <c r="AD34" s="19">
         <v>191</v>
       </c>
       <c r="AE34" s="19">
         <v>172</v>
@@ -14818,127 +14843,127 @@
       </c>
       <c r="F35" s="19">
         <v>305</v>
       </c>
       <c r="G35" s="20">
         <v>1272</v>
       </c>
       <c r="H35" s="54">
         <v>311</v>
       </c>
       <c r="I35" s="36"/>
       <c r="J35" s="19">
         <v>339</v>
       </c>
       <c r="K35" s="19">
         <v>301</v>
       </c>
       <c r="L35" s="54">
         <v>361</v>
       </c>
       <c r="M35" s="36"/>
       <c r="N35" s="20">
         <v>1312</v>
       </c>
       <c r="O35" s="19">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P35" s="19">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="Q35" s="19">
         <v>281</v>
       </c>
       <c r="R35" s="19">
         <v>325</v>
       </c>
       <c r="S35" s="20">
         <v>1196</v>
       </c>
       <c r="T35" s="19">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="U35" s="19">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="V35" s="20">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="W35" s="54">
         <v>521</v>
       </c>
       <c r="X35" s="36"/>
       <c r="Y35" s="19">
         <v>471</v>
       </c>
       <c r="Z35" s="19">
         <v>450</v>
       </c>
       <c r="AA35" s="19">
         <v>444</v>
       </c>
       <c r="AB35" s="20">
         <v>1886</v>
       </c>
       <c r="AC35" s="19">
         <v>459</v>
       </c>
       <c r="AD35" s="19">
         <v>484</v>
       </c>
       <c r="AE35" s="19">
         <v>463</v>
       </c>
       <c r="AF35" s="19">
         <v>534</v>
       </c>
       <c r="AG35" s="20">
         <v>1940</v>
       </c>
       <c r="AH35" s="19">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="AI35" s="19">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="AJ35" s="19">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="AK35" s="19">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="AL35" s="20">
         <v>1759</v>
       </c>
       <c r="AM35" s="19">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="AN35" s="19">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="AO35" s="20">
-        <v>969</v>
+        <v>961</v>
       </c>
     </row>
     <row r="36" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A36" s="39" t="s">
         <v>123</v>
       </c>
       <c r="B36" s="36"/>
       <c r="C36" s="19">
         <v>153</v>
       </c>
       <c r="D36" s="19">
         <v>170</v>
       </c>
       <c r="E36" s="19">
         <v>185</v>
       </c>
       <c r="F36" s="19">
         <v>170</v>
       </c>
       <c r="G36" s="20">
         <v>678</v>
       </c>
       <c r="H36" s="54">
         <v>184</v>
       </c>
@@ -14950,229 +14975,229 @@
         <v>185</v>
       </c>
       <c r="L36" s="54">
         <v>209</v>
       </c>
       <c r="M36" s="36"/>
       <c r="N36" s="20">
         <v>775</v>
       </c>
       <c r="O36" s="19">
         <v>178</v>
       </c>
       <c r="P36" s="19">
         <v>187</v>
       </c>
       <c r="Q36" s="19">
         <v>201</v>
       </c>
       <c r="R36" s="19">
         <v>145</v>
       </c>
       <c r="S36" s="20">
         <v>711</v>
       </c>
       <c r="T36" s="19">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="U36" s="19">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="V36" s="20">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="W36" s="54">
         <v>229</v>
       </c>
       <c r="X36" s="36"/>
       <c r="Y36" s="19">
         <v>281</v>
       </c>
       <c r="Z36" s="19">
         <v>285</v>
       </c>
       <c r="AA36" s="19">
         <v>257</v>
       </c>
       <c r="AB36" s="20">
         <v>1052</v>
       </c>
       <c r="AC36" s="19">
         <v>278</v>
       </c>
       <c r="AD36" s="19">
         <v>300</v>
       </c>
       <c r="AE36" s="19">
         <v>272</v>
       </c>
       <c r="AF36" s="19">
         <v>335</v>
       </c>
       <c r="AG36" s="20">
         <v>1185</v>
       </c>
       <c r="AH36" s="19">
         <v>302</v>
       </c>
       <c r="AI36" s="19">
         <v>279</v>
       </c>
       <c r="AJ36" s="19">
         <v>301</v>
       </c>
       <c r="AK36" s="19">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="AL36" s="20">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="AM36" s="19">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="AN36" s="19">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="AO36" s="20">
-        <v>639</v>
+        <v>634</v>
       </c>
     </row>
     <row r="37" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A37" s="39" t="s">
         <v>124</v>
       </c>
       <c r="B37" s="36"/>
       <c r="C37" s="19">
         <v>201</v>
       </c>
       <c r="D37" s="19">
         <v>250</v>
       </c>
       <c r="E37" s="19">
         <v>155</v>
       </c>
       <c r="F37" s="19">
         <v>228</v>
       </c>
       <c r="G37" s="20">
         <v>834</v>
       </c>
       <c r="H37" s="54">
         <v>206</v>
       </c>
       <c r="I37" s="36"/>
       <c r="J37" s="19">
         <v>186</v>
       </c>
       <c r="K37" s="19">
         <v>193</v>
       </c>
       <c r="L37" s="54">
         <v>229</v>
       </c>
       <c r="M37" s="36"/>
       <c r="N37" s="20">
         <v>814</v>
       </c>
       <c r="O37" s="19">
         <v>215</v>
       </c>
       <c r="P37" s="19">
         <v>185</v>
       </c>
       <c r="Q37" s="19">
         <v>210</v>
       </c>
       <c r="R37" s="19">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="S37" s="20">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="T37" s="19">
         <v>213</v>
       </c>
       <c r="U37" s="19">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="V37" s="20">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="W37" s="54">
         <v>317</v>
       </c>
       <c r="X37" s="36"/>
       <c r="Y37" s="19">
         <v>373</v>
       </c>
       <c r="Z37" s="19">
         <v>244</v>
       </c>
       <c r="AA37" s="19">
         <v>355</v>
       </c>
       <c r="AB37" s="20">
         <v>1289</v>
       </c>
       <c r="AC37" s="19">
         <v>314</v>
       </c>
       <c r="AD37" s="19">
         <v>296</v>
       </c>
       <c r="AE37" s="19">
         <v>292</v>
       </c>
       <c r="AF37" s="19">
         <v>361</v>
       </c>
       <c r="AG37" s="20">
         <v>1263</v>
       </c>
       <c r="AH37" s="19">
         <v>321</v>
       </c>
       <c r="AI37" s="19">
         <v>283</v>
       </c>
       <c r="AJ37" s="19">
         <v>305</v>
       </c>
       <c r="AK37" s="19">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="AL37" s="20">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="AM37" s="19">
         <v>323</v>
       </c>
       <c r="AN37" s="19">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="AO37" s="20">
-        <v>647</v>
+        <v>643</v>
       </c>
     </row>
     <row r="38" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A38" s="39" t="s">
         <v>125</v>
       </c>
       <c r="B38" s="36"/>
       <c r="C38" s="19">
         <v>24</v>
       </c>
       <c r="D38" s="19">
         <v>14</v>
       </c>
       <c r="E38" s="19">
         <v>13</v>
       </c>
       <c r="F38" s="19">
         <v>10</v>
       </c>
       <c r="G38" s="20">
         <v>61</v>
       </c>
       <c r="H38" s="55" t="s">
         <v>126</v>
       </c>
@@ -15304,54 +15329,54 @@
         <v>208</v>
       </c>
       <c r="M39" s="36"/>
       <c r="N39" s="20">
         <v>795</v>
       </c>
       <c r="O39" s="19">
         <v>203</v>
       </c>
       <c r="P39" s="19">
         <v>169</v>
       </c>
       <c r="Q39" s="19">
         <v>186</v>
       </c>
       <c r="R39" s="19">
         <v>248</v>
       </c>
       <c r="S39" s="20">
         <v>806</v>
       </c>
       <c r="T39" s="19">
         <v>183</v>
       </c>
       <c r="U39" s="19">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="V39" s="20">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="W39" s="54">
         <v>251</v>
       </c>
       <c r="X39" s="36"/>
       <c r="Y39" s="19">
         <v>449</v>
       </c>
       <c r="Z39" s="19">
         <v>352</v>
       </c>
       <c r="AA39" s="19">
         <v>287</v>
       </c>
       <c r="AB39" s="20">
         <v>1339</v>
       </c>
       <c r="AC39" s="19">
         <v>292</v>
       </c>
       <c r="AD39" s="19">
         <v>322</v>
       </c>
       <c r="AE39" s="19">
         <v>299</v>
@@ -15359,54 +15384,54 @@
       <c r="AF39" s="19">
         <v>315</v>
       </c>
       <c r="AG39" s="20">
         <v>1228</v>
       </c>
       <c r="AH39" s="19">
         <v>319</v>
       </c>
       <c r="AI39" s="19">
         <v>275</v>
       </c>
       <c r="AJ39" s="19">
         <v>286</v>
       </c>
       <c r="AK39" s="19">
         <v>402</v>
       </c>
       <c r="AL39" s="20">
         <v>1282</v>
       </c>
       <c r="AM39" s="19">
         <v>285</v>
       </c>
       <c r="AN39" s="19">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="AO39" s="20">
-        <v>624</v>
+        <v>621</v>
       </c>
     </row>
     <row r="40" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A40" s="39" t="s">
         <v>128</v>
       </c>
       <c r="B40" s="36"/>
       <c r="C40" s="19">
         <v>288</v>
       </c>
       <c r="D40" s="19">
         <v>403</v>
       </c>
       <c r="E40" s="19">
         <v>385</v>
       </c>
       <c r="F40" s="19">
         <v>369</v>
       </c>
       <c r="G40" s="20">
         <v>1445</v>
       </c>
       <c r="H40" s="54">
         <v>327</v>
       </c>
@@ -15421,577 +15446,577 @@
         <v>342</v>
       </c>
       <c r="M40" s="36"/>
       <c r="N40" s="20">
         <v>1342</v>
       </c>
       <c r="O40" s="19">
         <v>318</v>
       </c>
       <c r="P40" s="19">
         <v>369</v>
       </c>
       <c r="Q40" s="19">
         <v>329</v>
       </c>
       <c r="R40" s="19">
         <v>374</v>
       </c>
       <c r="S40" s="20">
         <v>1390</v>
       </c>
       <c r="T40" s="19">
         <v>376</v>
       </c>
       <c r="U40" s="19">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="V40" s="20">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="W40" s="54">
         <v>458</v>
       </c>
       <c r="X40" s="36"/>
       <c r="Y40" s="19">
         <v>621</v>
       </c>
       <c r="Z40" s="19">
         <v>590</v>
       </c>
       <c r="AA40" s="19">
         <v>576</v>
       </c>
       <c r="AB40" s="20">
         <v>2245</v>
       </c>
       <c r="AC40" s="19">
         <v>484</v>
       </c>
       <c r="AD40" s="19">
         <v>500</v>
       </c>
       <c r="AE40" s="19">
         <v>525</v>
       </c>
       <c r="AF40" s="19">
         <v>508</v>
       </c>
       <c r="AG40" s="20">
         <v>2017</v>
       </c>
       <c r="AH40" s="19">
         <v>465</v>
       </c>
       <c r="AI40" s="19">
         <v>576</v>
       </c>
       <c r="AJ40" s="19">
         <v>491</v>
       </c>
       <c r="AK40" s="19">
         <v>551</v>
       </c>
       <c r="AL40" s="20">
         <v>2083</v>
       </c>
       <c r="AM40" s="19">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="AN40" s="19">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="AO40" s="20">
         <v>1150</v>
       </c>
     </row>
     <row r="41" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A41" s="39" t="s">
         <v>129</v>
       </c>
       <c r="B41" s="36"/>
       <c r="C41" s="19">
         <v>148</v>
       </c>
       <c r="D41" s="19">
         <v>171</v>
       </c>
       <c r="E41" s="19">
         <v>195</v>
       </c>
       <c r="F41" s="19">
         <v>185</v>
       </c>
       <c r="G41" s="20">
         <v>699</v>
       </c>
       <c r="H41" s="54">
         <v>155</v>
       </c>
       <c r="I41" s="36"/>
       <c r="J41" s="19">
         <v>147</v>
       </c>
       <c r="K41" s="19">
         <v>192</v>
       </c>
       <c r="L41" s="54">
         <v>172</v>
       </c>
       <c r="M41" s="36"/>
       <c r="N41" s="20">
         <v>666</v>
       </c>
       <c r="O41" s="19">
         <v>170</v>
       </c>
       <c r="P41" s="19">
         <v>163</v>
       </c>
       <c r="Q41" s="19">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="R41" s="19">
         <v>187</v>
       </c>
       <c r="S41" s="20">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="T41" s="19">
         <v>161</v>
       </c>
       <c r="U41" s="19">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="V41" s="20">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="W41" s="54">
         <v>244</v>
       </c>
       <c r="X41" s="36"/>
       <c r="Y41" s="19">
         <v>257</v>
       </c>
       <c r="Z41" s="19">
         <v>309</v>
       </c>
       <c r="AA41" s="19">
         <v>281</v>
       </c>
       <c r="AB41" s="20">
         <v>1091</v>
       </c>
       <c r="AC41" s="19">
         <v>248</v>
       </c>
       <c r="AD41" s="19">
         <v>240</v>
       </c>
       <c r="AE41" s="19">
         <v>287</v>
       </c>
       <c r="AF41" s="19">
         <v>264</v>
       </c>
       <c r="AG41" s="20">
         <v>1039</v>
       </c>
       <c r="AH41" s="19">
         <v>262</v>
       </c>
       <c r="AI41" s="19">
         <v>251</v>
       </c>
       <c r="AJ41" s="19">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="AK41" s="19">
         <v>286</v>
       </c>
       <c r="AL41" s="20">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="AM41" s="19">
         <v>235</v>
       </c>
       <c r="AN41" s="19">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="AO41" s="20">
-        <v>517</v>
+        <v>514</v>
       </c>
     </row>
     <row r="42" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A42" s="39" t="s">
         <v>130</v>
       </c>
       <c r="B42" s="36"/>
       <c r="C42" s="19">
         <v>253</v>
       </c>
       <c r="D42" s="19">
         <v>272</v>
       </c>
       <c r="E42" s="19">
         <v>234</v>
       </c>
       <c r="F42" s="19">
         <v>240</v>
       </c>
       <c r="G42" s="20">
         <v>999</v>
       </c>
       <c r="H42" s="54">
         <v>281</v>
       </c>
       <c r="I42" s="36"/>
       <c r="J42" s="19">
         <v>232</v>
       </c>
       <c r="K42" s="19">
         <v>272</v>
       </c>
       <c r="L42" s="54">
         <v>274</v>
       </c>
       <c r="M42" s="36"/>
       <c r="N42" s="20">
         <v>1059</v>
       </c>
       <c r="O42" s="19">
         <v>257</v>
       </c>
       <c r="P42" s="19">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="Q42" s="19">
         <v>268</v>
       </c>
       <c r="R42" s="19">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="S42" s="20">
         <v>1067</v>
       </c>
       <c r="T42" s="19">
         <v>263</v>
       </c>
       <c r="U42" s="19">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="V42" s="20">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="W42" s="54">
         <v>374</v>
       </c>
       <c r="X42" s="36"/>
       <c r="Y42" s="19">
         <v>394</v>
       </c>
       <c r="Z42" s="19">
         <v>360</v>
       </c>
       <c r="AA42" s="19">
         <v>371</v>
       </c>
       <c r="AB42" s="20">
         <v>1499</v>
       </c>
       <c r="AC42" s="19">
         <v>430</v>
       </c>
       <c r="AD42" s="19">
         <v>343</v>
       </c>
       <c r="AE42" s="19">
         <v>402</v>
       </c>
       <c r="AF42" s="19">
         <v>406</v>
       </c>
       <c r="AG42" s="20">
         <v>1581</v>
       </c>
       <c r="AH42" s="19">
         <v>376</v>
       </c>
       <c r="AI42" s="19">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="AJ42" s="19">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="AK42" s="19">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="AL42" s="20">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="AM42" s="19">
         <v>380</v>
       </c>
       <c r="AN42" s="19">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="AO42" s="20">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="43" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A43" s="39" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="36"/>
       <c r="C43" s="19">
         <v>194</v>
       </c>
       <c r="D43" s="19">
         <v>197</v>
       </c>
       <c r="E43" s="19">
         <v>195</v>
       </c>
       <c r="F43" s="19">
         <v>183</v>
       </c>
       <c r="G43" s="20">
         <v>769</v>
       </c>
       <c r="H43" s="54">
         <v>143</v>
       </c>
       <c r="I43" s="36"/>
       <c r="J43" s="19">
         <v>189</v>
       </c>
       <c r="K43" s="19">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="L43" s="54">
         <v>145</v>
       </c>
       <c r="M43" s="36"/>
       <c r="N43" s="20">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="O43" s="19">
         <v>170</v>
       </c>
       <c r="P43" s="19">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Q43" s="19">
         <v>195</v>
       </c>
       <c r="R43" s="19">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="S43" s="20">
         <v>696</v>
       </c>
       <c r="T43" s="19">
         <v>203</v>
       </c>
       <c r="U43" s="19">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="V43" s="20">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="W43" s="54">
         <v>297</v>
       </c>
       <c r="X43" s="36"/>
       <c r="Y43" s="19">
         <v>293</v>
       </c>
       <c r="Z43" s="19">
         <v>297</v>
       </c>
       <c r="AA43" s="19">
         <v>269</v>
       </c>
       <c r="AB43" s="20">
         <v>1156</v>
       </c>
       <c r="AC43" s="19">
         <v>236</v>
       </c>
       <c r="AD43" s="19">
         <v>272</v>
       </c>
       <c r="AE43" s="19">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="AF43" s="19">
         <v>207</v>
       </c>
       <c r="AG43" s="20">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="AH43" s="19">
         <v>250</v>
       </c>
       <c r="AI43" s="19">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="AJ43" s="19">
         <v>287</v>
       </c>
       <c r="AK43" s="19">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="AL43" s="20">
         <v>1018</v>
       </c>
       <c r="AM43" s="19">
         <v>302</v>
       </c>
       <c r="AN43" s="19">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="AO43" s="20">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="44" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A44" s="39" t="s">
         <v>132</v>
       </c>
       <c r="B44" s="36"/>
       <c r="C44" s="19">
         <v>127</v>
       </c>
       <c r="D44" s="19">
         <v>127</v>
       </c>
       <c r="E44" s="19">
         <v>97</v>
       </c>
       <c r="F44" s="19">
         <v>115</v>
       </c>
       <c r="G44" s="20">
         <v>466</v>
       </c>
       <c r="H44" s="54">
         <v>121</v>
       </c>
       <c r="I44" s="36"/>
       <c r="J44" s="19">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K44" s="19">
         <v>130</v>
       </c>
       <c r="L44" s="54">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M44" s="36"/>
       <c r="N44" s="20">
         <v>484</v>
       </c>
       <c r="O44" s="19">
         <v>135</v>
       </c>
       <c r="P44" s="19">
         <v>94</v>
       </c>
       <c r="Q44" s="19">
         <v>107</v>
       </c>
       <c r="R44" s="19">
         <v>120</v>
       </c>
       <c r="S44" s="20">
         <v>456</v>
       </c>
       <c r="T44" s="19">
         <v>109</v>
       </c>
       <c r="U44" s="19">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="V44" s="20">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="W44" s="54">
         <v>205</v>
       </c>
       <c r="X44" s="36"/>
       <c r="Y44" s="19">
         <v>192</v>
       </c>
       <c r="Z44" s="19">
         <v>151</v>
       </c>
       <c r="AA44" s="19">
         <v>184</v>
       </c>
       <c r="AB44" s="20">
         <v>732</v>
       </c>
       <c r="AC44" s="19">
         <v>192</v>
       </c>
       <c r="AD44" s="19">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="AE44" s="19">
         <v>214</v>
       </c>
       <c r="AF44" s="19">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="AG44" s="20">
         <v>762</v>
       </c>
       <c r="AH44" s="19">
         <v>230</v>
       </c>
       <c r="AI44" s="19">
         <v>132</v>
       </c>
       <c r="AJ44" s="19">
         <v>169</v>
       </c>
       <c r="AK44" s="19">
         <v>183</v>
       </c>
       <c r="AL44" s="20">
         <v>714</v>
       </c>
       <c r="AM44" s="19">
         <v>171</v>
       </c>
       <c r="AN44" s="19">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AO44" s="20">
-        <v>347</v>
+        <v>346</v>
       </c>
     </row>
     <row r="45" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A45" s="39" t="s">
         <v>133</v>
       </c>
       <c r="B45" s="36"/>
       <c r="C45" s="19">
         <v>93</v>
       </c>
       <c r="D45" s="19">
         <v>105</v>
       </c>
       <c r="E45" s="19">
         <v>113</v>
       </c>
       <c r="F45" s="19">
         <v>119</v>
       </c>
       <c r="G45" s="20">
         <v>430</v>
       </c>
       <c r="H45" s="54">
         <v>117</v>
       </c>
@@ -16037,54 +16062,54 @@
         <v>135</v>
       </c>
       <c r="X45" s="36"/>
       <c r="Y45" s="19">
         <v>159</v>
       </c>
       <c r="Z45" s="19">
         <v>174</v>
       </c>
       <c r="AA45" s="19">
         <v>176</v>
       </c>
       <c r="AB45" s="20">
         <v>644</v>
       </c>
       <c r="AC45" s="19">
         <v>176</v>
       </c>
       <c r="AD45" s="19">
         <v>158</v>
       </c>
       <c r="AE45" s="19">
         <v>127</v>
       </c>
       <c r="AF45" s="19">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="AG45" s="20">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="AH45" s="19">
         <v>158</v>
       </c>
       <c r="AI45" s="19">
         <v>179</v>
       </c>
       <c r="AJ45" s="19">
         <v>124</v>
       </c>
       <c r="AK45" s="19">
         <v>113</v>
       </c>
       <c r="AL45" s="20">
         <v>574</v>
       </c>
       <c r="AM45" s="19">
         <v>164</v>
       </c>
       <c r="AN45" s="19">
         <v>169</v>
       </c>
       <c r="AO45" s="20">
         <v>333</v>
       </c>
@@ -16105,595 +16130,595 @@
       </c>
       <c r="F46" s="19">
         <v>94</v>
       </c>
       <c r="G46" s="20">
         <v>400</v>
       </c>
       <c r="H46" s="54">
         <v>110</v>
       </c>
       <c r="I46" s="36"/>
       <c r="J46" s="19">
         <v>75</v>
       </c>
       <c r="K46" s="19">
         <v>84</v>
       </c>
       <c r="L46" s="54">
         <v>99</v>
       </c>
       <c r="M46" s="36"/>
       <c r="N46" s="20">
         <v>368</v>
       </c>
       <c r="O46" s="19">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P46" s="19">
         <v>117</v>
       </c>
       <c r="Q46" s="19">
         <v>84</v>
       </c>
       <c r="R46" s="19">
         <v>107</v>
       </c>
       <c r="S46" s="20">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="T46" s="19">
         <v>112</v>
       </c>
       <c r="U46" s="19">
         <v>90</v>
       </c>
       <c r="V46" s="20">
         <v>202</v>
       </c>
       <c r="W46" s="54">
         <v>161</v>
       </c>
       <c r="X46" s="36"/>
       <c r="Y46" s="19">
         <v>149</v>
       </c>
       <c r="Z46" s="19">
         <v>170</v>
       </c>
       <c r="AA46" s="19">
         <v>167</v>
       </c>
       <c r="AB46" s="20">
         <v>647</v>
       </c>
       <c r="AC46" s="19">
         <v>160</v>
       </c>
       <c r="AD46" s="19">
         <v>118</v>
       </c>
       <c r="AE46" s="19">
         <v>126</v>
       </c>
       <c r="AF46" s="19">
         <v>153</v>
       </c>
       <c r="AG46" s="20">
         <v>557</v>
       </c>
       <c r="AH46" s="19">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AI46" s="19">
         <v>182</v>
       </c>
       <c r="AJ46" s="19">
         <v>126</v>
       </c>
       <c r="AK46" s="19">
         <v>170</v>
       </c>
       <c r="AL46" s="20">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="AM46" s="19">
         <v>188</v>
       </c>
       <c r="AN46" s="19">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AO46" s="20">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A47" s="39" t="s">
         <v>135</v>
       </c>
       <c r="B47" s="36"/>
       <c r="C47" s="19">
         <v>164</v>
       </c>
       <c r="D47" s="19">
         <v>179</v>
       </c>
       <c r="E47" s="19">
         <v>194</v>
       </c>
       <c r="F47" s="19">
         <v>224</v>
       </c>
       <c r="G47" s="20">
         <v>761</v>
       </c>
       <c r="H47" s="54">
         <v>180</v>
       </c>
       <c r="I47" s="36"/>
       <c r="J47" s="19">
         <v>219</v>
       </c>
       <c r="K47" s="19">
         <v>175</v>
       </c>
       <c r="L47" s="54">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M47" s="36"/>
       <c r="N47" s="20">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="O47" s="19">
         <v>141</v>
       </c>
       <c r="P47" s="19">
         <v>162</v>
       </c>
       <c r="Q47" s="19">
         <v>200</v>
       </c>
       <c r="R47" s="19">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="S47" s="20">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="T47" s="19">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="U47" s="19">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="V47" s="20">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="W47" s="54">
         <v>251</v>
       </c>
       <c r="X47" s="36"/>
       <c r="Y47" s="19">
         <v>264</v>
       </c>
       <c r="Z47" s="19">
         <v>282</v>
       </c>
       <c r="AA47" s="19">
         <v>336</v>
       </c>
       <c r="AB47" s="20">
         <v>1133</v>
       </c>
       <c r="AC47" s="19">
         <v>272</v>
       </c>
       <c r="AD47" s="19">
         <v>339</v>
       </c>
       <c r="AE47" s="19">
         <v>271</v>
       </c>
       <c r="AF47" s="19">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="AG47" s="20">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="AH47" s="19">
         <v>224</v>
       </c>
       <c r="AI47" s="19">
         <v>251</v>
       </c>
       <c r="AJ47" s="19">
         <v>295</v>
       </c>
       <c r="AK47" s="19">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="AL47" s="20">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="AM47" s="19">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="AN47" s="19">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="AO47" s="20">
-        <v>541</v>
+        <v>534</v>
       </c>
     </row>
     <row r="48" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A48" s="39" t="s">
         <v>136</v>
       </c>
       <c r="B48" s="36"/>
       <c r="C48" s="19">
         <v>364</v>
       </c>
       <c r="D48" s="19">
         <v>339</v>
       </c>
       <c r="E48" s="19">
         <v>355</v>
       </c>
       <c r="F48" s="19">
         <v>386</v>
       </c>
       <c r="G48" s="20">
         <v>1444</v>
       </c>
       <c r="H48" s="54">
         <v>522</v>
       </c>
       <c r="I48" s="36"/>
       <c r="J48" s="19">
         <v>326</v>
       </c>
       <c r="K48" s="19">
         <v>347</v>
       </c>
       <c r="L48" s="54">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M48" s="36"/>
       <c r="N48" s="20">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="O48" s="19">
         <v>414</v>
       </c>
       <c r="P48" s="19">
         <v>423</v>
       </c>
       <c r="Q48" s="19">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="R48" s="19">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="S48" s="20">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="T48" s="19">
         <v>353</v>
       </c>
       <c r="U48" s="19">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="V48" s="20">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="W48" s="54">
         <v>528</v>
       </c>
       <c r="X48" s="36"/>
       <c r="Y48" s="19">
         <v>548</v>
       </c>
       <c r="Z48" s="19">
         <v>547</v>
       </c>
       <c r="AA48" s="19">
         <v>568</v>
       </c>
       <c r="AB48" s="20">
         <v>2191</v>
       </c>
       <c r="AC48" s="19">
         <v>768</v>
       </c>
       <c r="AD48" s="19">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="AE48" s="19">
         <v>508</v>
       </c>
       <c r="AF48" s="19">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="AG48" s="20">
-        <v>2492</v>
+        <v>2494</v>
       </c>
       <c r="AH48" s="19">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="AI48" s="19">
         <v>629</v>
       </c>
       <c r="AJ48" s="19">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="AK48" s="19">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="AL48" s="20">
-        <v>2421</v>
+        <v>2426</v>
       </c>
       <c r="AM48" s="19">
         <v>530</v>
       </c>
       <c r="AN48" s="19">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="AO48" s="20">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="49" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A49" s="39" t="s">
         <v>137</v>
       </c>
       <c r="B49" s="36"/>
       <c r="C49" s="19">
         <v>396</v>
       </c>
       <c r="D49" s="19">
         <v>499</v>
       </c>
       <c r="E49" s="19">
         <v>479</v>
       </c>
       <c r="F49" s="19">
         <v>520</v>
       </c>
       <c r="G49" s="20">
         <v>1894</v>
       </c>
       <c r="H49" s="54">
         <v>427</v>
       </c>
       <c r="I49" s="36"/>
       <c r="J49" s="19">
         <v>435</v>
       </c>
       <c r="K49" s="19">
         <v>450</v>
       </c>
       <c r="L49" s="54">
         <v>482</v>
       </c>
       <c r="M49" s="36"/>
       <c r="N49" s="20">
         <v>1794</v>
       </c>
       <c r="O49" s="19">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P49" s="19">
         <v>436</v>
       </c>
       <c r="Q49" s="19">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="R49" s="19">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="S49" s="20">
-        <v>1748</v>
+        <v>1745</v>
       </c>
       <c r="T49" s="19">
         <v>469</v>
       </c>
       <c r="U49" s="19">
         <v>453</v>
       </c>
       <c r="V49" s="20">
         <v>922</v>
       </c>
       <c r="W49" s="54">
         <v>601</v>
       </c>
       <c r="X49" s="36"/>
       <c r="Y49" s="19">
         <v>724</v>
       </c>
       <c r="Z49" s="19">
         <v>737</v>
       </c>
       <c r="AA49" s="19">
         <v>813</v>
       </c>
       <c r="AB49" s="20">
         <v>2875</v>
       </c>
       <c r="AC49" s="19">
         <v>693</v>
       </c>
       <c r="AD49" s="19">
         <v>637</v>
       </c>
       <c r="AE49" s="19">
         <v>675</v>
       </c>
       <c r="AF49" s="19">
         <v>725</v>
       </c>
       <c r="AG49" s="20">
         <v>2730</v>
       </c>
       <c r="AH49" s="19">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="AI49" s="19">
         <v>690</v>
       </c>
       <c r="AJ49" s="19">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="AK49" s="19">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="AL49" s="20">
-        <v>2675</v>
+        <v>2670</v>
       </c>
       <c r="AM49" s="19">
         <v>727</v>
       </c>
       <c r="AN49" s="19">
         <v>685</v>
       </c>
       <c r="AO49" s="20">
         <v>1412</v>
       </c>
     </row>
     <row r="50" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A50" s="39" t="s">
         <v>138</v>
       </c>
       <c r="B50" s="36"/>
       <c r="C50" s="19">
         <v>389</v>
       </c>
       <c r="D50" s="19">
         <v>375</v>
       </c>
       <c r="E50" s="19">
         <v>363</v>
       </c>
       <c r="F50" s="19">
         <v>368</v>
       </c>
       <c r="G50" s="20">
         <v>1495</v>
       </c>
       <c r="H50" s="54">
         <v>298</v>
       </c>
       <c r="I50" s="36"/>
       <c r="J50" s="19">
         <v>366</v>
       </c>
       <c r="K50" s="19">
         <v>306</v>
       </c>
       <c r="L50" s="54">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="M50" s="36"/>
       <c r="N50" s="20">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="O50" s="19">
         <v>327</v>
       </c>
       <c r="P50" s="19">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="Q50" s="19">
         <v>368</v>
       </c>
       <c r="R50" s="19">
         <v>361</v>
       </c>
       <c r="S50" s="20">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="T50" s="19">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="U50" s="19">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="V50" s="20">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="W50" s="54">
         <v>621</v>
       </c>
       <c r="X50" s="36"/>
       <c r="Y50" s="19">
         <v>599</v>
       </c>
       <c r="Z50" s="19">
         <v>570</v>
       </c>
       <c r="AA50" s="19">
         <v>540</v>
       </c>
       <c r="AB50" s="20">
         <v>2330</v>
       </c>
       <c r="AC50" s="19">
         <v>450</v>
       </c>
       <c r="AD50" s="19">
         <v>555</v>
       </c>
       <c r="AE50" s="19">
         <v>487</v>
       </c>
       <c r="AF50" s="19">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="AG50" s="20">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="AH50" s="19">
         <v>512</v>
       </c>
       <c r="AI50" s="19">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="AJ50" s="19">
         <v>556</v>
       </c>
       <c r="AK50" s="19">
         <v>529</v>
       </c>
       <c r="AL50" s="20">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="AM50" s="19">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="AN50" s="19">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="AO50" s="20">
-        <v>1121</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="51" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A51" s="39" t="s">
         <v>139</v>
       </c>
       <c r="B51" s="36"/>
       <c r="C51" s="19">
         <v>123</v>
       </c>
       <c r="D51" s="19">
         <v>149</v>
       </c>
       <c r="E51" s="19">
         <v>138</v>
       </c>
       <c r="F51" s="19">
         <v>143</v>
       </c>
       <c r="G51" s="20">
         <v>553</v>
       </c>
       <c r="H51" s="54">
         <v>157</v>
       </c>
@@ -16708,54 +16733,54 @@
         <v>134</v>
       </c>
       <c r="M51" s="36"/>
       <c r="N51" s="20">
         <v>553</v>
       </c>
       <c r="O51" s="19">
         <v>116</v>
       </c>
       <c r="P51" s="19">
         <v>178</v>
       </c>
       <c r="Q51" s="19">
         <v>137</v>
       </c>
       <c r="R51" s="19">
         <v>127</v>
       </c>
       <c r="S51" s="20">
         <v>558</v>
       </c>
       <c r="T51" s="19">
         <v>145</v>
       </c>
       <c r="U51" s="19">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="V51" s="20">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="W51" s="54">
         <v>190</v>
       </c>
       <c r="X51" s="36"/>
       <c r="Y51" s="19">
         <v>233</v>
       </c>
       <c r="Z51" s="19">
         <v>214</v>
       </c>
       <c r="AA51" s="19">
         <v>213</v>
       </c>
       <c r="AB51" s="20">
         <v>850</v>
       </c>
       <c r="AC51" s="19">
         <v>246</v>
       </c>
       <c r="AD51" s="19">
         <v>209</v>
       </c>
       <c r="AE51" s="19">
         <v>189</v>
@@ -16763,171 +16788,171 @@
       <c r="AF51" s="19">
         <v>191</v>
       </c>
       <c r="AG51" s="20">
         <v>835</v>
       </c>
       <c r="AH51" s="19">
         <v>179</v>
       </c>
       <c r="AI51" s="19">
         <v>269</v>
       </c>
       <c r="AJ51" s="19">
         <v>224</v>
       </c>
       <c r="AK51" s="19">
         <v>200</v>
       </c>
       <c r="AL51" s="20">
         <v>872</v>
       </c>
       <c r="AM51" s="19">
         <v>224</v>
       </c>
       <c r="AN51" s="19">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="AO51" s="20">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="52" spans="1:41" x14ac:dyDescent="0.35">
       <c r="A52" s="44" t="s">
         <v>71</v>
       </c>
       <c r="B52" s="36"/>
       <c r="C52" s="13">
         <v>9461</v>
       </c>
       <c r="D52" s="13">
         <v>10137</v>
       </c>
       <c r="E52" s="13">
         <v>9939</v>
       </c>
       <c r="F52" s="13">
-        <v>10416</v>
+        <v>10418</v>
       </c>
       <c r="G52" s="13">
-        <v>39953</v>
+        <v>39955</v>
       </c>
       <c r="H52" s="51">
         <v>9581</v>
       </c>
       <c r="I52" s="36"/>
       <c r="J52" s="13">
-        <v>9724</v>
+        <v>9723</v>
       </c>
       <c r="K52" s="13">
-        <v>9646</v>
+        <v>9644</v>
       </c>
       <c r="L52" s="51">
-        <v>10505</v>
+        <v>10508</v>
       </c>
       <c r="M52" s="36"/>
       <c r="N52" s="13">
         <v>39456</v>
       </c>
       <c r="O52" s="13">
-        <v>9482</v>
+        <v>9485</v>
       </c>
       <c r="P52" s="13">
-        <v>9934</v>
+        <v>9931</v>
       </c>
       <c r="Q52" s="13">
-        <v>9436</v>
+        <v>9437</v>
       </c>
       <c r="R52" s="13">
-        <v>10126</v>
+        <v>10119</v>
       </c>
       <c r="S52" s="13">
-        <v>38978</v>
+        <v>38972</v>
       </c>
       <c r="T52" s="13">
-        <v>9717</v>
+        <v>9703</v>
       </c>
       <c r="U52" s="13">
-        <v>10403</v>
+        <v>10321</v>
       </c>
       <c r="V52" s="13">
-        <v>20120</v>
+        <v>20024</v>
       </c>
       <c r="W52" s="51">
         <v>14433</v>
       </c>
       <c r="X52" s="36"/>
       <c r="Y52" s="13">
         <v>15517</v>
       </c>
       <c r="Z52" s="13">
         <v>15197</v>
       </c>
       <c r="AA52" s="13">
-        <v>15826</v>
+        <v>15830</v>
       </c>
       <c r="AB52" s="13">
-        <v>60973</v>
+        <v>60977</v>
       </c>
       <c r="AC52" s="13">
         <v>14590</v>
       </c>
       <c r="AD52" s="13">
-        <v>14826</v>
+        <v>14823</v>
       </c>
       <c r="AE52" s="13">
-        <v>14727</v>
+        <v>14722</v>
       </c>
       <c r="AF52" s="13">
         <v>15983</v>
       </c>
       <c r="AG52" s="13">
-        <v>60126</v>
+        <v>60118</v>
       </c>
       <c r="AH52" s="13">
-        <v>14486</v>
+        <v>14492</v>
       </c>
       <c r="AI52" s="13">
-        <v>15005</v>
+        <v>15002</v>
       </c>
       <c r="AJ52" s="13">
-        <v>14369</v>
+        <v>14372</v>
       </c>
       <c r="AK52" s="13">
-        <v>15328</v>
+        <v>15317</v>
       </c>
       <c r="AL52" s="13">
-        <v>59188</v>
+        <v>59183</v>
       </c>
       <c r="AM52" s="13">
-        <v>14769</v>
+        <v>14746</v>
       </c>
       <c r="AN52" s="13">
-        <v>15542</v>
+        <v>15554</v>
       </c>
       <c r="AO52" s="13">
-        <v>30311</v>
+        <v>30300</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="192">
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="H52:I52"/>
     <mergeCell ref="L52:M52"/>
     <mergeCell ref="W52:X52"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="H50:I50"/>
     <mergeCell ref="L50:M50"/>
     <mergeCell ref="W50:X50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="H51:I51"/>
     <mergeCell ref="L51:M51"/>
     <mergeCell ref="W51:X51"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="H48:I48"/>
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="W48:X48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="H49:I49"/>
     <mergeCell ref="L49:M49"/>
     <mergeCell ref="W49:X49"/>
     <mergeCell ref="A46:B46"/>
@@ -17107,694 +17132,694 @@
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
   <dimension ref="A1:E84"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="76.26953125" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="75.81640625" customWidth="1"/>
     <col min="5" max="5" width="0.1796875" customWidth="1"/>
     <col min="6" max="6" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:5" ht="42.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="1" spans="1:5" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:5" ht="42.65" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
     </row>
     <row r="4" spans="1:5" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="5" spans="1:5" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:5" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="33" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="32"/>
       <c r="D5" s="32"/>
       <c r="E5" s="32"/>
     </row>
     <row r="6" spans="1:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="33" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="32"/>
       <c r="D6" s="32"/>
       <c r="E6" s="32"/>
     </row>
     <row r="7" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="44" t="s">
         <v>140</v>
       </c>
       <c r="B7" s="35"/>
       <c r="C7" s="35"/>
       <c r="D7" s="36"/>
     </row>
     <row r="8" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="39" t="s">
         <v>141</v>
       </c>
       <c r="B8" s="35"/>
       <c r="C8" s="35"/>
       <c r="D8" s="36"/>
     </row>
-    <row r="9" spans="1:5" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="47" t="s">
         <v>142</v>
       </c>
       <c r="B9" s="35"/>
       <c r="C9" s="35"/>
       <c r="D9" s="36"/>
     </row>
     <row r="10" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="49" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="35"/>
       <c r="C10" s="35"/>
       <c r="D10" s="36"/>
     </row>
     <row r="11" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="47" t="s">
         <v>144</v>
       </c>
       <c r="B11" s="35"/>
       <c r="C11" s="35"/>
       <c r="D11" s="36"/>
     </row>
     <row r="12" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="49" t="s">
         <v>145</v>
       </c>
       <c r="B12" s="35"/>
       <c r="C12" s="35"/>
       <c r="D12" s="36"/>
     </row>
     <row r="13" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="47" t="s">
         <v>146</v>
       </c>
       <c r="B13" s="35"/>
       <c r="C13" s="35"/>
       <c r="D13" s="36"/>
     </row>
     <row r="14" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="49" t="s">
         <v>147</v>
       </c>
       <c r="B14" s="35"/>
       <c r="C14" s="35"/>
       <c r="D14" s="36"/>
     </row>
-    <row r="15" spans="1:5" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="47" t="s">
         <v>148</v>
       </c>
       <c r="B15" s="35"/>
       <c r="C15" s="35"/>
       <c r="D15" s="36"/>
     </row>
     <row r="16" spans="1:5" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="49" t="s">
         <v>149</v>
       </c>
       <c r="B16" s="35"/>
       <c r="C16" s="35"/>
       <c r="D16" s="36"/>
     </row>
     <row r="17" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="47" t="s">
         <v>150</v>
       </c>
       <c r="B17" s="35"/>
       <c r="C17" s="35"/>
       <c r="D17" s="36"/>
     </row>
     <row r="18" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="49" t="s">
         <v>151</v>
       </c>
       <c r="B18" s="35"/>
       <c r="C18" s="35"/>
       <c r="D18" s="36"/>
     </row>
     <row r="19" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="47" t="s">
         <v>152</v>
       </c>
       <c r="B19" s="35"/>
       <c r="C19" s="35"/>
       <c r="D19" s="36"/>
     </row>
     <row r="20" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="49" t="s">
         <v>153</v>
       </c>
       <c r="B20" s="35"/>
       <c r="C20" s="35"/>
       <c r="D20" s="36"/>
     </row>
-    <row r="21" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="47" t="s">
         <v>154</v>
       </c>
       <c r="B21" s="35"/>
       <c r="C21" s="35"/>
       <c r="D21" s="36"/>
     </row>
     <row r="22" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="49" t="s">
         <v>155</v>
       </c>
       <c r="B22" s="35"/>
       <c r="C22" s="35"/>
       <c r="D22" s="36"/>
     </row>
     <row r="23" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="47" t="s">
         <v>156</v>
       </c>
       <c r="B23" s="35"/>
       <c r="C23" s="35"/>
       <c r="D23" s="36"/>
     </row>
     <row r="24" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="49" t="s">
         <v>157</v>
       </c>
       <c r="B24" s="35"/>
       <c r="C24" s="35"/>
       <c r="D24" s="36"/>
     </row>
     <row r="25" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="47" t="s">
         <v>158</v>
       </c>
       <c r="B25" s="35"/>
       <c r="C25" s="35"/>
       <c r="D25" s="36"/>
     </row>
     <row r="26" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="49" t="s">
         <v>159</v>
       </c>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="36"/>
     </row>
-    <row r="27" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="47" t="s">
         <v>160</v>
       </c>
       <c r="B27" s="35"/>
       <c r="C27" s="35"/>
       <c r="D27" s="36"/>
     </row>
     <row r="28" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="49" t="s">
         <v>161</v>
       </c>
       <c r="B28" s="35"/>
       <c r="C28" s="35"/>
       <c r="D28" s="36"/>
     </row>
     <row r="29" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="47" t="s">
         <v>162</v>
       </c>
       <c r="B29" s="35"/>
       <c r="C29" s="35"/>
       <c r="D29" s="36"/>
     </row>
     <row r="30" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="49" t="s">
         <v>163</v>
       </c>
       <c r="B30" s="35"/>
       <c r="C30" s="35"/>
       <c r="D30" s="36"/>
     </row>
     <row r="31" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="47" t="s">
         <v>164</v>
       </c>
       <c r="B31" s="35"/>
       <c r="C31" s="35"/>
       <c r="D31" s="36"/>
     </row>
-    <row r="32" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="49" t="s">
         <v>165</v>
       </c>
       <c r="B32" s="35"/>
       <c r="C32" s="35"/>
       <c r="D32" s="36"/>
     </row>
     <row r="33" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="47" t="s">
         <v>166</v>
       </c>
       <c r="B33" s="35"/>
       <c r="C33" s="35"/>
       <c r="D33" s="36"/>
     </row>
     <row r="34" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="49" t="s">
         <v>167</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="36"/>
     </row>
     <row r="35" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="47" t="s">
         <v>168</v>
       </c>
       <c r="B35" s="35"/>
       <c r="C35" s="35"/>
       <c r="D35" s="36"/>
     </row>
     <row r="36" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="49" t="s">
         <v>169</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="36"/>
     </row>
     <row r="37" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="47" t="s">
         <v>170</v>
       </c>
       <c r="B37" s="35"/>
       <c r="C37" s="35"/>
       <c r="D37" s="36"/>
     </row>
-    <row r="38" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="49" t="s">
         <v>171</v>
       </c>
       <c r="B38" s="35"/>
       <c r="C38" s="35"/>
       <c r="D38" s="36"/>
     </row>
     <row r="39" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="47" t="s">
         <v>172</v>
       </c>
       <c r="B39" s="35"/>
       <c r="C39" s="35"/>
       <c r="D39" s="36"/>
     </row>
     <row r="40" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="49" t="s">
         <v>173</v>
       </c>
       <c r="B40" s="35"/>
       <c r="C40" s="35"/>
       <c r="D40" s="36"/>
     </row>
     <row r="41" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="47" t="s">
         <v>174</v>
       </c>
       <c r="B41" s="35"/>
       <c r="C41" s="35"/>
       <c r="D41" s="36"/>
     </row>
     <row r="42" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="49" t="s">
         <v>175</v>
       </c>
       <c r="B42" s="35"/>
       <c r="C42" s="35"/>
       <c r="D42" s="36"/>
     </row>
     <row r="43" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="47" t="s">
         <v>176</v>
       </c>
       <c r="B43" s="35"/>
       <c r="C43" s="35"/>
       <c r="D43" s="36"/>
     </row>
-    <row r="44" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="49" t="s">
         <v>177</v>
       </c>
       <c r="B44" s="35"/>
       <c r="C44" s="35"/>
       <c r="D44" s="36"/>
     </row>
     <row r="45" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="47" t="s">
         <v>178</v>
       </c>
       <c r="B45" s="35"/>
       <c r="C45" s="35"/>
       <c r="D45" s="36"/>
     </row>
     <row r="46" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="49" t="s">
         <v>179</v>
       </c>
       <c r="B46" s="35"/>
       <c r="C46" s="35"/>
       <c r="D46" s="36"/>
     </row>
     <row r="47" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="47" t="s">
         <v>180</v>
       </c>
       <c r="B47" s="35"/>
       <c r="C47" s="35"/>
       <c r="D47" s="36"/>
     </row>
     <row r="48" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="49" t="s">
         <v>181</v>
       </c>
       <c r="B48" s="35"/>
       <c r="C48" s="35"/>
       <c r="D48" s="36"/>
     </row>
-    <row r="49" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="47" t="s">
         <v>182</v>
       </c>
       <c r="B49" s="35"/>
       <c r="C49" s="35"/>
       <c r="D49" s="36"/>
     </row>
     <row r="50" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="49" t="s">
         <v>183</v>
       </c>
       <c r="B50" s="35"/>
       <c r="C50" s="35"/>
       <c r="D50" s="36"/>
     </row>
     <row r="51" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="47" t="s">
         <v>184</v>
       </c>
       <c r="B51" s="35"/>
       <c r="C51" s="35"/>
       <c r="D51" s="36"/>
     </row>
     <row r="52" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="49" t="s">
         <v>185</v>
       </c>
       <c r="B52" s="35"/>
       <c r="C52" s="35"/>
       <c r="D52" s="36"/>
     </row>
     <row r="53" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="47" t="s">
         <v>186</v>
       </c>
       <c r="B53" s="35"/>
       <c r="C53" s="35"/>
       <c r="D53" s="36"/>
     </row>
     <row r="54" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="49" t="s">
         <v>187</v>
       </c>
       <c r="B54" s="35"/>
       <c r="C54" s="35"/>
       <c r="D54" s="36"/>
     </row>
-    <row r="55" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="47" t="s">
         <v>188</v>
       </c>
       <c r="B55" s="35"/>
       <c r="C55" s="35"/>
       <c r="D55" s="36"/>
     </row>
     <row r="56" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="49" t="s">
         <v>189</v>
       </c>
       <c r="B56" s="35"/>
       <c r="C56" s="35"/>
       <c r="D56" s="36"/>
     </row>
     <row r="57" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="47" t="s">
         <v>190</v>
       </c>
       <c r="B57" s="35"/>
       <c r="C57" s="35"/>
       <c r="D57" s="36"/>
     </row>
     <row r="58" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="49" t="s">
         <v>191</v>
       </c>
       <c r="B58" s="35"/>
       <c r="C58" s="35"/>
       <c r="D58" s="36"/>
     </row>
     <row r="59" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="47" t="s">
         <v>192</v>
       </c>
       <c r="B59" s="35"/>
       <c r="C59" s="35"/>
       <c r="D59" s="36"/>
     </row>
     <row r="60" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A60" s="49" t="s">
         <v>193</v>
       </c>
       <c r="B60" s="35"/>
       <c r="C60" s="35"/>
       <c r="D60" s="36"/>
     </row>
-    <row r="61" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="47" t="s">
         <v>194</v>
       </c>
       <c r="B61" s="35"/>
       <c r="C61" s="35"/>
       <c r="D61" s="36"/>
     </row>
     <row r="62" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="49" t="s">
         <v>195</v>
       </c>
       <c r="B62" s="35"/>
       <c r="C62" s="35"/>
       <c r="D62" s="36"/>
     </row>
     <row r="63" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="47" t="s">
         <v>196</v>
       </c>
       <c r="B63" s="35"/>
       <c r="C63" s="35"/>
       <c r="D63" s="36"/>
     </row>
     <row r="64" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="49" t="s">
         <v>197</v>
       </c>
       <c r="B64" s="35"/>
       <c r="C64" s="35"/>
       <c r="D64" s="36"/>
     </row>
     <row r="65" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="47" t="s">
         <v>198</v>
       </c>
       <c r="B65" s="35"/>
       <c r="C65" s="35"/>
       <c r="D65" s="36"/>
     </row>
     <row r="66" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="49" t="s">
         <v>199</v>
       </c>
       <c r="B66" s="35"/>
       <c r="C66" s="35"/>
       <c r="D66" s="36"/>
     </row>
-    <row r="67" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="47" t="s">
         <v>200</v>
       </c>
       <c r="B67" s="35"/>
       <c r="C67" s="35"/>
       <c r="D67" s="36"/>
     </row>
     <row r="68" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="49" t="s">
         <v>201</v>
       </c>
       <c r="B68" s="35"/>
       <c r="C68" s="35"/>
       <c r="D68" s="36"/>
     </row>
     <row r="69" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="47" t="s">
         <v>202</v>
       </c>
       <c r="B69" s="35"/>
       <c r="C69" s="35"/>
       <c r="D69" s="36"/>
     </row>
     <row r="70" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A70" s="49" t="s">
         <v>203</v>
       </c>
       <c r="B70" s="35"/>
       <c r="C70" s="35"/>
       <c r="D70" s="36"/>
     </row>
     <row r="71" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A71" s="47" t="s">
         <v>204</v>
       </c>
       <c r="B71" s="35"/>
       <c r="C71" s="35"/>
       <c r="D71" s="36"/>
     </row>
-    <row r="72" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A72" s="49" t="s">
         <v>205</v>
       </c>
       <c r="B72" s="35"/>
       <c r="C72" s="35"/>
       <c r="D72" s="36"/>
     </row>
     <row r="73" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A73" s="47" t="s">
         <v>206</v>
       </c>
       <c r="B73" s="35"/>
       <c r="C73" s="35"/>
       <c r="D73" s="36"/>
     </row>
     <row r="74" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="49" t="s">
         <v>207</v>
       </c>
       <c r="B74" s="35"/>
       <c r="C74" s="35"/>
       <c r="D74" s="36"/>
     </row>
     <row r="75" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="47" t="s">
         <v>208</v>
       </c>
       <c r="B75" s="35"/>
       <c r="C75" s="35"/>
       <c r="D75" s="36"/>
     </row>
     <row r="76" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="49" t="s">
         <v>209</v>
       </c>
       <c r="B76" s="35"/>
       <c r="C76" s="35"/>
       <c r="D76" s="36"/>
     </row>
     <row r="77" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="47" t="s">
         <v>210</v>
       </c>
       <c r="B77" s="35"/>
       <c r="C77" s="35"/>
       <c r="D77" s="36"/>
     </row>
-    <row r="78" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="49" t="s">
         <v>211</v>
       </c>
       <c r="B78" s="35"/>
       <c r="C78" s="35"/>
       <c r="D78" s="36"/>
     </row>
     <row r="79" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="47" t="s">
         <v>212</v>
       </c>
       <c r="B79" s="35"/>
       <c r="C79" s="35"/>
       <c r="D79" s="36"/>
     </row>
     <row r="80" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="49" t="s">
         <v>213</v>
       </c>
       <c r="B80" s="35"/>
       <c r="C80" s="35"/>
       <c r="D80" s="36"/>
     </row>
     <row r="81" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="47" t="s">
         <v>214</v>
       </c>
       <c r="B81" s="35"/>
       <c r="C81" s="35"/>
       <c r="D81" s="36"/>
     </row>
     <row r="82" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="49" t="s">
         <v>215</v>
       </c>
       <c r="B82" s="35"/>
       <c r="C82" s="35"/>
       <c r="D82" s="36"/>
     </row>
     <row r="83" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="47" t="s">
         <v>216</v>
       </c>
       <c r="B83" s="35"/>
       <c r="C83" s="35"/>
       <c r="D83" s="36"/>
     </row>
-    <row r="84" spans="1:4" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:4" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="49" t="s">
         <v>217</v>
       </c>
       <c r="B84" s="35"/>
       <c r="C84" s="35"/>
       <c r="D84" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="81">
     <mergeCell ref="A84:D84"/>
     <mergeCell ref="A79:D79"/>
     <mergeCell ref="A80:D80"/>
     <mergeCell ref="A81:D81"/>
     <mergeCell ref="A82:D82"/>
     <mergeCell ref="A83:D83"/>
     <mergeCell ref="A74:D74"/>
     <mergeCell ref="A75:D75"/>
     <mergeCell ref="A76:D76"/>
     <mergeCell ref="A77:D77"/>
     <mergeCell ref="A78:D78"/>
     <mergeCell ref="A69:D69"/>
     <mergeCell ref="A70:D70"/>
     <mergeCell ref="A71:D71"/>
     <mergeCell ref="A72:D72"/>
     <mergeCell ref="A73:D73"/>
@@ -17877,52 +17902,52 @@
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="0.1796875" customWidth="1"/>
     <col min="2" max="2" width="33.26953125" customWidth="1"/>
     <col min="3" max="3" width="15.1796875" customWidth="1"/>
     <col min="4" max="4" width="14.7265625" customWidth="1"/>
     <col min="5" max="5" width="13.1796875" customWidth="1"/>
     <col min="6" max="6" width="0.453125" customWidth="1"/>
     <col min="7" max="7" width="13.453125" customWidth="1"/>
     <col min="8" max="8" width="13.1796875" customWidth="1"/>
     <col min="9" max="9" width="0.453125" customWidth="1"/>
     <col min="10" max="10" width="13.54296875" customWidth="1"/>
     <col min="11" max="13" width="13.453125" customWidth="1"/>
     <col min="14" max="14" width="0" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="21.453125" customWidth="1"/>
     <col min="16" max="16" width="0.1796875" customWidth="1"/>
     <col min="17" max="17" width="30.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="2" spans="1:16" ht="42.4" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:16" ht="1" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:16" ht="42.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="F2" s="32"/>
       <c r="G2" s="32"/>
       <c r="H2" s="32"/>
     </row>
     <row r="3" spans="1:16" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="31" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
       <c r="L3" s="32"/>
       <c r="M3" s="32"/>
       <c r="N3" s="32"/>
       <c r="O3" s="32"/>
       <c r="P3" s="32"/>
     </row>
     <row r="4" spans="1:16" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:16" ht="56.5" customHeight="1" x14ac:dyDescent="0.35">
@@ -19746,51 +19771,51 @@
       <c r="A58" s="49" t="s">
         <v>268</v>
       </c>
       <c r="B58" s="36"/>
       <c r="C58" s="25">
         <v>9.0430379042411904</v>
       </c>
       <c r="D58" s="25">
         <v>7.3440372445227702</v>
       </c>
       <c r="E58" s="57">
         <v>7.2208517236678498</v>
       </c>
       <c r="F58" s="36"/>
       <c r="G58" s="25">
         <v>8.5194051500512895</v>
       </c>
       <c r="H58" s="57">
         <v>9.6337864949727408</v>
       </c>
       <c r="I58" s="36"/>
       <c r="J58" s="25">
         <v>9.8092684507835308</v>
       </c>
       <c r="K58" s="25">
-        <v>8.7398037278440999</v>
+        <v>8.6735930935422498</v>
       </c>
       <c r="L58" s="25">
         <v>9.7968006778702303</v>
       </c>
       <c r="M58" s="26">
         <v>9.4343729783047703</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A59" s="47" t="s">
         <v>115</v>
       </c>
       <c r="B59" s="36"/>
       <c r="C59" s="23">
         <v>21.2502981546935</v>
       </c>
       <c r="D59" s="23">
         <v>18.570102334896301</v>
       </c>
       <c r="E59" s="56">
         <v>23.197991414095</v>
       </c>
       <c r="F59" s="36"/>
       <c r="G59" s="23">
         <v>18.056218254715599</v>
@@ -20837,51 +20862,51 @@
       </c>
       <c r="D89" s="23">
         <v>7.5022344279908602</v>
       </c>
       <c r="E89" s="56">
         <v>7.7126542675465801</v>
       </c>
       <c r="F89" s="36"/>
       <c r="G89" s="23">
         <v>8.2373171058186294</v>
       </c>
       <c r="H89" s="56">
         <v>12.3829835371148</v>
       </c>
       <c r="I89" s="36"/>
       <c r="J89" s="23">
         <v>5.6469759944009796</v>
       </c>
       <c r="K89" s="23">
         <v>6.3364735119926001</v>
       </c>
       <c r="L89" s="23">
         <v>7.1729453944325199</v>
       </c>
       <c r="M89" s="24">
-        <v>4.8697945834707097</v>
+        <v>5.0130238359257397</v>
       </c>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A90" s="49" t="s">
         <v>299</v>
       </c>
       <c r="B90" s="36"/>
       <c r="C90" s="25">
         <v>15.627769095683799</v>
       </c>
       <c r="D90" s="25">
         <v>12.7131391548588</v>
       </c>
       <c r="E90" s="57">
         <v>11.2828560293467</v>
       </c>
       <c r="F90" s="36"/>
       <c r="G90" s="25">
         <v>8.3679248885144499</v>
       </c>
       <c r="H90" s="57">
         <v>6.1278033666335503</v>
       </c>
       <c r="I90" s="36"/>
       <c r="J90" s="25">
@@ -23380,60 +23405,60 @@
       <c r="A164" s="58" t="s">
         <v>364</v>
       </c>
       <c r="B164" s="36"/>
       <c r="C164" s="27">
         <v>12.3465070287046</v>
       </c>
       <c r="D164" s="27">
         <v>11.949422326033</v>
       </c>
       <c r="E164" s="59">
         <v>11.312633839662</v>
       </c>
       <c r="F164" s="36"/>
       <c r="G164" s="27">
         <v>10.8184081554906</v>
       </c>
       <c r="H164" s="59">
         <v>10.4812757515353</v>
       </c>
       <c r="I164" s="36"/>
       <c r="J164" s="27">
         <v>9.6682947997309192</v>
       </c>
       <c r="K164" s="27">
-        <v>9.6183741483464207</v>
+        <v>9.6175689265675697</v>
       </c>
       <c r="L164" s="27">
         <v>9.1910707071368698</v>
       </c>
       <c r="M164" s="28">
-        <v>9.1541016230276693</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:15" ht="76.150000000000006" customHeight="1" x14ac:dyDescent="0.35">
+        <v>9.1549006194161695</v>
+      </c>
+    </row>
+    <row r="165" spans="1:15" ht="76" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="33" t="s">
         <v>365</v>
       </c>
       <c r="B165" s="32"/>
       <c r="C165" s="32"/>
       <c r="D165" s="32"/>
       <c r="E165" s="32"/>
       <c r="F165" s="32"/>
       <c r="G165" s="32"/>
       <c r="H165" s="32"/>
       <c r="I165" s="32"/>
       <c r="J165" s="32"/>
       <c r="K165" s="32"/>
       <c r="L165" s="32"/>
       <c r="M165" s="32"/>
       <c r="N165" s="32"/>
       <c r="O165" s="32"/>
     </row>
   </sheetData>
   <mergeCells count="481">
     <mergeCell ref="A165:O165"/>
     <mergeCell ref="A163:B163"/>
     <mergeCell ref="E163:F163"/>
     <mergeCell ref="H163:I163"/>
     <mergeCell ref="A164:B164"/>
@@ -23912,52 +23937,61 @@
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="H6:I6"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="0.78740157480314998" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002A95ECC3320A244C844C52A126B102B3" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c5f8f25f9e7dd938e307e15f61f5c4c0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4f4d28d2-45b3-41ba-b51b-dd260bd68034" xmlns:ns3="8783d789-77ef-42d8-801f-89da1e346a68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="23ec14d5b4f22fa0f07b1b09292ce25c" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002A95ECC3320A244C844C52A126B102B3" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bff1b1ce633df9223da11fe10107b16f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4f4d28d2-45b3-41ba-b51b-dd260bd68034" xmlns:ns3="8783d789-77ef-42d8-801f-89da1e346a68" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0768ff47008dd317beaa70fb012d0b42" ns2:_="" ns3:_="">
     <xsd:import namespace="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
     <xsd:import namespace="8783d789-77ef-42d8-801f-89da1e346a68"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -24148,104 +24182,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8783d789-77ef-42d8-801f-89da1e346a68" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4f4d28d2-45b3-41ba-b51b-dd260bd68034">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{125710DC-1C15-4958-9CD8-6C31ED52CD0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBA0EF27-04EF-4A52-A42E-A1B5BB21F11C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{596DF424-D764-4198-BF46-F92F9827D611}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
     <ds:schemaRef ds:uri="8783d789-77ef-42d8-801f-89da1e346a68"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C15E19FA-9B95-41FF-9F55-CAF9D8D98C2E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C43ADA3-485C-4075-ABE6-F76782F79BD1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8783d789-77ef-42d8-801f-89da1e346a68"/>
     <ds:schemaRef ds:uri="4f4d28d2-45b3-41ba-b51b-dd260bd68034"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>